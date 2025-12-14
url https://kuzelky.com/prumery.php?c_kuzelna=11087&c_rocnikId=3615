--- v0 (2025-12-08)
+++ v1 (2025-12-14)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="193">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="194">
   <si>
     <t>Výsledky hráčů družstva SK Meteor Praha A na kuželně Meteor</t>
   </si>
   <si>
     <t>Zdeněk Barcal</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
     <t>29.11.2022</t>
   </si>
   <si>
     <t>15.11.2022</t>
   </si>
   <si>
     <t>1.11.2022</t>
   </si>
   <si>
     <t>11.10.2022</t>
   </si>
   <si>
     <t>27.9.2022</t>
   </si>
   <si>
@@ -164,50 +164,53 @@
   <si>
     <t>14.9.2023</t>
   </si>
   <si>
     <t>28.3.2023</t>
   </si>
   <si>
     <t>7.3.2023</t>
   </si>
   <si>
     <t>21.2.2023</t>
   </si>
   <si>
     <t>17.1.2023</t>
   </si>
   <si>
     <t>8.2.2022</t>
   </si>
   <si>
     <t>29.9.2020</t>
   </si>
   <si>
     <t>Josef Tesař</t>
   </si>
   <si>
+    <t>10.12.2025</t>
+  </si>
+  <si>
     <t>1.12.2025</t>
   </si>
   <si>
     <t>18.11.2025</t>
   </si>
   <si>
     <t>14.10.2025</t>
   </si>
   <si>
     <t>30.9.2025</t>
   </si>
   <si>
     <t>25.3.2025</t>
   </si>
   <si>
     <t>20.3.2025</t>
   </si>
   <si>
     <t>11.3.2025</t>
   </si>
   <si>
     <t>25.2.2025</t>
   </si>
   <si>
     <t>18.2.2025</t>
@@ -338,201 +341,201 @@
   <si>
     <t>19.4.2023</t>
   </si>
   <si>
     <t>5.4.2023</t>
   </si>
   <si>
     <t>31.3.2023</t>
   </si>
   <si>
     <t>Jindra Pokorná</t>
   </si>
   <si>
     <t>20.11.2025</t>
   </si>
   <si>
     <t>16.9.2025</t>
   </si>
   <si>
     <t>10.9.2025</t>
   </si>
   <si>
     <t>1.10.2024</t>
   </si>
   <si>
+    <t>Vladimír Vošický</t>
+  </si>
+  <si>
+    <t>17.9.2019</t>
+  </si>
+  <si>
+    <t>26.3.2019</t>
+  </si>
+  <si>
+    <t>19.2.2019</t>
+  </si>
+  <si>
+    <t>5.2.2019</t>
+  </si>
+  <si>
+    <t>15.1.2019</t>
+  </si>
+  <si>
+    <t>27.11.2018</t>
+  </si>
+  <si>
+    <t>13.11.2018</t>
+  </si>
+  <si>
+    <t>6.11.2018</t>
+  </si>
+  <si>
+    <t>23.10.2018</t>
+  </si>
+  <si>
+    <t>9.10.2018</t>
+  </si>
+  <si>
+    <t>25.9.2018</t>
+  </si>
+  <si>
+    <t>11.9.2018</t>
+  </si>
+  <si>
+    <t>10.4.2018</t>
+  </si>
+  <si>
+    <t>27.3.2018</t>
+  </si>
+  <si>
+    <t>6.3.2018</t>
+  </si>
+  <si>
+    <t>20.2.2018</t>
+  </si>
+  <si>
+    <t>6.2.2018</t>
+  </si>
+  <si>
+    <t>16.1.2018</t>
+  </si>
+  <si>
+    <t>28.11.2017</t>
+  </si>
+  <si>
+    <t>Josef Jurášek</t>
+  </si>
+  <si>
+    <t>Pavel Plachý</t>
+  </si>
+  <si>
+    <t>26.11.2025</t>
+  </si>
+  <si>
+    <t>12.11.2025</t>
+  </si>
+  <si>
+    <t>29.10.2025</t>
+  </si>
+  <si>
+    <t>15.10.2025</t>
+  </si>
+  <si>
+    <t>12.10.2025</t>
+  </si>
+  <si>
+    <t>1.10.2025</t>
+  </si>
+  <si>
+    <t>16.4.2025</t>
+  </si>
+  <si>
+    <t>2.4.2025</t>
+  </si>
+  <si>
+    <t>19.3.2025</t>
+  </si>
+  <si>
+    <t>17.3.2025</t>
+  </si>
+  <si>
+    <t>5.3.2025</t>
+  </si>
+  <si>
+    <t>12.2.2025</t>
+  </si>
+  <si>
+    <t>27.11.2024</t>
+  </si>
+  <si>
+    <t>13.11.2024</t>
+  </si>
+  <si>
+    <t>30.10.2024</t>
+  </si>
+  <si>
+    <t>16.10.2024</t>
+  </si>
+  <si>
+    <t>9.10.2024</t>
+  </si>
+  <si>
+    <t>25.9.2024</t>
+  </si>
+  <si>
+    <t>11.9.2024</t>
+  </si>
+  <si>
+    <t>10.4.2024</t>
+  </si>
+  <si>
+    <t>27.3.2024</t>
+  </si>
+  <si>
+    <t>13.3.2024</t>
+  </si>
+  <si>
+    <t>28.2.2024</t>
+  </si>
+  <si>
+    <t>14.2.2024</t>
+  </si>
+  <si>
+    <t>31.1.2024</t>
+  </si>
+  <si>
+    <t>10.1.2024</t>
+  </si>
+  <si>
+    <t>29.11.2023</t>
+  </si>
+  <si>
+    <t>15.11.2023</t>
+  </si>
+  <si>
     <t>1.11.2023</t>
-  </si>
-[...148 lines deleted...]
-    <t>15.11.2023</t>
   </si>
   <si>
     <t>30.10.2023</t>
   </si>
   <si>
     <t>Zdeněk Boháč</t>
   </si>
   <si>
     <t>4.12.2023</t>
   </si>
   <si>
     <t>21.11.2023</t>
   </si>
   <si>
     <t>24.10.2023</t>
   </si>
   <si>
     <t>10.10.2023</t>
   </si>
   <si>
     <t>12.9.2023</t>
   </si>
   <si>
     <t>Vladimír Dvořák</t>
   </si>
@@ -1679,170 +1682,170 @@
       <c r="P11" s="6" t="s">
         <v>63</v>
       </c>
       <c r="Q11" s="6" t="s">
         <v>64</v>
       </c>
       <c r="R11" s="6" t="s">
         <v>65</v>
       </c>
       <c r="S11" s="6" t="s">
         <v>66</v>
       </c>
       <c r="T11" s="6" t="s">
         <v>67</v>
       </c>
       <c r="U11" s="6" t="s">
         <v>68</v>
       </c>
       <c r="V11" s="6" t="s">
         <v>69</v>
       </c>
       <c r="W11" s="6" t="s">
         <v>70</v>
       </c>
       <c r="X11" s="6" t="s">
+        <v>71</v>
+      </c>
+      <c r="Y11" s="6" t="s">
         <v>36</v>
       </c>
-      <c r="Y11" s="6" t="s">
+      <c r="Z11" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="Z11" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AA11" s="6" t="s">
+        <v>72</v>
+      </c>
+      <c r="AB11" s="6" t="s">
         <v>38</v>
       </c>
-      <c r="AB11" s="6" t="s">
+      <c r="AC11" s="6" t="s">
         <v>39</v>
       </c>
-      <c r="AC11" s="6" t="s">
+      <c r="AD11" s="6" t="s">
         <v>40</v>
       </c>
-      <c r="AD11" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AE11" s="6" t="s">
+        <v>73</v>
+      </c>
+      <c r="AF11" s="6" t="s">
         <v>41</v>
-      </c>
-[...1 lines deleted...]
-        <v>42</v>
       </c>
     </row>
     <row r="12" spans="1:32">
       <c r="B12" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C12" s="4">
         <v>409</v>
       </c>
       <c r="D12" s="4">
+        <v>409</v>
+      </c>
+      <c r="E12" s="4">
         <v>471</v>
       </c>
-      <c r="E12" s="4">
+      <c r="F12" s="4">
         <v>411</v>
       </c>
-      <c r="F12" s="4">
+      <c r="G12" s="4">
         <v>461</v>
       </c>
-      <c r="G12" s="4">
+      <c r="H12" s="4">
         <v>409</v>
       </c>
-      <c r="H12" s="4">
+      <c r="I12" s="4">
         <v>426</v>
       </c>
-      <c r="I12" s="4">
+      <c r="J12" s="4">
         <v>407</v>
       </c>
-      <c r="J12" s="4">
+      <c r="K12" s="4">
         <v>414</v>
       </c>
-      <c r="K12" s="4">
+      <c r="L12" s="4">
         <v>397</v>
       </c>
-      <c r="L12" s="4">
+      <c r="M12" s="4">
         <v>424</v>
       </c>
-      <c r="M12" s="4">
+      <c r="N12" s="4">
         <v>404</v>
       </c>
-      <c r="N12" s="4">
+      <c r="O12" s="4">
         <v>408</v>
       </c>
-      <c r="O12" s="4">
+      <c r="P12" s="4">
         <v>424</v>
       </c>
-      <c r="P12" s="4">
+      <c r="Q12" s="4">
         <v>422</v>
       </c>
-      <c r="Q12" s="4">
+      <c r="R12" s="4">
         <v>433</v>
       </c>
-      <c r="R12" s="4">
+      <c r="S12" s="4">
         <v>427</v>
       </c>
-      <c r="S12" s="4">
+      <c r="T12" s="4">
         <v>445</v>
       </c>
-      <c r="T12" s="4">
+      <c r="U12" s="4">
         <v>411</v>
       </c>
-      <c r="U12" s="4">
+      <c r="V12" s="4">
         <v>404</v>
       </c>
-      <c r="V12" s="4">
+      <c r="W12" s="4">
         <v>446</v>
       </c>
-      <c r="W12" s="4">
+      <c r="X12" s="4">
         <v>447</v>
-      </c>
-[...1 lines deleted...]
-        <v>431</v>
       </c>
       <c r="Y12" s="4">
         <v>431</v>
       </c>
       <c r="Z12" s="4">
+        <v>431</v>
+      </c>
+      <c r="AA12" s="4">
         <v>397</v>
       </c>
-      <c r="AA12" s="4">
+      <c r="AB12" s="4">
         <v>427</v>
       </c>
-      <c r="AB12" s="4">
+      <c r="AC12" s="4">
         <v>426</v>
       </c>
-      <c r="AC12" s="4">
+      <c r="AD12" s="4">
         <v>421</v>
       </c>
-      <c r="AD12" s="4">
+      <c r="AE12" s="4">
         <v>448</v>
       </c>
-      <c r="AE12" s="4">
+      <c r="AF12" s="4">
         <v>432</v>
-      </c>
-[...1 lines deleted...]
-        <v>380</v>
       </c>
     </row>
     <row r="13" spans="1:32">
       <c r="B13" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C13" s="6">
         <v>100</v>
       </c>
       <c r="D13" s="6">
         <v>100</v>
       </c>
       <c r="E13" s="6">
         <v>100</v>
       </c>
       <c r="F13" s="6">
         <v>100</v>
       </c>
       <c r="G13" s="6">
         <v>100</v>
       </c>
       <c r="H13" s="6">
         <v>100</v>
       </c>
       <c r="I13" s="6">
@@ -1898,144 +1901,144 @@
       </c>
       <c r="Z13" s="6">
         <v>100</v>
       </c>
       <c r="AA13" s="6">
         <v>100</v>
       </c>
       <c r="AB13" s="6">
         <v>100</v>
       </c>
       <c r="AC13" s="6">
         <v>100</v>
       </c>
       <c r="AD13" s="6">
         <v>100</v>
       </c>
       <c r="AE13" s="6">
         <v>100</v>
       </c>
       <c r="AF13" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="15" spans="1:32">
       <c r="A15" s="2" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="B15" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C15" s="6" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="D15" s="6" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="E15" s="6" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="F15" s="6" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="G15" s="6" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="H15" s="6" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="I15" s="6" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="J15" s="6" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="K15" s="6" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="L15" s="6" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="M15" s="6" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="N15" s="6" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="O15" s="6" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="P15" s="6" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="Q15" s="6" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="R15" s="6" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="S15" s="6" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="T15" s="6" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="U15" s="6" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="V15" s="6" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="W15" s="6" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="X15" s="6" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="Y15" s="6" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="Z15" s="6" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="AA15" s="6" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="AB15" s="6" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="AC15" s="6" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="AD15" s="6" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="AE15" s="6" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="AF15" s="6" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
     </row>
     <row r="16" spans="1:32">
       <c r="B16" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C16" s="4">
         <v>384</v>
       </c>
       <c r="D16" s="4">
         <v>380</v>
       </c>
       <c r="E16" s="4">
         <v>423</v>
       </c>
       <c r="F16" s="4">
         <v>448</v>
       </c>
       <c r="G16" s="4">
         <v>417</v>
       </c>
       <c r="H16" s="4">
         <v>408</v>
       </c>
       <c r="I16" s="4">
@@ -2186,239 +2189,239 @@
       </c>
       <c r="Z17" s="6">
         <v>100</v>
       </c>
       <c r="AA17" s="6">
         <v>100</v>
       </c>
       <c r="AB17" s="6">
         <v>100</v>
       </c>
       <c r="AC17" s="6">
         <v>100</v>
       </c>
       <c r="AD17" s="6">
         <v>100</v>
       </c>
       <c r="AE17" s="6">
         <v>100</v>
       </c>
       <c r="AF17" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="19" spans="1:32">
       <c r="A19" s="2" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="B19" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C19" s="6" t="s">
         <v>50</v>
       </c>
       <c r="D19" s="6" t="s">
-        <v>104</v>
+        <v>51</v>
       </c>
       <c r="E19" s="6" t="s">
-        <v>51</v>
+        <v>105</v>
       </c>
       <c r="F19" s="6" t="s">
         <v>52</v>
       </c>
       <c r="G19" s="6" t="s">
         <v>53</v>
       </c>
       <c r="H19" s="6" t="s">
-        <v>105</v>
+        <v>54</v>
       </c>
       <c r="I19" s="6" t="s">
         <v>106</v>
       </c>
       <c r="J19" s="6" t="s">
-        <v>54</v>
+        <v>107</v>
       </c>
       <c r="K19" s="6" t="s">
         <v>55</v>
       </c>
       <c r="L19" s="6" t="s">
         <v>56</v>
       </c>
       <c r="M19" s="6" t="s">
         <v>57</v>
       </c>
       <c r="N19" s="6" t="s">
         <v>58</v>
       </c>
       <c r="O19" s="6" t="s">
         <v>59</v>
       </c>
       <c r="P19" s="6" t="s">
         <v>60</v>
       </c>
       <c r="Q19" s="6" t="s">
         <v>61</v>
       </c>
       <c r="R19" s="6" t="s">
         <v>62</v>
       </c>
       <c r="S19" s="6" t="s">
         <v>63</v>
       </c>
       <c r="T19" s="6" t="s">
         <v>64</v>
       </c>
       <c r="U19" s="6" t="s">
-        <v>107</v>
+        <v>65</v>
       </c>
       <c r="V19" s="6" t="s">
-        <v>65</v>
+        <v>108</v>
       </c>
       <c r="W19" s="6" t="s">
         <v>66</v>
       </c>
       <c r="X19" s="6" t="s">
         <v>67</v>
       </c>
       <c r="Y19" s="6" t="s">
         <v>68</v>
       </c>
       <c r="Z19" s="6" t="s">
         <v>69</v>
       </c>
       <c r="AA19" s="6" t="s">
         <v>70</v>
       </c>
       <c r="AB19" s="6" t="s">
+        <v>71</v>
+      </c>
+      <c r="AC19" s="6" t="s">
         <v>36</v>
       </c>
-      <c r="AC19" s="6" t="s">
+      <c r="AD19" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="AD19" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AE19" s="6" t="s">
+        <v>72</v>
+      </c>
+      <c r="AF19" s="6" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>108</v>
       </c>
     </row>
     <row r="20" spans="1:32">
       <c r="B20" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C20" s="4">
+        <v>442</v>
+      </c>
+      <c r="D20" s="4">
         <v>420</v>
       </c>
-      <c r="D20" s="4">
+      <c r="E20" s="4">
         <v>424</v>
       </c>
-      <c r="E20" s="4">
+      <c r="F20" s="4">
         <v>437</v>
       </c>
-      <c r="F20" s="4">
+      <c r="G20" s="4">
         <v>444</v>
       </c>
-      <c r="G20" s="4">
+      <c r="H20" s="4">
         <v>418</v>
       </c>
-      <c r="H20" s="4">
+      <c r="I20" s="4">
         <v>451</v>
       </c>
-      <c r="I20" s="4">
+      <c r="J20" s="4">
         <v>421</v>
       </c>
-      <c r="J20" s="4">
+      <c r="K20" s="4">
         <v>410</v>
       </c>
-      <c r="K20" s="4">
+      <c r="L20" s="4">
         <v>448</v>
       </c>
-      <c r="L20" s="4">
+      <c r="M20" s="4">
         <v>442</v>
       </c>
-      <c r="M20" s="4">
+      <c r="N20" s="4">
         <v>436</v>
       </c>
-      <c r="N20" s="4">
+      <c r="O20" s="4">
         <v>427</v>
       </c>
-      <c r="O20" s="4">
+      <c r="P20" s="4">
         <v>419</v>
       </c>
-      <c r="P20" s="4">
+      <c r="Q20" s="4">
         <v>438</v>
       </c>
-      <c r="Q20" s="4">
+      <c r="R20" s="4">
         <v>484</v>
       </c>
-      <c r="R20" s="4">
+      <c r="S20" s="4">
         <v>448</v>
       </c>
-      <c r="S20" s="4">
+      <c r="T20" s="4">
         <v>437</v>
       </c>
-      <c r="T20" s="4">
+      <c r="U20" s="4">
         <v>399</v>
       </c>
-      <c r="U20" s="4">
+      <c r="V20" s="4">
         <v>423</v>
       </c>
-      <c r="V20" s="4">
+      <c r="W20" s="4">
         <v>391</v>
       </c>
-      <c r="W20" s="4">
+      <c r="X20" s="4">
         <v>423</v>
       </c>
-      <c r="X20" s="4">
+      <c r="Y20" s="4">
         <v>410</v>
       </c>
-      <c r="Y20" s="4">
+      <c r="Z20" s="4">
         <v>454</v>
       </c>
-      <c r="Z20" s="4">
+      <c r="AA20" s="4">
         <v>422</v>
       </c>
-      <c r="AA20" s="4">
+      <c r="AB20" s="4">
         <v>421</v>
       </c>
-      <c r="AB20" s="4">
+      <c r="AC20" s="4">
         <v>447</v>
       </c>
-      <c r="AC20" s="4">
+      <c r="AD20" s="4">
         <v>452</v>
       </c>
-      <c r="AD20" s="4">
+      <c r="AE20" s="4">
         <v>461</v>
       </c>
-      <c r="AE20" s="4">
+      <c r="AF20" s="4">
         <v>431</v>
-      </c>
-[...1 lines deleted...]
-        <v>456</v>
       </c>
     </row>
     <row r="21" spans="1:32">
       <c r="B21" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C21" s="6">
         <v>100</v>
       </c>
       <c r="D21" s="6">
         <v>100</v>
       </c>
       <c r="E21" s="6">
         <v>100</v>
       </c>
       <c r="F21" s="6">
         <v>100</v>
       </c>
       <c r="G21" s="6">
         <v>100</v>
       </c>
       <c r="H21" s="6">
         <v>100</v>
       </c>
       <c r="I21" s="6">
@@ -2780,221 +2783,221 @@
       </c>
       <c r="AF25" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="27" spans="1:32">
       <c r="A27" s="2" t="s">
         <v>129</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="6" t="s">
         <v>50</v>
       </c>
       <c r="D27" s="6" t="s">
         <v>51</v>
       </c>
       <c r="E27" s="6" t="s">
         <v>52</v>
       </c>
       <c r="F27" s="6" t="s">
         <v>53</v>
       </c>
       <c r="G27" s="6" t="s">
-        <v>105</v>
+        <v>54</v>
       </c>
       <c r="H27" s="6" t="s">
-        <v>57</v>
+        <v>106</v>
       </c>
       <c r="I27" s="6" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="J27" s="6" t="s">
         <v>60</v>
       </c>
       <c r="K27" s="6" t="s">
         <v>61</v>
       </c>
       <c r="L27" s="6" t="s">
         <v>62</v>
       </c>
       <c r="M27" s="6" t="s">
         <v>63</v>
       </c>
       <c r="N27" s="6" t="s">
         <v>64</v>
       </c>
       <c r="O27" s="6" t="s">
-        <v>107</v>
+        <v>65</v>
       </c>
       <c r="P27" s="6" t="s">
-        <v>65</v>
+        <v>108</v>
       </c>
       <c r="Q27" s="6" t="s">
         <v>66</v>
       </c>
       <c r="R27" s="6" t="s">
         <v>67</v>
       </c>
       <c r="S27" s="6" t="s">
         <v>68</v>
       </c>
       <c r="T27" s="6" t="s">
         <v>69</v>
       </c>
       <c r="U27" s="6" t="s">
         <v>70</v>
       </c>
       <c r="V27" s="6" t="s">
+        <v>71</v>
+      </c>
+      <c r="W27" s="6" t="s">
         <v>36</v>
       </c>
-      <c r="W27" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="X27" s="6" t="s">
+        <v>72</v>
+      </c>
+      <c r="Y27" s="6" t="s">
         <v>38</v>
       </c>
-      <c r="Y27" s="6" t="s">
+      <c r="Z27" s="6" t="s">
         <v>39</v>
       </c>
-      <c r="Z27" s="6" t="s">
+      <c r="AA27" s="6" t="s">
         <v>44</v>
       </c>
-      <c r="AA27" s="6" t="s">
+      <c r="AB27" s="6" t="s">
         <v>46</v>
       </c>
-      <c r="AB27" s="6" t="s">
+      <c r="AC27" s="6" t="s">
         <v>3</v>
       </c>
-      <c r="AC27" s="6" t="s">
+      <c r="AD27" s="6" t="s">
         <v>5</v>
       </c>
-      <c r="AD27" s="6" t="s">
+      <c r="AE27" s="6" t="s">
         <v>7</v>
       </c>
-      <c r="AE27" s="6" t="s">
+      <c r="AF27" s="6" t="s">
         <v>9</v>
-      </c>
-[...1 lines deleted...]
-        <v>12</v>
       </c>
     </row>
     <row r="28" spans="1:32">
       <c r="B28" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C28" s="4">
+        <v>438</v>
+      </c>
+      <c r="D28" s="4">
         <v>418</v>
       </c>
-      <c r="D28" s="4">
+      <c r="E28" s="4">
         <v>425</v>
       </c>
-      <c r="E28" s="4">
+      <c r="F28" s="4">
         <v>412</v>
       </c>
-      <c r="F28" s="4">
+      <c r="G28" s="4">
         <v>423</v>
       </c>
-      <c r="G28" s="4">
+      <c r="H28" s="4">
         <v>389</v>
       </c>
-      <c r="H28" s="4">
+      <c r="I28" s="4">
         <v>367</v>
       </c>
-      <c r="I28" s="4">
+      <c r="J28" s="4">
         <v>399</v>
       </c>
-      <c r="J28" s="4">
+      <c r="K28" s="4">
         <v>432</v>
       </c>
-      <c r="K28" s="4">
+      <c r="L28" s="4">
         <v>424</v>
       </c>
-      <c r="L28" s="4">
+      <c r="M28" s="4">
         <v>409</v>
       </c>
-      <c r="M28" s="4">
+      <c r="N28" s="4">
         <v>377</v>
       </c>
-      <c r="N28" s="4">
+      <c r="O28" s="4">
         <v>422</v>
       </c>
-      <c r="O28" s="4">
+      <c r="P28" s="4">
         <v>369</v>
       </c>
-      <c r="P28" s="4">
+      <c r="Q28" s="4">
         <v>401</v>
       </c>
-      <c r="Q28" s="4">
+      <c r="R28" s="4">
         <v>449</v>
       </c>
-      <c r="R28" s="4">
+      <c r="S28" s="4">
         <v>426</v>
       </c>
-      <c r="S28" s="4">
+      <c r="T28" s="4">
         <v>379</v>
       </c>
-      <c r="T28" s="4">
+      <c r="U28" s="4">
         <v>431</v>
       </c>
-      <c r="U28" s="4">
+      <c r="V28" s="4">
         <v>412</v>
       </c>
-      <c r="V28" s="4">
+      <c r="W28" s="4">
         <v>414</v>
       </c>
-      <c r="W28" s="4">
+      <c r="X28" s="4">
         <v>408</v>
       </c>
-      <c r="X28" s="4">
+      <c r="Y28" s="4">
         <v>385</v>
       </c>
-      <c r="Y28" s="4">
+      <c r="Z28" s="4">
         <v>402</v>
       </c>
-      <c r="Z28" s="4">
+      <c r="AA28" s="4">
         <v>388</v>
       </c>
-      <c r="AA28" s="4">
+      <c r="AB28" s="4">
         <v>413</v>
       </c>
-      <c r="AB28" s="4">
+      <c r="AC28" s="4">
         <v>366</v>
       </c>
-      <c r="AC28" s="4">
+      <c r="AD28" s="4">
         <v>391</v>
       </c>
-      <c r="AD28" s="4">
+      <c r="AE28" s="4">
         <v>364</v>
       </c>
-      <c r="AE28" s="4">
+      <c r="AF28" s="4">
         <v>413</v>
-      </c>
-[...1 lines deleted...]
-        <v>349</v>
       </c>
     </row>
     <row r="29" spans="1:32">
       <c r="B29" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C29" s="6">
         <v>100</v>
       </c>
       <c r="D29" s="6">
         <v>100</v>
       </c>
       <c r="E29" s="6">
         <v>100</v>
       </c>
       <c r="F29" s="6">
         <v>100</v>
       </c>
       <c r="G29" s="6">
         <v>100</v>
       </c>
       <c r="H29" s="6">
         <v>100</v>
       </c>
       <c r="I29" s="6">
@@ -3140,54 +3143,54 @@
       <c r="W31" s="6" t="s">
         <v>151</v>
       </c>
       <c r="X31" s="6" t="s">
         <v>152</v>
       </c>
       <c r="Y31" s="6" t="s">
         <v>153</v>
       </c>
       <c r="Z31" s="6" t="s">
         <v>154</v>
       </c>
       <c r="AA31" s="6" t="s">
         <v>155</v>
       </c>
       <c r="AB31" s="6" t="s">
         <v>156</v>
       </c>
       <c r="AC31" s="6" t="s">
         <v>157</v>
       </c>
       <c r="AD31" s="6" t="s">
         <v>158</v>
       </c>
       <c r="AE31" s="6" t="s">
-        <v>108</v>
+        <v>159</v>
       </c>
       <c r="AF31" s="6" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
     </row>
     <row r="32" spans="1:32">
       <c r="B32" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C32" s="4">
         <v>453</v>
       </c>
       <c r="D32" s="4">
         <v>424</v>
       </c>
       <c r="E32" s="4">
         <v>435</v>
       </c>
       <c r="F32" s="4">
         <v>458</v>
       </c>
       <c r="G32" s="4">
         <v>477</v>
       </c>
       <c r="H32" s="4">
         <v>479</v>
       </c>
       <c r="I32" s="4">
@@ -3338,144 +3341,144 @@
       </c>
       <c r="Z33" s="6">
         <v>100</v>
       </c>
       <c r="AA33" s="6">
         <v>100</v>
       </c>
       <c r="AB33" s="6">
         <v>100</v>
       </c>
       <c r="AC33" s="6">
         <v>100</v>
       </c>
       <c r="AD33" s="6">
         <v>100</v>
       </c>
       <c r="AE33" s="6">
         <v>100</v>
       </c>
       <c r="AF33" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="35" spans="1:32">
       <c r="A35" s="2" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C35" s="6" t="s">
         <v>131</v>
       </c>
       <c r="D35" s="6" t="s">
         <v>132</v>
       </c>
       <c r="E35" s="6" t="s">
         <v>133</v>
       </c>
       <c r="F35" s="6" t="s">
         <v>134</v>
       </c>
       <c r="G35" s="6" t="s">
         <v>135</v>
       </c>
       <c r="H35" s="6" t="s">
         <v>136</v>
       </c>
       <c r="I35" s="6" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="J35" s="6" t="s">
         <v>137</v>
       </c>
       <c r="K35" s="6" t="s">
         <v>138</v>
       </c>
       <c r="L35" s="6" t="s">
         <v>139</v>
       </c>
       <c r="M35" s="6" t="s">
         <v>140</v>
       </c>
       <c r="N35" s="6" t="s">
         <v>141</v>
       </c>
       <c r="O35" s="6" t="s">
         <v>142</v>
       </c>
       <c r="P35" s="6" t="s">
         <v>143</v>
       </c>
       <c r="Q35" s="6" t="s">
         <v>144</v>
       </c>
       <c r="R35" s="6" t="s">
         <v>146</v>
       </c>
       <c r="S35" s="6" t="s">
         <v>147</v>
       </c>
       <c r="T35" s="6" t="s">
         <v>148</v>
       </c>
       <c r="U35" s="6" t="s">
         <v>149</v>
       </c>
       <c r="V35" s="6" t="s">
         <v>153</v>
       </c>
       <c r="W35" s="6" t="s">
         <v>154</v>
       </c>
       <c r="X35" s="6" t="s">
         <v>155</v>
       </c>
       <c r="Y35" s="6" t="s">
         <v>156</v>
       </c>
       <c r="Z35" s="6" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="AA35" s="6" t="s">
         <v>157</v>
       </c>
       <c r="AB35" s="6" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="AC35" s="6" t="s">
         <v>158</v>
       </c>
       <c r="AD35" s="6" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="AE35" s="6" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="AF35" s="6" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
     </row>
     <row r="36" spans="1:32">
       <c r="B36" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C36" s="4">
         <v>424</v>
       </c>
       <c r="D36" s="4">
         <v>410</v>
       </c>
       <c r="E36" s="4">
         <v>417</v>
       </c>
       <c r="F36" s="4">
         <v>449</v>
       </c>
       <c r="G36" s="4">
         <v>441</v>
       </c>
       <c r="H36" s="4">
         <v>435</v>
       </c>
       <c r="I36" s="4">
@@ -3626,144 +3629,144 @@
       </c>
       <c r="Z37" s="6">
         <v>100</v>
       </c>
       <c r="AA37" s="6">
         <v>100</v>
       </c>
       <c r="AB37" s="6">
         <v>100</v>
       </c>
       <c r="AC37" s="6">
         <v>100</v>
       </c>
       <c r="AD37" s="6">
         <v>100</v>
       </c>
       <c r="AE37" s="6">
         <v>100</v>
       </c>
       <c r="AF37" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="39" spans="1:32">
       <c r="A39" s="2" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="B39" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C39" s="6" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="D39" s="6" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="E39" s="6" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="F39" s="6" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="G39" s="6" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="H39" s="6" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="I39" s="6" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="J39" s="6" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="K39" s="6" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="L39" s="6" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="M39" s="6" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="N39" s="6" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="O39" s="6" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="P39" s="6" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="Q39" s="6" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="R39" s="6" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="S39" s="6" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="T39" s="6" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="U39" s="6" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="V39" s="6" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="W39" s="6" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="X39" s="6" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="Y39" s="6" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="Z39" s="6" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="AA39" s="6" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="AB39" s="6" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="AC39" s="6" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="AD39" s="6" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="AE39" s="6" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="AF39" s="6" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
     </row>
     <row r="40" spans="1:32">
       <c r="B40" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C40" s="4">
         <v>418</v>
       </c>
       <c r="D40" s="4">
         <v>400</v>
       </c>
       <c r="E40" s="4">
         <v>428</v>
       </c>
       <c r="F40" s="4">
         <v>408</v>
       </c>
       <c r="G40" s="4">
         <v>396</v>
       </c>
       <c r="H40" s="4">
         <v>419</v>
       </c>
       <c r="I40" s="4">