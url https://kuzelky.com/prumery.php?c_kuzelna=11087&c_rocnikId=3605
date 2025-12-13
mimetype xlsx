--- v0 (2025-12-07)
+++ v1 (2025-12-13)
@@ -164,50 +164,53 @@
   <si>
     <t>14.9.2023</t>
   </si>
   <si>
     <t>28.3.2023</t>
   </si>
   <si>
     <t>7.3.2023</t>
   </si>
   <si>
     <t>21.2.2023</t>
   </si>
   <si>
     <t>17.1.2023</t>
   </si>
   <si>
     <t>8.2.2022</t>
   </si>
   <si>
     <t>29.9.2020</t>
   </si>
   <si>
     <t>Josef Tesař</t>
   </si>
   <si>
+    <t>10.12.2025</t>
+  </si>
+  <si>
     <t>1.12.2025</t>
   </si>
   <si>
     <t>18.11.2025</t>
   </si>
   <si>
     <t>14.10.2025</t>
   </si>
   <si>
     <t>30.9.2025</t>
   </si>
   <si>
     <t>25.3.2025</t>
   </si>
   <si>
     <t>20.3.2025</t>
   </si>
   <si>
     <t>11.3.2025</t>
   </si>
   <si>
     <t>25.2.2025</t>
   </si>
   <si>
     <t>18.2.2025</t>
@@ -246,53 +249,50 @@
     <t>13.2.2024</t>
   </si>
   <si>
     <t>30.1.2024</t>
   </si>
   <si>
     <t>5.12.2023</t>
   </si>
   <si>
     <t>3.10.2023</t>
   </si>
   <si>
     <t>Jindra Pokorná</t>
   </si>
   <si>
     <t>20.11.2025</t>
   </si>
   <si>
     <t>16.9.2025</t>
   </si>
   <si>
     <t>10.9.2025</t>
   </si>
   <si>
     <t>1.10.2024</t>
-  </si>
-[...1 lines deleted...]
-    <t>1.11.2023</t>
   </si>
   <si>
     <t>Jiří Novotný</t>
   </si>
   <si>
     <t>16.10.2025</t>
   </si>
   <si>
     <t>2.10.2025</t>
   </si>
   <si>
     <t>18.9.2025</t>
   </si>
   <si>
     <t>3.3.2025</t>
   </si>
   <si>
     <t>20.2.2025</t>
   </si>
   <si>
     <t>16.1.2025</t>
   </si>
   <si>
     <t>14.11.2024</t>
   </si>
@@ -1574,170 +1574,170 @@
       <c r="P11" s="6" t="s">
         <v>63</v>
       </c>
       <c r="Q11" s="6" t="s">
         <v>64</v>
       </c>
       <c r="R11" s="6" t="s">
         <v>65</v>
       </c>
       <c r="S11" s="6" t="s">
         <v>66</v>
       </c>
       <c r="T11" s="6" t="s">
         <v>67</v>
       </c>
       <c r="U11" s="6" t="s">
         <v>68</v>
       </c>
       <c r="V11" s="6" t="s">
         <v>69</v>
       </c>
       <c r="W11" s="6" t="s">
         <v>70</v>
       </c>
       <c r="X11" s="6" t="s">
+        <v>71</v>
+      </c>
+      <c r="Y11" s="6" t="s">
         <v>36</v>
       </c>
-      <c r="Y11" s="6" t="s">
+      <c r="Z11" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="Z11" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AA11" s="6" t="s">
+        <v>72</v>
+      </c>
+      <c r="AB11" s="6" t="s">
         <v>38</v>
       </c>
-      <c r="AB11" s="6" t="s">
+      <c r="AC11" s="6" t="s">
         <v>39</v>
       </c>
-      <c r="AC11" s="6" t="s">
+      <c r="AD11" s="6" t="s">
         <v>40</v>
       </c>
-      <c r="AD11" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AE11" s="6" t="s">
+        <v>73</v>
+      </c>
+      <c r="AF11" s="6" t="s">
         <v>41</v>
-      </c>
-[...1 lines deleted...]
-        <v>42</v>
       </c>
     </row>
     <row r="12" spans="1:32">
       <c r="B12" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C12" s="4">
         <v>409</v>
       </c>
       <c r="D12" s="4">
+        <v>409</v>
+      </c>
+      <c r="E12" s="4">
         <v>471</v>
       </c>
-      <c r="E12" s="4">
+      <c r="F12" s="4">
         <v>411</v>
       </c>
-      <c r="F12" s="4">
+      <c r="G12" s="4">
         <v>461</v>
       </c>
-      <c r="G12" s="4">
+      <c r="H12" s="4">
         <v>409</v>
       </c>
-      <c r="H12" s="4">
+      <c r="I12" s="4">
         <v>426</v>
       </c>
-      <c r="I12" s="4">
+      <c r="J12" s="4">
         <v>407</v>
       </c>
-      <c r="J12" s="4">
+      <c r="K12" s="4">
         <v>414</v>
       </c>
-      <c r="K12" s="4">
+      <c r="L12" s="4">
         <v>397</v>
       </c>
-      <c r="L12" s="4">
+      <c r="M12" s="4">
         <v>424</v>
       </c>
-      <c r="M12" s="4">
+      <c r="N12" s="4">
         <v>404</v>
       </c>
-      <c r="N12" s="4">
+      <c r="O12" s="4">
         <v>408</v>
       </c>
-      <c r="O12" s="4">
+      <c r="P12" s="4">
         <v>424</v>
       </c>
-      <c r="P12" s="4">
+      <c r="Q12" s="4">
         <v>422</v>
       </c>
-      <c r="Q12" s="4">
+      <c r="R12" s="4">
         <v>433</v>
       </c>
-      <c r="R12" s="4">
+      <c r="S12" s="4">
         <v>427</v>
       </c>
-      <c r="S12" s="4">
+      <c r="T12" s="4">
         <v>445</v>
       </c>
-      <c r="T12" s="4">
+      <c r="U12" s="4">
         <v>411</v>
       </c>
-      <c r="U12" s="4">
+      <c r="V12" s="4">
         <v>404</v>
       </c>
-      <c r="V12" s="4">
+      <c r="W12" s="4">
         <v>446</v>
       </c>
-      <c r="W12" s="4">
+      <c r="X12" s="4">
         <v>447</v>
-      </c>
-[...1 lines deleted...]
-        <v>431</v>
       </c>
       <c r="Y12" s="4">
         <v>431</v>
       </c>
       <c r="Z12" s="4">
+        <v>431</v>
+      </c>
+      <c r="AA12" s="4">
         <v>397</v>
       </c>
-      <c r="AA12" s="4">
+      <c r="AB12" s="4">
         <v>427</v>
       </c>
-      <c r="AB12" s="4">
+      <c r="AC12" s="4">
         <v>426</v>
       </c>
-      <c r="AC12" s="4">
+      <c r="AD12" s="4">
         <v>421</v>
       </c>
-      <c r="AD12" s="4">
+      <c r="AE12" s="4">
         <v>448</v>
       </c>
-      <c r="AE12" s="4">
+      <c r="AF12" s="4">
         <v>432</v>
-      </c>
-[...1 lines deleted...]
-        <v>380</v>
       </c>
     </row>
     <row r="13" spans="1:32">
       <c r="B13" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C13" s="6">
         <v>100</v>
       </c>
       <c r="D13" s="6">
         <v>100</v>
       </c>
       <c r="E13" s="6">
         <v>100</v>
       </c>
       <c r="F13" s="6">
         <v>100</v>
       </c>
       <c r="G13" s="6">
         <v>100</v>
       </c>
       <c r="H13" s="6">
         <v>100</v>
       </c>
       <c r="I13" s="6">
@@ -1793,239 +1793,239 @@
       </c>
       <c r="Z13" s="6">
         <v>100</v>
       </c>
       <c r="AA13" s="6">
         <v>100</v>
       </c>
       <c r="AB13" s="6">
         <v>100</v>
       </c>
       <c r="AC13" s="6">
         <v>100</v>
       </c>
       <c r="AD13" s="6">
         <v>100</v>
       </c>
       <c r="AE13" s="6">
         <v>100</v>
       </c>
       <c r="AF13" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="15" spans="1:32">
       <c r="A15" s="2" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="B15" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C15" s="6" t="s">
         <v>50</v>
       </c>
       <c r="D15" s="6" t="s">
-        <v>74</v>
+        <v>51</v>
       </c>
       <c r="E15" s="6" t="s">
-        <v>51</v>
+        <v>75</v>
       </c>
       <c r="F15" s="6" t="s">
         <v>52</v>
       </c>
       <c r="G15" s="6" t="s">
         <v>53</v>
       </c>
       <c r="H15" s="6" t="s">
-        <v>75</v>
+        <v>54</v>
       </c>
       <c r="I15" s="6" t="s">
         <v>76</v>
       </c>
       <c r="J15" s="6" t="s">
-        <v>54</v>
+        <v>77</v>
       </c>
       <c r="K15" s="6" t="s">
         <v>55</v>
       </c>
       <c r="L15" s="6" t="s">
         <v>56</v>
       </c>
       <c r="M15" s="6" t="s">
         <v>57</v>
       </c>
       <c r="N15" s="6" t="s">
         <v>58</v>
       </c>
       <c r="O15" s="6" t="s">
         <v>59</v>
       </c>
       <c r="P15" s="6" t="s">
         <v>60</v>
       </c>
       <c r="Q15" s="6" t="s">
         <v>61</v>
       </c>
       <c r="R15" s="6" t="s">
         <v>62</v>
       </c>
       <c r="S15" s="6" t="s">
         <v>63</v>
       </c>
       <c r="T15" s="6" t="s">
         <v>64</v>
       </c>
       <c r="U15" s="6" t="s">
-        <v>77</v>
+        <v>65</v>
       </c>
       <c r="V15" s="6" t="s">
-        <v>65</v>
+        <v>78</v>
       </c>
       <c r="W15" s="6" t="s">
         <v>66</v>
       </c>
       <c r="X15" s="6" t="s">
         <v>67</v>
       </c>
       <c r="Y15" s="6" t="s">
         <v>68</v>
       </c>
       <c r="Z15" s="6" t="s">
         <v>69</v>
       </c>
       <c r="AA15" s="6" t="s">
         <v>70</v>
       </c>
       <c r="AB15" s="6" t="s">
+        <v>71</v>
+      </c>
+      <c r="AC15" s="6" t="s">
         <v>36</v>
       </c>
-      <c r="AC15" s="6" t="s">
+      <c r="AD15" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="AD15" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AE15" s="6" t="s">
+        <v>72</v>
+      </c>
+      <c r="AF15" s="6" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>78</v>
       </c>
     </row>
     <row r="16" spans="1:32">
       <c r="B16" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C16" s="4">
+        <v>442</v>
+      </c>
+      <c r="D16" s="4">
         <v>420</v>
       </c>
-      <c r="D16" s="4">
+      <c r="E16" s="4">
         <v>424</v>
       </c>
-      <c r="E16" s="4">
+      <c r="F16" s="4">
         <v>437</v>
       </c>
-      <c r="F16" s="4">
+      <c r="G16" s="4">
         <v>444</v>
       </c>
-      <c r="G16" s="4">
+      <c r="H16" s="4">
         <v>418</v>
       </c>
-      <c r="H16" s="4">
+      <c r="I16" s="4">
         <v>451</v>
       </c>
-      <c r="I16" s="4">
+      <c r="J16" s="4">
         <v>421</v>
       </c>
-      <c r="J16" s="4">
+      <c r="K16" s="4">
         <v>410</v>
       </c>
-      <c r="K16" s="4">
+      <c r="L16" s="4">
         <v>448</v>
       </c>
-      <c r="L16" s="4">
+      <c r="M16" s="4">
         <v>442</v>
       </c>
-      <c r="M16" s="4">
+      <c r="N16" s="4">
         <v>436</v>
       </c>
-      <c r="N16" s="4">
+      <c r="O16" s="4">
         <v>427</v>
       </c>
-      <c r="O16" s="4">
+      <c r="P16" s="4">
         <v>419</v>
       </c>
-      <c r="P16" s="4">
+      <c r="Q16" s="4">
         <v>438</v>
       </c>
-      <c r="Q16" s="4">
+      <c r="R16" s="4">
         <v>484</v>
       </c>
-      <c r="R16" s="4">
+      <c r="S16" s="4">
         <v>448</v>
       </c>
-      <c r="S16" s="4">
+      <c r="T16" s="4">
         <v>437</v>
       </c>
-      <c r="T16" s="4">
+      <c r="U16" s="4">
         <v>399</v>
       </c>
-      <c r="U16" s="4">
+      <c r="V16" s="4">
         <v>423</v>
       </c>
-      <c r="V16" s="4">
+      <c r="W16" s="4">
         <v>391</v>
       </c>
-      <c r="W16" s="4">
+      <c r="X16" s="4">
         <v>423</v>
       </c>
-      <c r="X16" s="4">
+      <c r="Y16" s="4">
         <v>410</v>
       </c>
-      <c r="Y16" s="4">
+      <c r="Z16" s="4">
         <v>454</v>
       </c>
-      <c r="Z16" s="4">
+      <c r="AA16" s="4">
         <v>422</v>
       </c>
-      <c r="AA16" s="4">
+      <c r="AB16" s="4">
         <v>421</v>
       </c>
-      <c r="AB16" s="4">
+      <c r="AC16" s="4">
         <v>447</v>
       </c>
-      <c r="AC16" s="4">
+      <c r="AD16" s="4">
         <v>452</v>
       </c>
-      <c r="AD16" s="4">
+      <c r="AE16" s="4">
         <v>461</v>
       </c>
-      <c r="AE16" s="4">
+      <c r="AF16" s="4">
         <v>431</v>
-      </c>
-[...1 lines deleted...]
-        <v>456</v>
       </c>
     </row>
     <row r="17" spans="1:32">
       <c r="B17" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C17" s="6">
         <v>100</v>
       </c>
       <c r="D17" s="6">
         <v>100</v>
       </c>
       <c r="E17" s="6">
         <v>100</v>
       </c>
       <c r="F17" s="6">
         <v>100</v>
       </c>
       <c r="G17" s="6">
         <v>100</v>
       </c>
       <c r="H17" s="6">
         <v>100</v>
       </c>
       <c r="I17" s="6">
@@ -2108,51 +2108,51 @@
       <c r="B19" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C19" s="6" t="s">
         <v>80</v>
       </c>
       <c r="D19" s="6" t="s">
         <v>81</v>
       </c>
       <c r="E19" s="6" t="s">
         <v>82</v>
       </c>
       <c r="F19" s="6" t="s">
         <v>83</v>
       </c>
       <c r="G19" s="6" t="s">
         <v>84</v>
       </c>
       <c r="H19" s="6" t="s">
         <v>85</v>
       </c>
       <c r="I19" s="6" t="s">
         <v>86</v>
       </c>
       <c r="J19" s="6" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="K19" s="6" t="s">
         <v>87</v>
       </c>
       <c r="L19" s="6" t="s">
         <v>88</v>
       </c>
       <c r="M19" s="6" t="s">
         <v>89</v>
       </c>
       <c r="N19" s="6" t="s">
         <v>90</v>
       </c>
       <c r="O19" s="6" t="s">
         <v>91</v>
       </c>
       <c r="P19" s="6" t="s">
         <v>92</v>
       </c>
       <c r="Q19" s="6" t="s">
         <v>93</v>
       </c>
       <c r="R19" s="6" t="s">
         <v>36</v>
       </c>
@@ -2675,221 +2675,221 @@
       </c>
       <c r="AF25" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="27" spans="1:32">
       <c r="A27" s="2" t="s">
         <v>127</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="6" t="s">
         <v>50</v>
       </c>
       <c r="D27" s="6" t="s">
         <v>51</v>
       </c>
       <c r="E27" s="6" t="s">
         <v>52</v>
       </c>
       <c r="F27" s="6" t="s">
         <v>53</v>
       </c>
       <c r="G27" s="6" t="s">
-        <v>75</v>
+        <v>54</v>
       </c>
       <c r="H27" s="6" t="s">
-        <v>57</v>
+        <v>76</v>
       </c>
       <c r="I27" s="6" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="J27" s="6" t="s">
         <v>60</v>
       </c>
       <c r="K27" s="6" t="s">
         <v>61</v>
       </c>
       <c r="L27" s="6" t="s">
         <v>62</v>
       </c>
       <c r="M27" s="6" t="s">
         <v>63</v>
       </c>
       <c r="N27" s="6" t="s">
         <v>64</v>
       </c>
       <c r="O27" s="6" t="s">
-        <v>77</v>
+        <v>65</v>
       </c>
       <c r="P27" s="6" t="s">
-        <v>65</v>
+        <v>78</v>
       </c>
       <c r="Q27" s="6" t="s">
         <v>66</v>
       </c>
       <c r="R27" s="6" t="s">
         <v>67</v>
       </c>
       <c r="S27" s="6" t="s">
         <v>68</v>
       </c>
       <c r="T27" s="6" t="s">
         <v>69</v>
       </c>
       <c r="U27" s="6" t="s">
         <v>70</v>
       </c>
       <c r="V27" s="6" t="s">
+        <v>71</v>
+      </c>
+      <c r="W27" s="6" t="s">
         <v>36</v>
       </c>
-      <c r="W27" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="X27" s="6" t="s">
+        <v>72</v>
+      </c>
+      <c r="Y27" s="6" t="s">
         <v>38</v>
       </c>
-      <c r="Y27" s="6" t="s">
+      <c r="Z27" s="6" t="s">
         <v>39</v>
       </c>
-      <c r="Z27" s="6" t="s">
+      <c r="AA27" s="6" t="s">
         <v>44</v>
       </c>
-      <c r="AA27" s="6" t="s">
+      <c r="AB27" s="6" t="s">
         <v>46</v>
       </c>
-      <c r="AB27" s="6" t="s">
+      <c r="AC27" s="6" t="s">
         <v>3</v>
       </c>
-      <c r="AC27" s="6" t="s">
+      <c r="AD27" s="6" t="s">
         <v>5</v>
       </c>
-      <c r="AD27" s="6" t="s">
+      <c r="AE27" s="6" t="s">
         <v>7</v>
       </c>
-      <c r="AE27" s="6" t="s">
+      <c r="AF27" s="6" t="s">
         <v>9</v>
-      </c>
-[...1 lines deleted...]
-        <v>12</v>
       </c>
     </row>
     <row r="28" spans="1:32">
       <c r="B28" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C28" s="4">
+        <v>438</v>
+      </c>
+      <c r="D28" s="4">
         <v>418</v>
       </c>
-      <c r="D28" s="4">
+      <c r="E28" s="4">
         <v>425</v>
       </c>
-      <c r="E28" s="4">
+      <c r="F28" s="4">
         <v>412</v>
       </c>
-      <c r="F28" s="4">
+      <c r="G28" s="4">
         <v>423</v>
       </c>
-      <c r="G28" s="4">
+      <c r="H28" s="4">
         <v>389</v>
       </c>
-      <c r="H28" s="4">
+      <c r="I28" s="4">
         <v>367</v>
       </c>
-      <c r="I28" s="4">
+      <c r="J28" s="4">
         <v>399</v>
       </c>
-      <c r="J28" s="4">
+      <c r="K28" s="4">
         <v>432</v>
       </c>
-      <c r="K28" s="4">
+      <c r="L28" s="4">
         <v>424</v>
       </c>
-      <c r="L28" s="4">
+      <c r="M28" s="4">
         <v>409</v>
       </c>
-      <c r="M28" s="4">
+      <c r="N28" s="4">
         <v>377</v>
       </c>
-      <c r="N28" s="4">
+      <c r="O28" s="4">
         <v>422</v>
       </c>
-      <c r="O28" s="4">
+      <c r="P28" s="4">
         <v>369</v>
       </c>
-      <c r="P28" s="4">
+      <c r="Q28" s="4">
         <v>401</v>
       </c>
-      <c r="Q28" s="4">
+      <c r="R28" s="4">
         <v>449</v>
       </c>
-      <c r="R28" s="4">
+      <c r="S28" s="4">
         <v>426</v>
       </c>
-      <c r="S28" s="4">
+      <c r="T28" s="4">
         <v>379</v>
       </c>
-      <c r="T28" s="4">
+      <c r="U28" s="4">
         <v>431</v>
       </c>
-      <c r="U28" s="4">
+      <c r="V28" s="4">
         <v>412</v>
       </c>
-      <c r="V28" s="4">
+      <c r="W28" s="4">
         <v>414</v>
       </c>
-      <c r="W28" s="4">
+      <c r="X28" s="4">
         <v>408</v>
       </c>
-      <c r="X28" s="4">
+      <c r="Y28" s="4">
         <v>385</v>
       </c>
-      <c r="Y28" s="4">
+      <c r="Z28" s="4">
         <v>402</v>
       </c>
-      <c r="Z28" s="4">
+      <c r="AA28" s="4">
         <v>388</v>
       </c>
-      <c r="AA28" s="4">
+      <c r="AB28" s="4">
         <v>413</v>
       </c>
-      <c r="AB28" s="4">
+      <c r="AC28" s="4">
         <v>366</v>
       </c>
-      <c r="AC28" s="4">
+      <c r="AD28" s="4">
         <v>391</v>
       </c>
-      <c r="AD28" s="4">
+      <c r="AE28" s="4">
         <v>364</v>
       </c>
-      <c r="AE28" s="4">
+      <c r="AF28" s="4">
         <v>413</v>
-      </c>
-[...1 lines deleted...]
-        <v>349</v>
       </c>
     </row>
     <row r="29" spans="1:32">
       <c r="B29" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C29" s="6">
         <v>100</v>
       </c>
       <c r="D29" s="6">
         <v>100</v>
       </c>
       <c r="E29" s="6">
         <v>100</v>
       </c>
       <c r="F29" s="6">
         <v>100</v>
       </c>
       <c r="G29" s="6">
         <v>100</v>
       </c>
       <c r="H29" s="6">
         <v>100</v>
       </c>
       <c r="I29" s="6">
@@ -2963,81 +2963,81 @@
       </c>
       <c r="AF29" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="31" spans="1:32">
       <c r="A31" s="2" t="s">
         <v>128</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="6" t="s">
         <v>129</v>
       </c>
       <c r="D31" s="6" t="s">
         <v>130</v>
       </c>
       <c r="E31" s="6" t="s">
         <v>131</v>
       </c>
       <c r="F31" s="6" t="s">
         <v>132</v>
       </c>
       <c r="G31" s="6" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="H31" s="6" t="s">
         <v>133</v>
       </c>
       <c r="I31" s="6" t="s">
         <v>134</v>
       </c>
       <c r="J31" s="6" t="s">
         <v>135</v>
       </c>
       <c r="K31" s="6" t="s">
         <v>136</v>
       </c>
       <c r="L31" s="6" t="s">
         <v>137</v>
       </c>
       <c r="M31" s="6" t="s">
         <v>138</v>
       </c>
       <c r="N31" s="6" t="s">
         <v>139</v>
       </c>
       <c r="O31" s="6" t="s">
         <v>140</v>
       </c>
       <c r="P31" s="6" t="s">
         <v>141</v>
       </c>
       <c r="Q31" s="6" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="R31" s="6" t="s">
         <v>142</v>
       </c>
       <c r="S31" s="6" t="s">
         <v>143</v>
       </c>
       <c r="T31" s="6" t="s">
         <v>144</v>
       </c>
       <c r="U31" s="6" t="s">
         <v>145</v>
       </c>
       <c r="V31" s="6" t="s">
         <v>146</v>
       </c>
       <c r="W31" s="6" t="s">
         <v>147</v>
       </c>
       <c r="X31" s="6" t="s">
         <v>148</v>
       </c>
       <c r="Y31" s="6" t="s">
         <v>149</v>
       </c>
@@ -3251,221 +3251,221 @@
       </c>
       <c r="AF33" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="35" spans="1:32">
       <c r="A35" s="2" t="s">
         <v>156</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C35" s="6" t="s">
         <v>50</v>
       </c>
       <c r="D35" s="6" t="s">
         <v>51</v>
       </c>
       <c r="E35" s="6" t="s">
         <v>52</v>
       </c>
       <c r="F35" s="6" t="s">
         <v>53</v>
       </c>
       <c r="G35" s="6" t="s">
-        <v>75</v>
+        <v>54</v>
       </c>
       <c r="H35" s="6" t="s">
-        <v>54</v>
+        <v>76</v>
       </c>
       <c r="I35" s="6" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="J35" s="6" t="s">
         <v>57</v>
       </c>
       <c r="K35" s="6" t="s">
         <v>58</v>
       </c>
       <c r="L35" s="6" t="s">
         <v>59</v>
       </c>
       <c r="M35" s="6" t="s">
         <v>60</v>
       </c>
       <c r="N35" s="6" t="s">
         <v>61</v>
       </c>
       <c r="O35" s="6" t="s">
         <v>62</v>
       </c>
       <c r="P35" s="6" t="s">
         <v>63</v>
       </c>
       <c r="Q35" s="6" t="s">
         <v>64</v>
       </c>
       <c r="R35" s="6" t="s">
-        <v>77</v>
+        <v>65</v>
       </c>
       <c r="S35" s="6" t="s">
-        <v>66</v>
+        <v>78</v>
       </c>
       <c r="T35" s="6" t="s">
         <v>67</v>
       </c>
       <c r="U35" s="6" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="V35" s="6" t="s">
         <v>70</v>
       </c>
       <c r="W35" s="6" t="s">
+        <v>71</v>
+      </c>
+      <c r="X35" s="6" t="s">
         <v>36</v>
       </c>
-      <c r="X35" s="6" t="s">
+      <c r="Y35" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="Y35" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Z35" s="6" t="s">
+        <v>72</v>
+      </c>
+      <c r="AA35" s="6" t="s">
         <v>38</v>
       </c>
-      <c r="AA35" s="6" t="s">
+      <c r="AB35" s="6" t="s">
         <v>42</v>
       </c>
-      <c r="AB35" s="6" t="s">
+      <c r="AC35" s="6" t="s">
         <v>43</v>
       </c>
-      <c r="AC35" s="6" t="s">
+      <c r="AD35" s="6" t="s">
         <v>44</v>
       </c>
-      <c r="AD35" s="6" t="s">
+      <c r="AE35" s="6" t="s">
         <v>45</v>
       </c>
-      <c r="AE35" s="6" t="s">
+      <c r="AF35" s="6" t="s">
         <v>157</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
     </row>
     <row r="36" spans="1:32">
       <c r="B36" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C36" s="4">
+        <v>410</v>
+      </c>
+      <c r="D36" s="4">
         <v>442</v>
       </c>
-      <c r="D36" s="4">
+      <c r="E36" s="4">
         <v>371</v>
       </c>
-      <c r="E36" s="4">
+      <c r="F36" s="4">
         <v>405</v>
       </c>
-      <c r="F36" s="4">
+      <c r="G36" s="4">
         <v>394</v>
       </c>
-      <c r="G36" s="4">
+      <c r="H36" s="4">
         <v>373</v>
       </c>
-      <c r="H36" s="4">
+      <c r="I36" s="4">
         <v>415</v>
       </c>
-      <c r="I36" s="4">
+      <c r="J36" s="4">
         <v>408</v>
       </c>
-      <c r="J36" s="4">
+      <c r="K36" s="4">
         <v>399</v>
       </c>
-      <c r="K36" s="4">
+      <c r="L36" s="4">
         <v>387</v>
       </c>
-      <c r="L36" s="4">
+      <c r="M36" s="4">
         <v>382</v>
       </c>
-      <c r="M36" s="4">
+      <c r="N36" s="4">
         <v>423</v>
       </c>
-      <c r="N36" s="4">
+      <c r="O36" s="4">
         <v>420</v>
       </c>
-      <c r="O36" s="4">
+      <c r="P36" s="4">
         <v>430</v>
       </c>
-      <c r="P36" s="4">
+      <c r="Q36" s="4">
         <v>424</v>
       </c>
-      <c r="Q36" s="4">
+      <c r="R36" s="4">
         <v>389</v>
       </c>
-      <c r="R36" s="4">
+      <c r="S36" s="4">
         <v>397</v>
       </c>
-      <c r="S36" s="4">
+      <c r="T36" s="4">
         <v>400</v>
       </c>
-      <c r="T36" s="4">
+      <c r="U36" s="4">
         <v>394</v>
       </c>
-      <c r="U36" s="4">
+      <c r="V36" s="4">
         <v>421</v>
       </c>
-      <c r="V36" s="4">
+      <c r="W36" s="4">
         <v>426</v>
       </c>
-      <c r="W36" s="4">
+      <c r="X36" s="4">
         <v>406</v>
       </c>
-      <c r="X36" s="4">
+      <c r="Y36" s="4">
         <v>395</v>
       </c>
-      <c r="Y36" s="4">
+      <c r="Z36" s="4">
         <v>445</v>
       </c>
-      <c r="Z36" s="4">
+      <c r="AA36" s="4">
         <v>407</v>
       </c>
-      <c r="AA36" s="4">
+      <c r="AB36" s="4">
         <v>380</v>
       </c>
-      <c r="AB36" s="4">
+      <c r="AC36" s="4">
         <v>442</v>
       </c>
-      <c r="AC36" s="4">
+      <c r="AD36" s="4">
         <v>418</v>
       </c>
-      <c r="AD36" s="4">
+      <c r="AE36" s="4">
         <v>402</v>
       </c>
-      <c r="AE36" s="4">
+      <c r="AF36" s="4">
         <v>406</v>
-      </c>
-[...1 lines deleted...]
-        <v>410</v>
       </c>
     </row>
     <row r="37" spans="1:32">
       <c r="B37" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C37" s="6">
         <v>100</v>
       </c>
       <c r="D37" s="6">
         <v>100</v>
       </c>
       <c r="E37" s="6">
         <v>100</v>
       </c>
       <c r="F37" s="6">
         <v>100</v>
       </c>
       <c r="G37" s="6">
         <v>100</v>
       </c>
       <c r="H37" s="6">
         <v>100</v>
       </c>
       <c r="I37" s="6">