--- v0 (2025-12-08)
+++ v1 (2025-12-14)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="142">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="140">
   <si>
     <t>Výsledky hráčů družstva SK Uhelné sklady na kuželně Zvon</t>
   </si>
   <si>
     <t>Miroslav Kopal</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
     <t>27.4.2017</t>
   </si>
   <si>
     <t>9.3.2017</t>
   </si>
   <si>
     <t>9.2.2017</t>
   </si>
   <si>
     <t>3.11.2016</t>
   </si>
   <si>
     <t>6.10.2016</t>
   </si>
   <si>
@@ -149,50 +149,53 @@
   <si>
     <t>31.3.2023</t>
   </si>
   <si>
     <t>24.3.2023</t>
   </si>
   <si>
     <t>24.2.2023</t>
   </si>
   <si>
     <t>10.2.2023</t>
   </si>
   <si>
     <t>20.1.2023</t>
   </si>
   <si>
     <t>13.1.2023</t>
   </si>
   <si>
     <t>Zdeněk Tyle</t>
   </si>
   <si>
     <t>Jan Hloušek</t>
   </si>
   <si>
+    <t>9.12.2025</t>
+  </si>
+  <si>
     <t>4.12.2025</t>
   </si>
   <si>
     <t>13.11.2025</t>
   </si>
   <si>
     <t>16.10.2025</t>
   </si>
   <si>
     <t>3.4.2025</t>
   </si>
   <si>
     <t>6.3.2025</t>
   </si>
   <si>
     <t>20.2.2025</t>
   </si>
   <si>
     <t>30.1.2025</t>
   </si>
   <si>
     <t>10.12.2024</t>
   </si>
   <si>
     <t>21.11.2024</t>
@@ -224,234 +227,225 @@
   <si>
     <t>8.2.2024</t>
   </si>
   <si>
     <t>18.1.2024</t>
   </si>
   <si>
     <t>16.11.2023</t>
   </si>
   <si>
     <t>2.11.2023</t>
   </si>
   <si>
     <t>2.3.2023</t>
   </si>
   <si>
     <t>16.2.2023</t>
   </si>
   <si>
     <t>9.2.2023</t>
   </si>
   <si>
     <t>12.12.2022</t>
   </si>
   <si>
-    <t>8.12.2022</t>
-[...1 lines deleted...]
-  <si>
     <t>Martin Novák</t>
   </si>
   <si>
     <t>30.10.2025</t>
   </si>
   <si>
     <t>17.4.2025</t>
   </si>
   <si>
     <t>20.3.2025</t>
   </si>
   <si>
     <t>11.4.2024</t>
   </si>
   <si>
     <t>13.4.2023</t>
   </si>
   <si>
+    <t>Pavel Černý</t>
+  </si>
+  <si>
+    <t>4.1.2024</t>
+  </si>
+  <si>
+    <t>28.11.2023</t>
+  </si>
+  <si>
+    <t>21.11.2023</t>
+  </si>
+  <si>
+    <t>7.11.2023</t>
+  </si>
+  <si>
+    <t>10.10.2023</t>
+  </si>
+  <si>
+    <t>Miroslav Míchal</t>
+  </si>
+  <si>
+    <t>6.1.2023</t>
+  </si>
+  <si>
+    <t>20.12.2022</t>
+  </si>
+  <si>
+    <t>11.11.2022</t>
+  </si>
+  <si>
+    <t>30.9.2022</t>
+  </si>
+  <si>
+    <t>28.3.2022</t>
+  </si>
+  <si>
+    <t>25.2.2022</t>
+  </si>
+  <si>
+    <t>Jiří Kuděj</t>
+  </si>
+  <si>
+    <t>21.10.2025</t>
+  </si>
+  <si>
+    <t>18.2.2025</t>
+  </si>
+  <si>
+    <t>10.9.2024</t>
+  </si>
+  <si>
+    <t>26.3.2024</t>
+  </si>
+  <si>
+    <t>27.2.2024</t>
+  </si>
+  <si>
+    <t>30.1.2024</t>
+  </si>
+  <si>
+    <t>9.1.2024</t>
+  </si>
+  <si>
+    <t>5.12.2023</t>
+  </si>
+  <si>
+    <t>14.11.2023</t>
+  </si>
+  <si>
+    <t>31.10.2023</t>
+  </si>
+  <si>
+    <t>17.10.2023</t>
+  </si>
+  <si>
+    <t>11.4.2023</t>
+  </si>
+  <si>
+    <t>4.4.2023</t>
+  </si>
+  <si>
+    <t>21.3.2023</t>
+  </si>
+  <si>
+    <t>7.3.2023</t>
+  </si>
+  <si>
+    <t>7.2.2023</t>
+  </si>
+  <si>
+    <t>17.1.2023</t>
+  </si>
+  <si>
+    <t>16.12.2022</t>
+  </si>
+  <si>
+    <t>29.11.2022</t>
+  </si>
+  <si>
+    <t>8.11.2022</t>
+  </si>
+  <si>
+    <t>25.10.2022</t>
+  </si>
+  <si>
+    <t>17.10.2022</t>
+  </si>
+  <si>
+    <t>11.10.2022</t>
+  </si>
+  <si>
+    <t>4.10.2022</t>
+  </si>
+  <si>
+    <t>Tomáš Dvořák</t>
+  </si>
+  <si>
     <t>30.3.2023</t>
   </si>
   <si>
-    <t>Pavel Černý</t>
-[...14 lines deleted...]
-    <t>10.10.2023</t>
+    <t>Markéta Rajnochová</t>
+  </si>
+  <si>
+    <t>Dana Školová</t>
+  </si>
+  <si>
+    <t>8.12.2025</t>
+  </si>
+  <si>
+    <t>25.11.2025</t>
+  </si>
+  <si>
+    <t>11.11.2025</t>
+  </si>
+  <si>
+    <t>6.11.2025</t>
+  </si>
+  <si>
+    <t>14.10.2025</t>
+  </si>
+  <si>
+    <t>25.2.2025</t>
+  </si>
+  <si>
+    <t>3.12.2024</t>
+  </si>
+  <si>
+    <t>24.10.2023</t>
   </si>
   <si>
     <t>12.9.2023</t>
   </si>
   <si>
-    <t>Miroslav Míchal</t>
-[...130 lines deleted...]
-  <si>
     <t>18.4.2023</t>
   </si>
   <si>
     <t>28.3.2023</t>
-  </si>
-[...1 lines deleted...]
-    <t>14.3.2023</t>
   </si>
   <si>
     <t>Adam Rajnoch</t>
   </si>
   <si>
     <t>Marek Sedláček</t>
   </si>
   <si>
     <t>8.4.2022</t>
   </si>
   <si>
     <t>1.4.2022</t>
   </si>
   <si>
     <t>18.3.2022</t>
   </si>
   <si>
     <t>14.3.2022</t>
   </si>
   <si>
     <t>4.3.2022</t>
   </si>
   <si>
     <t>3.12.2021</t>
   </si>
@@ -1340,176 +1334,176 @@
       <c r="N19" s="6" t="s">
         <v>56</v>
       </c>
       <c r="O19" s="6" t="s">
         <v>57</v>
       </c>
       <c r="P19" s="6" t="s">
         <v>58</v>
       </c>
       <c r="Q19" s="6" t="s">
         <v>59</v>
       </c>
       <c r="R19" s="6" t="s">
         <v>60</v>
       </c>
       <c r="S19" s="6" t="s">
         <v>61</v>
       </c>
       <c r="T19" s="6" t="s">
         <v>62</v>
       </c>
       <c r="U19" s="6" t="s">
         <v>63</v>
       </c>
       <c r="V19" s="6" t="s">
+        <v>64</v>
+      </c>
+      <c r="W19" s="6" t="s">
         <v>30</v>
-      </c>
-[...1 lines deleted...]
-        <v>64</v>
       </c>
       <c r="X19" s="6" t="s">
         <v>65</v>
       </c>
       <c r="Y19" s="6" t="s">
+        <v>66</v>
+      </c>
+      <c r="Z19" s="6" t="s">
         <v>31</v>
       </c>
-      <c r="Z19" s="6" t="s">
+      <c r="AA19" s="6" t="s">
         <v>32</v>
       </c>
-      <c r="AA19" s="6" t="s">
+      <c r="AB19" s="6" t="s">
         <v>34</v>
-      </c>
-[...1 lines deleted...]
-        <v>66</v>
       </c>
       <c r="AC19" s="6" t="s">
         <v>67</v>
       </c>
       <c r="AD19" s="6" t="s">
         <v>68</v>
       </c>
       <c r="AE19" s="6" t="s">
         <v>69</v>
       </c>
       <c r="AF19" s="6" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="20" spans="1:32">
       <c r="B20" s="5" t="s">
         <v>8</v>
       </c>
       <c r="C20" s="4">
+        <v>429</v>
+      </c>
+      <c r="D20" s="4">
         <v>418</v>
       </c>
-      <c r="D20" s="4">
+      <c r="E20" s="4">
         <v>423</v>
       </c>
-      <c r="E20" s="4">
+      <c r="F20" s="4">
         <v>425</v>
       </c>
-      <c r="F20" s="4">
+      <c r="G20" s="4">
         <v>391</v>
       </c>
-      <c r="G20" s="4">
+      <c r="H20" s="4">
         <v>408</v>
       </c>
-      <c r="H20" s="4">
+      <c r="I20" s="4">
         <v>466</v>
       </c>
-      <c r="I20" s="4">
+      <c r="J20" s="4">
         <v>421</v>
       </c>
-      <c r="J20" s="4">
+      <c r="K20" s="4">
         <v>445</v>
       </c>
-      <c r="K20" s="4">
+      <c r="L20" s="4">
         <v>412</v>
       </c>
-      <c r="L20" s="4">
+      <c r="M20" s="4">
         <v>375</v>
       </c>
-      <c r="M20" s="4">
+      <c r="N20" s="4">
         <v>402</v>
       </c>
-      <c r="N20" s="4">
+      <c r="O20" s="4">
         <v>401</v>
       </c>
-      <c r="O20" s="4">
+      <c r="P20" s="4">
         <v>419</v>
       </c>
-      <c r="P20" s="4">
+      <c r="Q20" s="4">
         <v>422</v>
       </c>
-      <c r="Q20" s="4">
+      <c r="R20" s="4">
         <v>445</v>
       </c>
-      <c r="R20" s="4">
+      <c r="S20" s="4">
         <v>449</v>
       </c>
-      <c r="S20" s="4">
+      <c r="T20" s="4">
         <v>451</v>
       </c>
-      <c r="T20" s="4">
+      <c r="U20" s="4">
         <v>408</v>
       </c>
-      <c r="U20" s="4">
+      <c r="V20" s="4">
         <v>419</v>
       </c>
-      <c r="V20" s="4">
+      <c r="W20" s="4">
         <v>432</v>
       </c>
-      <c r="W20" s="4">
+      <c r="X20" s="4">
         <v>437</v>
       </c>
-      <c r="X20" s="4">
+      <c r="Y20" s="4">
         <v>357</v>
       </c>
-      <c r="Y20" s="4">
+      <c r="Z20" s="4">
         <v>399</v>
       </c>
-      <c r="Z20" s="4">
+      <c r="AA20" s="4">
         <v>374</v>
       </c>
-      <c r="AA20" s="4">
+      <c r="AB20" s="4">
         <v>421</v>
       </c>
-      <c r="AB20" s="4">
+      <c r="AC20" s="4">
         <v>409</v>
       </c>
-      <c r="AC20" s="4">
+      <c r="AD20" s="4">
         <v>411</v>
       </c>
-      <c r="AD20" s="4">
+      <c r="AE20" s="4">
         <v>396</v>
       </c>
-      <c r="AE20" s="4">
+      <c r="AF20" s="4">
         <v>433</v>
-      </c>
-[...1 lines deleted...]
-        <v>426</v>
       </c>
     </row>
     <row r="21" spans="1:32">
       <c r="B21" s="5" t="s">
         <v>9</v>
       </c>
       <c r="C21" s="6">
         <v>100</v>
       </c>
       <c r="D21" s="6">
         <v>100</v>
       </c>
       <c r="E21" s="6">
         <v>100</v>
       </c>
       <c r="F21" s="6">
         <v>100</v>
       </c>
       <c r="G21" s="6">
         <v>100</v>
       </c>
       <c r="H21" s="6">
         <v>100</v>
       </c>
       <c r="I21" s="6">
@@ -1577,227 +1571,227 @@
       </c>
       <c r="AD21" s="6">
         <v>100</v>
       </c>
       <c r="AE21" s="6">
         <v>100</v>
       </c>
       <c r="AF21" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="23" spans="1:32">
       <c r="A23" s="2" t="s">
         <v>71</v>
       </c>
       <c r="B23" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C23" s="6" t="s">
         <v>45</v>
       </c>
       <c r="D23" s="6" t="s">
         <v>46</v>
       </c>
       <c r="E23" s="6" t="s">
+        <v>47</v>
+      </c>
+      <c r="F23" s="6" t="s">
         <v>72</v>
       </c>
-      <c r="F23" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G23" s="6" t="s">
+        <v>48</v>
+      </c>
+      <c r="H23" s="6" t="s">
         <v>73</v>
       </c>
-      <c r="H23" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I23" s="6" t="s">
+        <v>49</v>
+      </c>
+      <c r="J23" s="6" t="s">
         <v>74</v>
       </c>
-      <c r="J23" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K23" s="6" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="L23" s="6" t="s">
         <v>52</v>
       </c>
       <c r="M23" s="6" t="s">
         <v>53</v>
       </c>
       <c r="N23" s="6" t="s">
         <v>54</v>
       </c>
       <c r="O23" s="6" t="s">
         <v>55</v>
       </c>
       <c r="P23" s="6" t="s">
         <v>56</v>
       </c>
       <c r="Q23" s="6" t="s">
         <v>57</v>
       </c>
       <c r="R23" s="6" t="s">
         <v>58</v>
       </c>
       <c r="S23" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="T23" s="6" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>59</v>
       </c>
       <c r="U23" s="6" t="s">
         <v>60</v>
       </c>
       <c r="V23" s="6" t="s">
         <v>61</v>
       </c>
       <c r="W23" s="6" t="s">
         <v>62</v>
       </c>
       <c r="X23" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="Y23" s="6" t="s">
         <v>30</v>
-      </c>
-[...1 lines deleted...]
-        <v>64</v>
       </c>
       <c r="Z23" s="6" t="s">
         <v>65</v>
       </c>
       <c r="AA23" s="6" t="s">
+        <v>66</v>
+      </c>
+      <c r="AB23" s="6" t="s">
         <v>31</v>
       </c>
-      <c r="AB23" s="6" t="s">
+      <c r="AC23" s="6" t="s">
         <v>32</v>
       </c>
-      <c r="AC23" s="6" t="s">
+      <c r="AD23" s="6" t="s">
         <v>33</v>
       </c>
-      <c r="AD23" s="6" t="s">
+      <c r="AE23" s="6" t="s">
         <v>34</v>
       </c>
-      <c r="AE23" s="6" t="s">
+      <c r="AF23" s="6" t="s">
         <v>76</v>
-      </c>
-[...1 lines deleted...]
-        <v>77</v>
       </c>
     </row>
     <row r="24" spans="1:32">
       <c r="B24" s="5" t="s">
         <v>8</v>
       </c>
       <c r="C24" s="4">
+        <v>417</v>
+      </c>
+      <c r="D24" s="4">
         <v>437</v>
       </c>
-      <c r="D24" s="4">
+      <c r="E24" s="4">
         <v>388</v>
       </c>
-      <c r="E24" s="4">
+      <c r="F24" s="4">
         <v>412</v>
       </c>
-      <c r="F24" s="4">
+      <c r="G24" s="4">
         <v>436</v>
       </c>
-      <c r="G24" s="4">
+      <c r="H24" s="4">
         <v>416</v>
       </c>
-      <c r="H24" s="4">
+      <c r="I24" s="4">
         <v>432</v>
       </c>
-      <c r="I24" s="4">
+      <c r="J24" s="4">
         <v>421</v>
       </c>
-      <c r="J24" s="4">
+      <c r="K24" s="4">
         <v>401</v>
       </c>
-      <c r="K24" s="4">
+      <c r="L24" s="4">
         <v>442</v>
       </c>
-      <c r="L24" s="4">
+      <c r="M24" s="4">
         <v>425</v>
       </c>
-      <c r="M24" s="4">
+      <c r="N24" s="4">
         <v>440</v>
       </c>
-      <c r="N24" s="4">
+      <c r="O24" s="4">
         <v>447</v>
       </c>
-      <c r="O24" s="4">
+      <c r="P24" s="4">
         <v>426</v>
       </c>
-      <c r="P24" s="4">
+      <c r="Q24" s="4">
         <v>458</v>
       </c>
-      <c r="Q24" s="4">
+      <c r="R24" s="4">
         <v>406</v>
       </c>
-      <c r="R24" s="4">
+      <c r="S24" s="4">
         <v>439</v>
       </c>
-      <c r="S24" s="4">
+      <c r="T24" s="4">
         <v>460</v>
       </c>
-      <c r="T24" s="4">
+      <c r="U24" s="4">
         <v>411</v>
       </c>
-      <c r="U24" s="4">
+      <c r="V24" s="4">
         <v>437</v>
       </c>
-      <c r="V24" s="4">
+      <c r="W24" s="4">
         <v>433</v>
       </c>
-      <c r="W24" s="4">
+      <c r="X24" s="4">
         <v>449</v>
       </c>
-      <c r="X24" s="4">
+      <c r="Y24" s="4">
         <v>454</v>
       </c>
-      <c r="Y24" s="4">
+      <c r="Z24" s="4">
         <v>440</v>
       </c>
-      <c r="Z24" s="4">
+      <c r="AA24" s="4">
         <v>443</v>
       </c>
-      <c r="AA24" s="4">
+      <c r="AB24" s="4">
         <v>426</v>
       </c>
-      <c r="AB24" s="4">
+      <c r="AC24" s="4">
         <v>447</v>
       </c>
-      <c r="AC24" s="4">
+      <c r="AD24" s="4">
         <v>395</v>
       </c>
-      <c r="AD24" s="4">
+      <c r="AE24" s="4">
         <v>432</v>
       </c>
-      <c r="AE24" s="4">
+      <c r="AF24" s="4">
         <v>415</v>
-      </c>
-[...1 lines deleted...]
-        <v>422</v>
       </c>
     </row>
     <row r="25" spans="1:32">
       <c r="B25" s="5" t="s">
         <v>9</v>
       </c>
       <c r="C25" s="6">
         <v>100</v>
       </c>
       <c r="D25" s="6">
         <v>100</v>
       </c>
       <c r="E25" s="6">
         <v>100</v>
       </c>
       <c r="F25" s="6">
         <v>100</v>
       </c>
       <c r="G25" s="6">
         <v>100</v>
       </c>
       <c r="H25" s="6">
         <v>100</v>
       </c>
       <c r="I25" s="6">
@@ -1853,239 +1847,239 @@
       </c>
       <c r="Z25" s="6">
         <v>100</v>
       </c>
       <c r="AA25" s="6">
         <v>100</v>
       </c>
       <c r="AB25" s="6">
         <v>100</v>
       </c>
       <c r="AC25" s="6">
         <v>100</v>
       </c>
       <c r="AD25" s="6">
         <v>100</v>
       </c>
       <c r="AE25" s="6">
         <v>100</v>
       </c>
       <c r="AF25" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="27" spans="1:32">
       <c r="A27" s="2" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="6" t="s">
         <v>45</v>
       </c>
       <c r="D27" s="6" t="s">
         <v>46</v>
       </c>
       <c r="E27" s="6" t="s">
+        <v>47</v>
+      </c>
+      <c r="F27" s="6" t="s">
         <v>72</v>
       </c>
-      <c r="F27" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G27" s="6" t="s">
+        <v>48</v>
+      </c>
+      <c r="H27" s="6" t="s">
         <v>73</v>
       </c>
-      <c r="H27" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I27" s="6" t="s">
+        <v>49</v>
+      </c>
+      <c r="J27" s="6" t="s">
         <v>74</v>
-      </c>
-[...1 lines deleted...]
-        <v>49</v>
       </c>
       <c r="K27" s="6" t="s">
         <v>50</v>
       </c>
       <c r="L27" s="6" t="s">
         <v>51</v>
       </c>
       <c r="M27" s="6" t="s">
         <v>52</v>
       </c>
       <c r="N27" s="6" t="s">
         <v>53</v>
       </c>
       <c r="O27" s="6" t="s">
         <v>54</v>
       </c>
       <c r="P27" s="6" t="s">
         <v>55</v>
       </c>
       <c r="Q27" s="6" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="R27" s="6" t="s">
         <v>58</v>
       </c>
       <c r="S27" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="T27" s="6" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>59</v>
       </c>
       <c r="U27" s="6" t="s">
         <v>60</v>
       </c>
       <c r="V27" s="6" t="s">
         <v>61</v>
       </c>
       <c r="W27" s="6" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="X27" s="6" t="s">
+        <v>64</v>
+      </c>
+      <c r="Y27" s="6" t="s">
+        <v>78</v>
+      </c>
+      <c r="Z27" s="6" t="s">
         <v>79</v>
       </c>
-      <c r="Y27" s="6" t="s">
+      <c r="AA27" s="6" t="s">
         <v>80</v>
       </c>
-      <c r="Z27" s="6" t="s">
+      <c r="AB27" s="6" t="s">
         <v>81</v>
       </c>
-      <c r="AA27" s="6" t="s">
+      <c r="AC27" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="AD27" s="6" t="s">
         <v>82</v>
       </c>
-      <c r="AB27" s="6" t="s">
-[...5 lines deleted...]
-      <c r="AD27" s="6" t="s">
+      <c r="AE27" s="6" t="s">
         <v>33</v>
       </c>
-      <c r="AE27" s="6" t="s">
+      <c r="AF27" s="6" t="s">
         <v>34</v>
-      </c>
-[...1 lines deleted...]
-        <v>84</v>
       </c>
     </row>
     <row r="28" spans="1:32">
       <c r="B28" s="5" t="s">
         <v>8</v>
       </c>
       <c r="C28" s="4">
+        <v>416</v>
+      </c>
+      <c r="D28" s="4">
         <v>426</v>
       </c>
-      <c r="D28" s="4">
+      <c r="E28" s="4">
         <v>361</v>
       </c>
-      <c r="E28" s="4">
+      <c r="F28" s="4">
         <v>423</v>
       </c>
-      <c r="F28" s="4">
+      <c r="G28" s="4">
         <v>358</v>
       </c>
-      <c r="G28" s="4">
+      <c r="H28" s="4">
         <v>407</v>
       </c>
-      <c r="H28" s="4">
+      <c r="I28" s="4">
         <v>418</v>
       </c>
-      <c r="I28" s="4">
+      <c r="J28" s="4">
         <v>438</v>
       </c>
-      <c r="J28" s="4">
+      <c r="K28" s="4">
         <v>382</v>
       </c>
-      <c r="K28" s="4">
+      <c r="L28" s="4">
         <v>380</v>
       </c>
-      <c r="L28" s="4">
+      <c r="M28" s="4">
         <v>385</v>
       </c>
-      <c r="M28" s="4">
+      <c r="N28" s="4">
         <v>430</v>
       </c>
-      <c r="N28" s="4">
+      <c r="O28" s="4">
         <v>423</v>
       </c>
-      <c r="O28" s="4">
+      <c r="P28" s="4">
         <v>401</v>
       </c>
-      <c r="P28" s="4">
+      <c r="Q28" s="4">
         <v>375</v>
       </c>
-      <c r="Q28" s="4">
+      <c r="R28" s="4">
         <v>354</v>
       </c>
-      <c r="R28" s="4">
+      <c r="S28" s="4">
         <v>432</v>
       </c>
-      <c r="S28" s="4">
+      <c r="T28" s="4">
         <v>414</v>
       </c>
-      <c r="T28" s="4">
+      <c r="U28" s="4">
         <v>392</v>
       </c>
-      <c r="U28" s="4">
+      <c r="V28" s="4">
         <v>420</v>
       </c>
-      <c r="V28" s="4">
+      <c r="W28" s="4">
         <v>423</v>
       </c>
-      <c r="W28" s="4">
+      <c r="X28" s="4">
         <v>382</v>
       </c>
-      <c r="X28" s="4">
+      <c r="Y28" s="4">
         <v>449</v>
       </c>
-      <c r="Y28" s="4">
+      <c r="Z28" s="4">
         <v>396</v>
       </c>
-      <c r="Z28" s="4">
+      <c r="AA28" s="4">
         <v>407</v>
       </c>
-      <c r="AA28" s="4">
+      <c r="AB28" s="4">
         <v>409</v>
       </c>
-      <c r="AB28" s="4">
+      <c r="AC28" s="4">
         <v>387</v>
       </c>
-      <c r="AC28" s="4">
+      <c r="AD28" s="4">
         <v>433</v>
       </c>
-      <c r="AD28" s="4">
+      <c r="AE28" s="4">
         <v>388</v>
       </c>
-      <c r="AE28" s="4">
+      <c r="AF28" s="4">
         <v>429</v>
-      </c>
-[...1 lines deleted...]
-        <v>404</v>
       </c>
     </row>
     <row r="29" spans="1:32">
       <c r="B29" s="5" t="s">
         <v>9</v>
       </c>
       <c r="C29" s="6">
         <v>100</v>
       </c>
       <c r="D29" s="6">
         <v>100</v>
       </c>
       <c r="E29" s="6">
         <v>100</v>
       </c>
       <c r="F29" s="6">
         <v>100</v>
       </c>
       <c r="G29" s="6">
         <v>100</v>
       </c>
       <c r="H29" s="6">
         <v>100</v>
       </c>
       <c r="I29" s="6">
@@ -2141,239 +2135,239 @@
       </c>
       <c r="Z29" s="6">
         <v>100</v>
       </c>
       <c r="AA29" s="6">
         <v>100</v>
       </c>
       <c r="AB29" s="6">
         <v>100</v>
       </c>
       <c r="AC29" s="6">
         <v>100</v>
       </c>
       <c r="AD29" s="6">
         <v>100</v>
       </c>
       <c r="AE29" s="6">
         <v>100</v>
       </c>
       <c r="AF29" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="31" spans="1:32">
       <c r="A31" s="2" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="6" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="D31" s="6" t="s">
+        <v>47</v>
+      </c>
+      <c r="E31" s="6" t="s">
         <v>72</v>
-      </c>
-[...1 lines deleted...]
-        <v>47</v>
       </c>
       <c r="F31" s="6" t="s">
         <v>48</v>
       </c>
       <c r="G31" s="6" t="s">
         <v>49</v>
       </c>
       <c r="H31" s="6" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="I31" s="6" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="J31" s="6" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="K31" s="6" t="s">
         <v>57</v>
       </c>
       <c r="L31" s="6" t="s">
         <v>58</v>
       </c>
       <c r="M31" s="6" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="N31" s="6" t="s">
         <v>63</v>
       </c>
       <c r="O31" s="6" t="s">
+        <v>64</v>
+      </c>
+      <c r="P31" s="6" t="s">
         <v>30</v>
-      </c>
-[...1 lines deleted...]
-        <v>64</v>
       </c>
       <c r="Q31" s="6" t="s">
         <v>65</v>
       </c>
       <c r="R31" s="6" t="s">
+        <v>66</v>
+      </c>
+      <c r="S31" s="6" t="s">
         <v>32</v>
       </c>
-      <c r="S31" s="6" t="s">
+      <c r="T31" s="6" t="s">
         <v>33</v>
       </c>
-      <c r="T31" s="6" t="s">
+      <c r="U31" s="6" t="s">
         <v>34</v>
       </c>
-      <c r="U31" s="6" t="s">
+      <c r="V31" s="6" t="s">
         <v>35</v>
       </c>
-      <c r="V31" s="6" t="s">
+      <c r="W31" s="6" t="s">
         <v>36</v>
       </c>
-      <c r="W31" s="6" t="s">
+      <c r="X31" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="X31" s="6" t="s">
+      <c r="Y31" s="6" t="s">
         <v>39</v>
       </c>
-      <c r="Y31" s="6" t="s">
+      <c r="Z31" s="6" t="s">
         <v>40</v>
       </c>
-      <c r="Z31" s="6" t="s">
+      <c r="AA31" s="6" t="s">
+        <v>84</v>
+      </c>
+      <c r="AB31" s="6" t="s">
+        <v>85</v>
+      </c>
+      <c r="AC31" s="6" t="s">
         <v>86</v>
       </c>
-      <c r="AA31" s="6" t="s">
+      <c r="AD31" s="6" t="s">
         <v>87</v>
       </c>
-      <c r="AB31" s="6" t="s">
+      <c r="AE31" s="6" t="s">
         <v>88</v>
       </c>
-      <c r="AC31" s="6" t="s">
+      <c r="AF31" s="6" t="s">
         <v>89</v>
-      </c>
-[...7 lines deleted...]
-        <v>92</v>
       </c>
     </row>
     <row r="32" spans="1:32">
       <c r="B32" s="5" t="s">
         <v>8</v>
       </c>
       <c r="C32" s="4">
+        <v>471</v>
+      </c>
+      <c r="D32" s="4">
         <v>427</v>
       </c>
-      <c r="D32" s="4">
+      <c r="E32" s="4">
         <v>440</v>
       </c>
-      <c r="E32" s="4">
+      <c r="F32" s="4">
         <v>449</v>
       </c>
-      <c r="F32" s="4">
+      <c r="G32" s="4">
         <v>436</v>
       </c>
-      <c r="G32" s="4">
+      <c r="H32" s="4">
         <v>382</v>
       </c>
-      <c r="H32" s="4">
+      <c r="I32" s="4">
         <v>416</v>
       </c>
-      <c r="I32" s="4">
+      <c r="J32" s="4">
         <v>409</v>
       </c>
-      <c r="J32" s="4">
+      <c r="K32" s="4">
         <v>443</v>
       </c>
-      <c r="K32" s="4">
+      <c r="L32" s="4">
         <v>438</v>
       </c>
-      <c r="L32" s="4">
+      <c r="M32" s="4">
         <v>423</v>
-      </c>
-[...1 lines deleted...]
-        <v>444</v>
       </c>
       <c r="N32" s="4">
         <v>444</v>
       </c>
       <c r="O32" s="4">
+        <v>444</v>
+      </c>
+      <c r="P32" s="4">
         <v>474</v>
       </c>
-      <c r="P32" s="4">
+      <c r="Q32" s="4">
         <v>391</v>
       </c>
-      <c r="Q32" s="4">
+      <c r="R32" s="4">
         <v>413</v>
       </c>
-      <c r="R32" s="4">
+      <c r="S32" s="4">
         <v>453</v>
       </c>
-      <c r="S32" s="4">
+      <c r="T32" s="4">
         <v>426</v>
       </c>
-      <c r="T32" s="4">
+      <c r="U32" s="4">
         <v>441</v>
       </c>
-      <c r="U32" s="4">
+      <c r="V32" s="4">
         <v>423</v>
       </c>
-      <c r="V32" s="4">
+      <c r="W32" s="4">
         <v>431</v>
       </c>
-      <c r="W32" s="4">
+      <c r="X32" s="4">
         <v>430</v>
-      </c>
-[...1 lines deleted...]
-        <v>436</v>
       </c>
       <c r="Y32" s="4">
         <v>436</v>
       </c>
       <c r="Z32" s="4">
+        <v>436</v>
+      </c>
+      <c r="AA32" s="4">
         <v>427</v>
       </c>
-      <c r="AA32" s="4">
+      <c r="AB32" s="4">
         <v>436</v>
       </c>
-      <c r="AB32" s="4">
+      <c r="AC32" s="4">
         <v>450</v>
       </c>
-      <c r="AC32" s="4">
+      <c r="AD32" s="4">
         <v>435</v>
       </c>
-      <c r="AD32" s="4">
+      <c r="AE32" s="4">
         <v>408</v>
       </c>
-      <c r="AE32" s="4">
+      <c r="AF32" s="4">
         <v>440</v>
-      </c>
-[...1 lines deleted...]
-        <v>409</v>
       </c>
     </row>
     <row r="33" spans="1:32">
       <c r="B33" s="5" t="s">
         <v>9</v>
       </c>
       <c r="C33" s="6">
         <v>100</v>
       </c>
       <c r="D33" s="6">
         <v>100</v>
       </c>
       <c r="E33" s="6">
         <v>100</v>
       </c>
       <c r="F33" s="6">
         <v>100</v>
       </c>
       <c r="G33" s="6">
         <v>100</v>
       </c>
       <c r="H33" s="6">
         <v>100</v>
       </c>
       <c r="I33" s="6">
@@ -2429,144 +2423,144 @@
       </c>
       <c r="Z33" s="6">
         <v>100</v>
       </c>
       <c r="AA33" s="6">
         <v>100</v>
       </c>
       <c r="AB33" s="6">
         <v>100</v>
       </c>
       <c r="AC33" s="6">
         <v>100</v>
       </c>
       <c r="AD33" s="6">
         <v>100</v>
       </c>
       <c r="AE33" s="6">
         <v>100</v>
       </c>
       <c r="AF33" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="35" spans="1:32">
       <c r="A35" s="2" t="s">
-        <v>93</v>
+        <v>90</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C35" s="6" t="s">
         <v>72</v>
       </c>
       <c r="D35" s="6" t="s">
-        <v>94</v>
+        <v>91</v>
       </c>
       <c r="E35" s="6" t="s">
         <v>17</v>
       </c>
       <c r="F35" s="6" t="s">
+        <v>92</v>
+      </c>
+      <c r="G35" s="6" t="s">
+        <v>93</v>
+      </c>
+      <c r="H35" s="6" t="s">
+        <v>94</v>
+      </c>
+      <c r="I35" s="6" t="s">
         <v>95</v>
-      </c>
-[...7 lines deleted...]
-        <v>98</v>
       </c>
       <c r="J35" s="6" t="s">
         <v>28</v>
       </c>
       <c r="K35" s="6" t="s">
+        <v>96</v>
+      </c>
+      <c r="L35" s="6" t="s">
+        <v>97</v>
+      </c>
+      <c r="M35" s="6" t="s">
+        <v>98</v>
+      </c>
+      <c r="N35" s="6" t="s">
         <v>99</v>
       </c>
-      <c r="L35" s="6" t="s">
-[...2 lines deleted...]
-      <c r="M35" s="6" t="s">
+      <c r="O35" s="6" t="s">
+        <v>100</v>
+      </c>
+      <c r="P35" s="6" t="s">
         <v>101</v>
       </c>
-      <c r="N35" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="Q35" s="6" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="R35" s="6" t="s">
         <v>76</v>
       </c>
       <c r="S35" s="6" t="s">
+        <v>102</v>
+      </c>
+      <c r="T35" s="6" t="s">
+        <v>103</v>
+      </c>
+      <c r="U35" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="V35" s="6" t="s">
         <v>105</v>
       </c>
-      <c r="T35" s="6" t="s">
+      <c r="W35" s="6" t="s">
         <v>106</v>
       </c>
-      <c r="U35" s="6" t="s">
+      <c r="X35" s="6" t="s">
         <v>107</v>
-      </c>
-[...7 lines deleted...]
-        <v>110</v>
       </c>
       <c r="Y35" s="6" t="s">
         <v>42</v>
       </c>
       <c r="Z35" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="AA35" s="6" t="s">
+        <v>109</v>
+      </c>
+      <c r="AB35" s="6" t="s">
+        <v>110</v>
+      </c>
+      <c r="AC35" s="6" t="s">
         <v>111</v>
       </c>
-      <c r="AA35" s="6" t="s">
+      <c r="AD35" s="6" t="s">
         <v>112</v>
       </c>
-      <c r="AB35" s="6" t="s">
+      <c r="AE35" s="6" t="s">
         <v>113</v>
       </c>
-      <c r="AC35" s="6" t="s">
+      <c r="AF35" s="6" t="s">
         <v>114</v>
-      </c>
-[...7 lines deleted...]
-        <v>117</v>
       </c>
     </row>
     <row r="36" spans="1:32">
       <c r="B36" s="5" t="s">
         <v>8</v>
       </c>
       <c r="C36" s="4">
         <v>390</v>
       </c>
       <c r="D36" s="4">
         <v>409</v>
       </c>
       <c r="E36" s="4">
         <v>410</v>
       </c>
       <c r="F36" s="4">
         <v>416</v>
       </c>
       <c r="G36" s="4">
         <v>389</v>
       </c>
       <c r="H36" s="4">
         <v>385</v>
       </c>
       <c r="I36" s="4">
@@ -2717,239 +2711,239 @@
       </c>
       <c r="Z37" s="6">
         <v>100</v>
       </c>
       <c r="AA37" s="6">
         <v>100</v>
       </c>
       <c r="AB37" s="6">
         <v>100</v>
       </c>
       <c r="AC37" s="6">
         <v>100</v>
       </c>
       <c r="AD37" s="6">
         <v>100</v>
       </c>
       <c r="AE37" s="6">
         <v>100</v>
       </c>
       <c r="AF37" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="39" spans="1:32">
       <c r="A39" s="2" t="s">
-        <v>118</v>
+        <v>115</v>
       </c>
       <c r="B39" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C39" s="6" t="s">
         <v>45</v>
       </c>
       <c r="D39" s="6" t="s">
         <v>46</v>
       </c>
       <c r="E39" s="6" t="s">
         <v>47</v>
       </c>
       <c r="F39" s="6" t="s">
+        <v>48</v>
+      </c>
+      <c r="G39" s="6" t="s">
         <v>73</v>
       </c>
-      <c r="G39" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H39" s="6" t="s">
+        <v>49</v>
+      </c>
+      <c r="I39" s="6" t="s">
         <v>74</v>
-      </c>
-[...1 lines deleted...]
-        <v>49</v>
       </c>
       <c r="J39" s="6" t="s">
         <v>50</v>
       </c>
       <c r="K39" s="6" t="s">
         <v>51</v>
       </c>
       <c r="L39" s="6" t="s">
         <v>52</v>
       </c>
       <c r="M39" s="6" t="s">
         <v>53</v>
       </c>
       <c r="N39" s="6" t="s">
         <v>54</v>
       </c>
       <c r="O39" s="6" t="s">
         <v>55</v>
       </c>
       <c r="P39" s="6" t="s">
         <v>56</v>
       </c>
       <c r="Q39" s="6" t="s">
         <v>57</v>
       </c>
       <c r="R39" s="6" t="s">
         <v>58</v>
       </c>
       <c r="S39" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="T39" s="6" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>59</v>
       </c>
       <c r="U39" s="6" t="s">
         <v>60</v>
       </c>
       <c r="V39" s="6" t="s">
         <v>61</v>
       </c>
       <c r="W39" s="6" t="s">
         <v>62</v>
       </c>
       <c r="X39" s="6" t="s">
         <v>63</v>
       </c>
       <c r="Y39" s="6" t="s">
         <v>64</v>
       </c>
       <c r="Z39" s="6" t="s">
         <v>65</v>
       </c>
       <c r="AA39" s="6" t="s">
+        <v>66</v>
+      </c>
+      <c r="AB39" s="6" t="s">
         <v>31</v>
       </c>
-      <c r="AB39" s="6" t="s">
+      <c r="AC39" s="6" t="s">
         <v>32</v>
       </c>
-      <c r="AC39" s="6" t="s">
+      <c r="AD39" s="6" t="s">
         <v>34</v>
       </c>
-      <c r="AD39" s="6" t="s">
+      <c r="AE39" s="6" t="s">
         <v>76</v>
       </c>
-      <c r="AE39" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AF39" s="6" t="s">
-        <v>119</v>
+        <v>116</v>
       </c>
     </row>
     <row r="40" spans="1:32">
       <c r="B40" s="5" t="s">
         <v>8</v>
       </c>
       <c r="C40" s="4">
+        <v>366</v>
+      </c>
+      <c r="D40" s="4">
         <v>374</v>
       </c>
-      <c r="D40" s="4">
+      <c r="E40" s="4">
         <v>386</v>
       </c>
-      <c r="E40" s="4">
+      <c r="F40" s="4">
         <v>404</v>
       </c>
-      <c r="F40" s="4">
+      <c r="G40" s="4">
         <v>406</v>
       </c>
-      <c r="G40" s="4">
+      <c r="H40" s="4">
         <v>409</v>
       </c>
-      <c r="H40" s="4">
+      <c r="I40" s="4">
         <v>429</v>
       </c>
-      <c r="I40" s="4">
+      <c r="J40" s="4">
         <v>414</v>
       </c>
-      <c r="J40" s="4">
+      <c r="K40" s="4">
         <v>385</v>
       </c>
-      <c r="K40" s="4">
+      <c r="L40" s="4">
         <v>419</v>
       </c>
-      <c r="L40" s="4">
+      <c r="M40" s="4">
         <v>433</v>
       </c>
-      <c r="M40" s="4">
+      <c r="N40" s="4">
         <v>455</v>
       </c>
-      <c r="N40" s="4">
+      <c r="O40" s="4">
         <v>419</v>
       </c>
-      <c r="O40" s="4">
+      <c r="P40" s="4">
         <v>385</v>
       </c>
-      <c r="P40" s="4">
+      <c r="Q40" s="4">
         <v>403</v>
       </c>
-      <c r="Q40" s="4">
+      <c r="R40" s="4">
         <v>445</v>
       </c>
-      <c r="R40" s="4">
+      <c r="S40" s="4">
         <v>435</v>
       </c>
-      <c r="S40" s="4">
+      <c r="T40" s="4">
         <v>419</v>
       </c>
-      <c r="T40" s="4">
+      <c r="U40" s="4">
         <v>431</v>
       </c>
-      <c r="U40" s="4">
+      <c r="V40" s="4">
         <v>413</v>
       </c>
-      <c r="V40" s="4">
+      <c r="W40" s="4">
         <v>426</v>
       </c>
-      <c r="W40" s="4">
+      <c r="X40" s="4">
         <v>401</v>
       </c>
-      <c r="X40" s="4">
+      <c r="Y40" s="4">
         <v>385</v>
       </c>
-      <c r="Y40" s="4">
+      <c r="Z40" s="4">
         <v>418</v>
       </c>
-      <c r="Z40" s="4">
+      <c r="AA40" s="4">
         <v>432</v>
       </c>
-      <c r="AA40" s="4">
+      <c r="AB40" s="4">
         <v>428</v>
       </c>
-      <c r="AB40" s="4">
+      <c r="AC40" s="4">
         <v>410</v>
       </c>
-      <c r="AC40" s="4">
+      <c r="AD40" s="4">
         <v>398</v>
       </c>
-      <c r="AD40" s="4">
+      <c r="AE40" s="4">
         <v>384</v>
       </c>
-      <c r="AE40" s="4">
+      <c r="AF40" s="4">
         <v>415</v>
-      </c>
-[...1 lines deleted...]
-        <v>426</v>
       </c>
     </row>
     <row r="41" spans="1:32">
       <c r="B41" s="5" t="s">
         <v>9</v>
       </c>
       <c r="C41" s="6">
         <v>100</v>
       </c>
       <c r="D41" s="6">
         <v>100</v>
       </c>
       <c r="E41" s="6">
         <v>100</v>
       </c>
       <c r="F41" s="6">
         <v>100</v>
       </c>
       <c r="G41" s="6">
         <v>100</v>
       </c>
       <c r="H41" s="6">
         <v>100</v>
       </c>
       <c r="I41" s="6">
@@ -3005,117 +2999,117 @@
       </c>
       <c r="Z41" s="6">
         <v>100</v>
       </c>
       <c r="AA41" s="6">
         <v>100</v>
       </c>
       <c r="AB41" s="6">
         <v>100</v>
       </c>
       <c r="AC41" s="6">
         <v>100</v>
       </c>
       <c r="AD41" s="6">
         <v>100</v>
       </c>
       <c r="AE41" s="6">
         <v>100</v>
       </c>
       <c r="AF41" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="43" spans="1:32">
       <c r="A43" s="2" t="s">
-        <v>120</v>
+        <v>117</v>
       </c>
       <c r="B43" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C43" s="6" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="D43" s="6" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="E43" s="6" t="s">
         <v>73</v>
       </c>
       <c r="F43" s="6" t="s">
         <v>74</v>
       </c>
       <c r="G43" s="6" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="H43" s="6" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="I43" s="6" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="J43" s="6" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="K43" s="6" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="L43" s="6" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="M43" s="6" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="N43" s="6" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="O43" s="6" t="s">
         <v>75</v>
       </c>
       <c r="P43" s="6" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="Q43" s="6" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="R43" s="6" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="S43" s="6" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="T43" s="6" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="U43" s="6" t="s">
         <v>30</v>
       </c>
       <c r="V43" s="6" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="W43" s="6" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="X43" s="6" t="s">
         <v>32</v>
       </c>
       <c r="Y43" s="6" t="s">
         <v>33</v>
       </c>
       <c r="Z43" s="6" t="s">
         <v>35</v>
       </c>
       <c r="AA43" s="6" t="s">
         <v>36</v>
       </c>
       <c r="AB43" s="6" t="s">
         <v>37</v>
       </c>
       <c r="AC43" s="6" t="s">
         <v>38</v>
       </c>
       <c r="AD43" s="6" t="s">
         <v>39</v>
       </c>
       <c r="AE43" s="6" t="s">
         <v>40</v>
       </c>
@@ -3293,239 +3287,239 @@
       </c>
       <c r="Z45" s="6">
         <v>100</v>
       </c>
       <c r="AA45" s="6">
         <v>100</v>
       </c>
       <c r="AB45" s="6">
         <v>100</v>
       </c>
       <c r="AC45" s="6">
         <v>100</v>
       </c>
       <c r="AD45" s="6">
         <v>100</v>
       </c>
       <c r="AE45" s="6">
         <v>100</v>
       </c>
       <c r="AF45" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="47" spans="1:32">
       <c r="A47" s="2" t="s">
-        <v>121</v>
+        <v>118</v>
       </c>
       <c r="B47" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C47" s="6" t="s">
+        <v>119</v>
+      </c>
+      <c r="D47" s="6" t="s">
+        <v>120</v>
+      </c>
+      <c r="E47" s="6" t="s">
+        <v>121</v>
+      </c>
+      <c r="F47" s="6" t="s">
         <v>122</v>
       </c>
-      <c r="D47" s="6" t="s">
+      <c r="G47" s="6" t="s">
         <v>123</v>
       </c>
-      <c r="E47" s="6" t="s">
+      <c r="H47" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="I47" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="J47" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="K47" s="6" t="s">
         <v>124</v>
       </c>
-      <c r="F47" s="6" t="s">
+      <c r="L47" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="M47" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="N47" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="O47" s="6" t="s">
         <v>125</v>
       </c>
-      <c r="G47" s="6" t="s">
-[...8 lines deleted...]
-      <c r="J47" s="6" t="s">
+      <c r="P47" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="Q47" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="R47" s="6" t="s">
+        <v>75</v>
+      </c>
+      <c r="S47" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="T47" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="U47" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="V47" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="W47" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="X47" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="Y47" s="6" t="s">
+        <v>78</v>
+      </c>
+      <c r="Z47" s="6" t="s">
+        <v>80</v>
+      </c>
+      <c r="AA47" s="6" t="s">
+        <v>81</v>
+      </c>
+      <c r="AB47" s="6" t="s">
         <v>126</v>
       </c>
-      <c r="K47" s="6" t="s">
-[...8 lines deleted...]
-      <c r="N47" s="6" t="s">
+      <c r="AC47" s="6" t="s">
         <v>127</v>
       </c>
-      <c r="O47" s="6" t="s">
-[...35 lines deleted...]
-      <c r="AA47" s="6" t="s">
+      <c r="AD47" s="6" t="s">
         <v>128</v>
       </c>
-      <c r="AB47" s="6" t="s">
-[...2 lines deleted...]
-      <c r="AC47" s="6" t="s">
+      <c r="AE47" s="6" t="s">
+        <v>76</v>
+      </c>
+      <c r="AF47" s="6" t="s">
         <v>129</v>
-      </c>
-[...7 lines deleted...]
-        <v>131</v>
       </c>
     </row>
     <row r="48" spans="1:32">
       <c r="B48" s="5" t="s">
         <v>8</v>
       </c>
       <c r="C48" s="4">
+        <v>404</v>
+      </c>
+      <c r="D48" s="4">
         <v>419</v>
       </c>
-      <c r="D48" s="4">
+      <c r="E48" s="4">
         <v>396</v>
       </c>
-      <c r="E48" s="4">
+      <c r="F48" s="4">
         <v>394</v>
       </c>
-      <c r="F48" s="4">
+      <c r="G48" s="4">
         <v>353</v>
       </c>
-      <c r="G48" s="4">
+      <c r="H48" s="4">
         <v>355</v>
       </c>
-      <c r="H48" s="4">
+      <c r="I48" s="4">
         <v>403</v>
       </c>
-      <c r="I48" s="4">
+      <c r="J48" s="4">
         <v>418</v>
       </c>
-      <c r="J48" s="4">
+      <c r="K48" s="4">
         <v>392</v>
       </c>
-      <c r="K48" s="4">
+      <c r="L48" s="4">
         <v>389</v>
       </c>
-      <c r="L48" s="4">
+      <c r="M48" s="4">
         <v>391</v>
       </c>
-      <c r="M48" s="4">
+      <c r="N48" s="4">
         <v>400</v>
       </c>
-      <c r="N48" s="4">
+      <c r="O48" s="4">
         <v>380</v>
       </c>
-      <c r="O48" s="4">
+      <c r="P48" s="4">
         <v>398</v>
       </c>
-      <c r="P48" s="4">
+      <c r="Q48" s="4">
         <v>396</v>
       </c>
-      <c r="Q48" s="4">
+      <c r="R48" s="4">
         <v>421</v>
       </c>
-      <c r="R48" s="4">
+      <c r="S48" s="4">
         <v>407</v>
       </c>
-      <c r="S48" s="4">
+      <c r="T48" s="4">
         <v>412</v>
       </c>
-      <c r="T48" s="4">
+      <c r="U48" s="4">
         <v>420</v>
       </c>
-      <c r="U48" s="4">
+      <c r="V48" s="4">
         <v>397</v>
       </c>
-      <c r="V48" s="4">
+      <c r="W48" s="4">
         <v>388</v>
       </c>
-      <c r="W48" s="4">
+      <c r="X48" s="4">
         <v>440</v>
       </c>
-      <c r="X48" s="4">
+      <c r="Y48" s="4">
         <v>415</v>
       </c>
-      <c r="Y48" s="4">
+      <c r="Z48" s="4">
         <v>419</v>
       </c>
-      <c r="Z48" s="4">
+      <c r="AA48" s="4">
         <v>451</v>
       </c>
-      <c r="AA48" s="4">
+      <c r="AB48" s="4">
         <v>429</v>
       </c>
-      <c r="AB48" s="4">
+      <c r="AC48" s="4">
         <v>433</v>
       </c>
-      <c r="AC48" s="4">
+      <c r="AD48" s="4">
         <v>398</v>
       </c>
-      <c r="AD48" s="4">
+      <c r="AE48" s="4">
         <v>404</v>
       </c>
-      <c r="AE48" s="4">
+      <c r="AF48" s="4">
         <v>424</v>
-      </c>
-[...1 lines deleted...]
-        <v>417</v>
       </c>
     </row>
     <row r="49" spans="1:32">
       <c r="B49" s="5" t="s">
         <v>9</v>
       </c>
       <c r="C49" s="6">
         <v>100</v>
       </c>
       <c r="D49" s="6">
         <v>100</v>
       </c>
       <c r="E49" s="6">
         <v>100</v>
       </c>
       <c r="F49" s="6">
         <v>100</v>
       </c>
       <c r="G49" s="6">
         <v>100</v>
       </c>
       <c r="H49" s="6">
         <v>100</v>
       </c>
       <c r="I49" s="6">
@@ -3581,239 +3575,239 @@
       </c>
       <c r="Z49" s="6">
         <v>100</v>
       </c>
       <c r="AA49" s="6">
         <v>100</v>
       </c>
       <c r="AB49" s="6">
         <v>100</v>
       </c>
       <c r="AC49" s="6">
         <v>100</v>
       </c>
       <c r="AD49" s="6">
         <v>100</v>
       </c>
       <c r="AE49" s="6">
         <v>100</v>
       </c>
       <c r="AF49" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="51" spans="1:32">
       <c r="A51" s="2" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="B51" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C51" s="6" t="s">
         <v>45</v>
       </c>
       <c r="D51" s="6" t="s">
+        <v>46</v>
+      </c>
+      <c r="E51" s="6" t="s">
         <v>72</v>
       </c>
-      <c r="E51" s="6" t="s">
+      <c r="F51" s="6" t="s">
         <v>73</v>
       </c>
-      <c r="F51" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G51" s="6" t="s">
+        <v>49</v>
+      </c>
+      <c r="H51" s="6" t="s">
         <v>74</v>
       </c>
-      <c r="H51" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I51" s="6" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="J51" s="6" t="s">
         <v>53</v>
       </c>
       <c r="K51" s="6" t="s">
         <v>54</v>
       </c>
       <c r="L51" s="6" t="s">
         <v>55</v>
       </c>
       <c r="M51" s="6" t="s">
+        <v>56</v>
+      </c>
+      <c r="N51" s="6" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>59</v>
       </c>
       <c r="O51" s="6" t="s">
         <v>60</v>
       </c>
       <c r="P51" s="6" t="s">
         <v>61</v>
       </c>
       <c r="Q51" s="6" t="s">
         <v>62</v>
       </c>
       <c r="R51" s="6" t="s">
         <v>63</v>
       </c>
       <c r="S51" s="6" t="s">
+        <v>64</v>
+      </c>
+      <c r="T51" s="6" t="s">
         <v>30</v>
-      </c>
-[...1 lines deleted...]
-        <v>64</v>
       </c>
       <c r="U51" s="6" t="s">
         <v>65</v>
       </c>
       <c r="V51" s="6" t="s">
+        <v>66</v>
+      </c>
+      <c r="W51" s="6" t="s">
         <v>31</v>
       </c>
-      <c r="W51" s="6" t="s">
+      <c r="X51" s="6" t="s">
         <v>33</v>
       </c>
-      <c r="X51" s="6" t="s">
+      <c r="Y51" s="6" t="s">
         <v>35</v>
       </c>
-      <c r="Y51" s="6" t="s">
+      <c r="Z51" s="6" t="s">
         <v>36</v>
       </c>
-      <c r="Z51" s="6" t="s">
+      <c r="AA51" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="AA51" s="6" t="s">
+      <c r="AB51" s="6" t="s">
         <v>38</v>
       </c>
-      <c r="AB51" s="6" t="s">
+      <c r="AC51" s="6" t="s">
         <v>39</v>
       </c>
-      <c r="AC51" s="6" t="s">
+      <c r="AD51" s="6" t="s">
         <v>40</v>
       </c>
-      <c r="AD51" s="6" t="s">
+      <c r="AE51" s="6" t="s">
         <v>41</v>
       </c>
-      <c r="AE51" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AF51" s="6" t="s">
-        <v>87</v>
+        <v>84</v>
       </c>
     </row>
     <row r="52" spans="1:32">
       <c r="B52" s="5" t="s">
         <v>8</v>
       </c>
       <c r="C52" s="4">
         <v>397</v>
       </c>
       <c r="D52" s="4">
+        <v>397</v>
+      </c>
+      <c r="E52" s="4">
         <v>430</v>
       </c>
-      <c r="E52" s="4">
+      <c r="F52" s="4">
         <v>394</v>
-      </c>
-[...1 lines deleted...]
-        <v>401</v>
       </c>
       <c r="G52" s="4">
         <v>401</v>
       </c>
       <c r="H52" s="4">
+        <v>401</v>
+      </c>
+      <c r="I52" s="4">
         <v>405</v>
       </c>
-      <c r="I52" s="4">
+      <c r="J52" s="4">
         <v>403</v>
       </c>
-      <c r="J52" s="4">
+      <c r="K52" s="4">
         <v>401</v>
       </c>
-      <c r="K52" s="4">
+      <c r="L52" s="4">
         <v>412</v>
       </c>
-      <c r="L52" s="4">
+      <c r="M52" s="4">
         <v>408</v>
       </c>
-      <c r="M52" s="4">
+      <c r="N52" s="4">
         <v>395</v>
       </c>
-      <c r="N52" s="4">
+      <c r="O52" s="4">
         <v>426</v>
       </c>
-      <c r="O52" s="4">
+      <c r="P52" s="4">
         <v>435</v>
       </c>
-      <c r="P52" s="4">
+      <c r="Q52" s="4">
         <v>395</v>
       </c>
-      <c r="Q52" s="4">
+      <c r="R52" s="4">
         <v>406</v>
       </c>
-      <c r="R52" s="4">
+      <c r="S52" s="4">
         <v>392</v>
       </c>
-      <c r="S52" s="4">
+      <c r="T52" s="4">
         <v>413</v>
       </c>
-      <c r="T52" s="4">
+      <c r="U52" s="4">
         <v>429</v>
       </c>
-      <c r="U52" s="4">
+      <c r="V52" s="4">
         <v>383</v>
       </c>
-      <c r="V52" s="4">
+      <c r="W52" s="4">
         <v>412</v>
       </c>
-      <c r="W52" s="4">
+      <c r="X52" s="4">
         <v>422</v>
       </c>
-      <c r="X52" s="4">
+      <c r="Y52" s="4">
         <v>418</v>
       </c>
-      <c r="Y52" s="4">
+      <c r="Z52" s="4">
         <v>426</v>
       </c>
-      <c r="Z52" s="4">
+      <c r="AA52" s="4">
         <v>367</v>
       </c>
-      <c r="AA52" s="4">
+      <c r="AB52" s="4">
         <v>412</v>
       </c>
-      <c r="AB52" s="4">
+      <c r="AC52" s="4">
         <v>405</v>
       </c>
-      <c r="AC52" s="4">
+      <c r="AD52" s="4">
         <v>406</v>
       </c>
-      <c r="AD52" s="4">
+      <c r="AE52" s="4">
         <v>396</v>
       </c>
-      <c r="AE52" s="4">
+      <c r="AF52" s="4">
         <v>402</v>
-      </c>
-[...1 lines deleted...]
-        <v>414</v>
       </c>
     </row>
     <row r="53" spans="1:32">
       <c r="B53" s="5" t="s">
         <v>9</v>
       </c>
       <c r="C53" s="6">
         <v>100</v>
       </c>
       <c r="D53" s="6">
         <v>100</v>
       </c>
       <c r="E53" s="6">
         <v>100</v>
       </c>
       <c r="F53" s="6">
         <v>100</v>
       </c>
       <c r="G53" s="6">
         <v>100</v>
       </c>
       <c r="H53" s="6">
         <v>100</v>
       </c>
       <c r="I53" s="6">
@@ -3869,126 +3863,126 @@
       </c>
       <c r="Z53" s="6">
         <v>100</v>
       </c>
       <c r="AA53" s="6">
         <v>100</v>
       </c>
       <c r="AB53" s="6">
         <v>100</v>
       </c>
       <c r="AC53" s="6">
         <v>100</v>
       </c>
       <c r="AD53" s="6">
         <v>100</v>
       </c>
       <c r="AE53" s="6">
         <v>100</v>
       </c>
       <c r="AF53" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="55" spans="1:32">
       <c r="A55" s="2" t="s">
-        <v>133</v>
+        <v>131</v>
       </c>
       <c r="B55" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C55" s="6" t="s">
         <v>35</v>
       </c>
       <c r="D55" s="6" t="s">
         <v>36</v>
       </c>
       <c r="E55" s="6" t="s">
         <v>37</v>
       </c>
       <c r="F55" s="6" t="s">
         <v>38</v>
       </c>
       <c r="G55" s="6" t="s">
         <v>39</v>
       </c>
       <c r="H55" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I55" s="6" t="s">
         <v>41</v>
       </c>
       <c r="J55" s="6" t="s">
         <v>42</v>
       </c>
       <c r="K55" s="6" t="s">
+        <v>84</v>
+      </c>
+      <c r="L55" s="6" t="s">
+        <v>85</v>
+      </c>
+      <c r="M55" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="N55" s="6" t="s">
         <v>86</v>
       </c>
-      <c r="L55" s="6" t="s">
+      <c r="O55" s="6" t="s">
+        <v>114</v>
+      </c>
+      <c r="P55" s="6" t="s">
         <v>87</v>
       </c>
-      <c r="M55" s="6" t="s">
-[...2 lines deleted...]
-      <c r="N55" s="6" t="s">
+      <c r="Q55" s="6" t="s">
+        <v>132</v>
+      </c>
+      <c r="R55" s="6" t="s">
+        <v>133</v>
+      </c>
+      <c r="S55" s="6" t="s">
         <v>88</v>
       </c>
-      <c r="O55" s="6" t="s">
-[...2 lines deleted...]
-      <c r="P55" s="6" t="s">
+      <c r="T55" s="6" t="s">
+        <v>134</v>
+      </c>
+      <c r="U55" s="6" t="s">
+        <v>135</v>
+      </c>
+      <c r="V55" s="6" t="s">
+        <v>136</v>
+      </c>
+      <c r="W55" s="6" t="s">
         <v>89</v>
       </c>
-      <c r="Q55" s="6" t="s">
-[...11 lines deleted...]
-      <c r="U55" s="6" t="s">
+      <c r="X55" s="6" t="s">
         <v>137</v>
       </c>
-      <c r="V55" s="6" t="s">
+      <c r="Y55" s="6" t="s">
         <v>138</v>
       </c>
-      <c r="W55" s="6" t="s">
-[...2 lines deleted...]
-      <c r="X55" s="6" t="s">
+      <c r="Z55" s="6" t="s">
         <v>139</v>
-      </c>
-[...4 lines deleted...]
-        <v>141</v>
       </c>
     </row>
     <row r="56" spans="1:32">
       <c r="B56" s="5" t="s">
         <v>8</v>
       </c>
       <c r="C56" s="4">
         <v>332</v>
       </c>
       <c r="D56" s="4">
         <v>302</v>
       </c>
       <c r="E56" s="4">
         <v>335</v>
       </c>
       <c r="F56" s="4">
         <v>357</v>
       </c>
       <c r="G56" s="4">
         <v>321</v>
       </c>
       <c r="H56" s="4">
         <v>377</v>
       </c>
       <c r="I56" s="4">