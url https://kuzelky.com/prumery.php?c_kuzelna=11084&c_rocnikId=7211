--- v0 (2025-12-08)
+++ v1 (2025-12-14)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="198">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="197">
   <si>
     <t>Výsledky hráčů družstva SK Uhelné sklady B na kuželně Zvon</t>
   </si>
   <si>
     <t>Miroslav Plachý</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
     <t>2.12.2025</t>
   </si>
   <si>
     <t>18.11.2025</t>
   </si>
   <si>
     <t>11.11.2025</t>
   </si>
   <si>
     <t>21.10.2025</t>
   </si>
   <si>
     <t>7.10.2025</t>
   </si>
   <si>
@@ -389,50 +389,53 @@
   <si>
     <t>15.3.2019</t>
   </si>
   <si>
     <t>1.3.2019</t>
   </si>
   <si>
     <t>15.2.2019</t>
   </si>
   <si>
     <t>5.2.2019</t>
   </si>
   <si>
     <t>1.2.2019</t>
   </si>
   <si>
     <t>14.12.2018</t>
   </si>
   <si>
     <t>7.12.2018</t>
   </si>
   <si>
     <t>Pavel Černý</t>
   </si>
   <si>
+    <t>9.12.2025</t>
+  </si>
+  <si>
     <t>4.12.2025</t>
   </si>
   <si>
     <t>13.11.2025</t>
   </si>
   <si>
     <t>30.10.2025</t>
   </si>
   <si>
     <t>16.10.2025</t>
   </si>
   <si>
     <t>3.4.2025</t>
   </si>
   <si>
     <t>20.3.2025</t>
   </si>
   <si>
     <t>6.3.2025</t>
   </si>
   <si>
     <t>20.2.2025</t>
   </si>
   <si>
     <t>10.12.2024</t>
@@ -458,53 +461,50 @@
   <si>
     <t>4.4.2024</t>
   </si>
   <si>
     <t>28.3.2024</t>
   </si>
   <si>
     <t>14.3.2024</t>
   </si>
   <si>
     <t>18.1.2024</t>
   </si>
   <si>
     <t>4.1.2024</t>
   </si>
   <si>
     <t>28.11.2023</t>
   </si>
   <si>
     <t>21.11.2023</t>
   </si>
   <si>
     <t>7.11.2023</t>
   </si>
   <si>
-    <t>12.9.2023</t>
-[...1 lines deleted...]
-  <si>
     <t>Jiří Mudra</t>
   </si>
   <si>
     <t>28.3.2022</t>
   </si>
   <si>
     <t>9.9.2020</t>
   </si>
   <si>
     <t>20.9.2019</t>
   </si>
   <si>
     <t>12.9.2019</t>
   </si>
   <si>
     <t>22.3.2019</t>
   </si>
   <si>
     <t>11.1.2019</t>
   </si>
   <si>
     <t>19.10.2018</t>
   </si>
   <si>
     <t>21.9.2018</t>
@@ -558,53 +558,50 @@
     <t>15.11.2016</t>
   </si>
   <si>
     <t>Miroslav Míchal</t>
   </si>
   <si>
     <t>8.2.2024</t>
   </si>
   <si>
     <t>16.11.2023</t>
   </si>
   <si>
     <t>2.11.2023</t>
   </si>
   <si>
     <t>6.1.2023</t>
   </si>
   <si>
     <t>20.12.2022</t>
   </si>
   <si>
     <t>11.11.2022</t>
   </si>
   <si>
     <t>30.9.2022</t>
-  </si>
-[...1 lines deleted...]
-    <t>17.12.2021</t>
   </si>
   <si>
     <t>Jiří Kuděj</t>
   </si>
   <si>
     <t>14.11.2023</t>
   </si>
   <si>
     <t>31.10.2023</t>
   </si>
   <si>
     <t>13.4.2023</t>
   </si>
   <si>
     <t>16.12.2022</t>
   </si>
   <si>
     <t>29.11.2022</t>
   </si>
   <si>
     <t>4.10.2022</t>
   </si>
   <si>
     <t>Markéta Rajnochová</t>
   </si>
@@ -2507,221 +2504,221 @@
       </c>
       <c r="AF21" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="23" spans="1:32">
       <c r="A23" s="2" t="s">
         <v>124</v>
       </c>
       <c r="B23" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C23" s="6" t="s">
         <v>125</v>
       </c>
       <c r="D23" s="6" t="s">
         <v>126</v>
       </c>
       <c r="E23" s="6" t="s">
         <v>127</v>
       </c>
       <c r="F23" s="6" t="s">
         <v>128</v>
       </c>
       <c r="G23" s="6" t="s">
+        <v>129</v>
+      </c>
+      <c r="H23" s="6" t="s">
         <v>10</v>
-      </c>
-[...1 lines deleted...]
-        <v>129</v>
       </c>
       <c r="I23" s="6" t="s">
         <v>130</v>
       </c>
       <c r="J23" s="6" t="s">
         <v>131</v>
       </c>
       <c r="K23" s="6" t="s">
         <v>132</v>
       </c>
       <c r="L23" s="6" t="s">
+        <v>133</v>
+      </c>
+      <c r="M23" s="6" t="s">
         <v>65</v>
-      </c>
-[...1 lines deleted...]
-        <v>133</v>
       </c>
       <c r="N23" s="6" t="s">
         <v>134</v>
       </c>
       <c r="O23" s="6" t="s">
         <v>135</v>
       </c>
       <c r="P23" s="6" t="s">
         <v>136</v>
       </c>
       <c r="Q23" s="6" t="s">
         <v>137</v>
       </c>
       <c r="R23" s="6" t="s">
         <v>138</v>
       </c>
       <c r="S23" s="6" t="s">
         <v>139</v>
       </c>
       <c r="T23" s="6" t="s">
         <v>140</v>
       </c>
       <c r="U23" s="6" t="s">
         <v>141</v>
       </c>
       <c r="V23" s="6" t="s">
         <v>142</v>
       </c>
       <c r="W23" s="6" t="s">
         <v>143</v>
       </c>
       <c r="X23" s="6" t="s">
         <v>144</v>
       </c>
       <c r="Y23" s="6" t="s">
         <v>145</v>
       </c>
       <c r="Z23" s="6" t="s">
         <v>146</v>
       </c>
       <c r="AA23" s="6" t="s">
         <v>147</v>
       </c>
       <c r="AB23" s="6" t="s">
+        <v>148</v>
+      </c>
+      <c r="AC23" s="6" t="s">
         <v>52</v>
       </c>
-      <c r="AC23" s="6" t="s">
+      <c r="AD23" s="6" t="s">
         <v>32</v>
       </c>
-      <c r="AD23" s="6" t="s">
+      <c r="AE23" s="6" t="s">
         <v>54</v>
       </c>
-      <c r="AE23" s="6" t="s">
+      <c r="AF23" s="6" t="s">
         <v>55</v>
-      </c>
-[...1 lines deleted...]
-        <v>148</v>
       </c>
     </row>
     <row r="24" spans="1:32">
       <c r="B24" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C24" s="4">
+        <v>416</v>
+      </c>
+      <c r="D24" s="4">
         <v>426</v>
       </c>
-      <c r="D24" s="4">
+      <c r="E24" s="4">
         <v>361</v>
       </c>
-      <c r="E24" s="4">
+      <c r="F24" s="4">
         <v>423</v>
       </c>
-      <c r="F24" s="4">
+      <c r="G24" s="4">
         <v>358</v>
       </c>
-      <c r="G24" s="4">
+      <c r="H24" s="4">
         <v>407</v>
       </c>
-      <c r="H24" s="4">
+      <c r="I24" s="4">
         <v>418</v>
       </c>
-      <c r="I24" s="4">
+      <c r="J24" s="4">
         <v>438</v>
       </c>
-      <c r="J24" s="4">
+      <c r="K24" s="4">
         <v>382</v>
       </c>
-      <c r="K24" s="4">
+      <c r="L24" s="4">
         <v>380</v>
       </c>
-      <c r="L24" s="4">
+      <c r="M24" s="4">
         <v>385</v>
       </c>
-      <c r="M24" s="4">
+      <c r="N24" s="4">
         <v>430</v>
       </c>
-      <c r="N24" s="4">
+      <c r="O24" s="4">
         <v>423</v>
       </c>
-      <c r="O24" s="4">
+      <c r="P24" s="4">
         <v>401</v>
       </c>
-      <c r="P24" s="4">
+      <c r="Q24" s="4">
         <v>375</v>
       </c>
-      <c r="Q24" s="4">
+      <c r="R24" s="4">
         <v>354</v>
       </c>
-      <c r="R24" s="4">
+      <c r="S24" s="4">
         <v>432</v>
       </c>
-      <c r="S24" s="4">
+      <c r="T24" s="4">
         <v>414</v>
       </c>
-      <c r="T24" s="4">
+      <c r="U24" s="4">
         <v>392</v>
       </c>
-      <c r="U24" s="4">
+      <c r="V24" s="4">
         <v>420</v>
       </c>
-      <c r="V24" s="4">
+      <c r="W24" s="4">
         <v>423</v>
       </c>
-      <c r="W24" s="4">
+      <c r="X24" s="4">
         <v>382</v>
       </c>
-      <c r="X24" s="4">
+      <c r="Y24" s="4">
         <v>449</v>
       </c>
-      <c r="Y24" s="4">
+      <c r="Z24" s="4">
         <v>396</v>
       </c>
-      <c r="Z24" s="4">
+      <c r="AA24" s="4">
         <v>407</v>
       </c>
-      <c r="AA24" s="4">
+      <c r="AB24" s="4">
         <v>409</v>
       </c>
-      <c r="AB24" s="4">
+      <c r="AC24" s="4">
         <v>387</v>
       </c>
-      <c r="AC24" s="4">
+      <c r="AD24" s="4">
         <v>433</v>
       </c>
-      <c r="AD24" s="4">
+      <c r="AE24" s="4">
         <v>388</v>
       </c>
-      <c r="AE24" s="4">
+      <c r="AF24" s="4">
         <v>429</v>
-      </c>
-[...1 lines deleted...]
-        <v>404</v>
       </c>
     </row>
     <row r="25" spans="1:32">
       <c r="B25" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C25" s="6">
         <v>100</v>
       </c>
       <c r="D25" s="6">
         <v>100</v>
       </c>
       <c r="E25" s="6">
         <v>100</v>
       </c>
       <c r="F25" s="6">
         <v>100</v>
       </c>
       <c r="G25" s="6">
         <v>100</v>
       </c>
       <c r="H25" s="6">
         <v>100</v>
       </c>
       <c r="I25" s="6">
@@ -3035,233 +3032,233 @@
       </c>
       <c r="X29" s="6">
         <v>100</v>
       </c>
       <c r="Y29" s="6">
         <v>100</v>
       </c>
       <c r="Z29" s="6">
         <v>100</v>
       </c>
       <c r="AA29" s="6">
         <v>100</v>
       </c>
       <c r="AB29" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="31" spans="1:32">
       <c r="A31" s="2" t="s">
         <v>174</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="6" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="D31" s="6" t="s">
         <v>127</v>
       </c>
       <c r="E31" s="6" t="s">
         <v>128</v>
       </c>
       <c r="F31" s="6" t="s">
         <v>129</v>
       </c>
       <c r="G31" s="6" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="H31" s="6" t="s">
+        <v>132</v>
+      </c>
+      <c r="I31" s="6" t="s">
         <v>65</v>
       </c>
-      <c r="I31" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J31" s="6" t="s">
+        <v>135</v>
+      </c>
+      <c r="K31" s="6" t="s">
         <v>22</v>
-      </c>
-[...1 lines deleted...]
-        <v>137</v>
       </c>
       <c r="L31" s="6" t="s">
         <v>138</v>
       </c>
       <c r="M31" s="6" t="s">
+        <v>139</v>
+      </c>
+      <c r="N31" s="6" t="s">
         <v>175</v>
       </c>
-      <c r="N31" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O31" s="6" t="s">
+        <v>144</v>
+      </c>
+      <c r="P31" s="6" t="s">
         <v>51</v>
       </c>
-      <c r="P31" s="6" t="s">
+      <c r="Q31" s="6" t="s">
         <v>176</v>
       </c>
-      <c r="Q31" s="6" t="s">
+      <c r="R31" s="6" t="s">
         <v>177</v>
       </c>
-      <c r="R31" s="6" t="s">
+      <c r="S31" s="6" t="s">
         <v>53</v>
       </c>
-      <c r="S31" s="6" t="s">
+      <c r="T31" s="6" t="s">
         <v>54</v>
       </c>
-      <c r="T31" s="6" t="s">
+      <c r="U31" s="6" t="s">
         <v>55</v>
       </c>
-      <c r="U31" s="6" t="s">
+      <c r="V31" s="6" t="s">
         <v>56</v>
       </c>
-      <c r="V31" s="6" t="s">
+      <c r="W31" s="6" t="s">
         <v>57</v>
       </c>
-      <c r="W31" s="6" t="s">
+      <c r="X31" s="6" t="s">
         <v>58</v>
       </c>
-      <c r="X31" s="6" t="s">
+      <c r="Y31" s="6" t="s">
         <v>60</v>
       </c>
-      <c r="Y31" s="6" t="s">
+      <c r="Z31" s="6" t="s">
         <v>61</v>
       </c>
-      <c r="Z31" s="6" t="s">
+      <c r="AA31" s="6" t="s">
         <v>178</v>
       </c>
-      <c r="AA31" s="6" t="s">
+      <c r="AB31" s="6" t="s">
         <v>179</v>
       </c>
-      <c r="AB31" s="6" t="s">
+      <c r="AC31" s="6" t="s">
         <v>180</v>
       </c>
-      <c r="AC31" s="6" t="s">
+      <c r="AD31" s="6" t="s">
         <v>181</v>
       </c>
-      <c r="AD31" s="6" t="s">
+      <c r="AE31" s="6" t="s">
         <v>150</v>
       </c>
-      <c r="AE31" s="6" t="s">
+      <c r="AF31" s="6" t="s">
         <v>99</v>
-      </c>
-[...1 lines deleted...]
-        <v>182</v>
       </c>
     </row>
     <row r="32" spans="1:32">
       <c r="B32" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C32" s="4">
+        <v>471</v>
+      </c>
+      <c r="D32" s="4">
         <v>427</v>
       </c>
-      <c r="D32" s="4">
+      <c r="E32" s="4">
         <v>440</v>
       </c>
-      <c r="E32" s="4">
+      <c r="F32" s="4">
         <v>449</v>
       </c>
-      <c r="F32" s="4">
+      <c r="G32" s="4">
         <v>436</v>
       </c>
-      <c r="G32" s="4">
+      <c r="H32" s="4">
         <v>382</v>
       </c>
-      <c r="H32" s="4">
+      <c r="I32" s="4">
         <v>416</v>
       </c>
-      <c r="I32" s="4">
+      <c r="J32" s="4">
         <v>409</v>
       </c>
-      <c r="J32" s="4">
+      <c r="K32" s="4">
         <v>443</v>
       </c>
-      <c r="K32" s="4">
+      <c r="L32" s="4">
         <v>438</v>
       </c>
-      <c r="L32" s="4">
+      <c r="M32" s="4">
         <v>423</v>
-      </c>
-[...1 lines deleted...]
-        <v>444</v>
       </c>
       <c r="N32" s="4">
         <v>444</v>
       </c>
       <c r="O32" s="4">
+        <v>444</v>
+      </c>
+      <c r="P32" s="4">
         <v>474</v>
       </c>
-      <c r="P32" s="4">
+      <c r="Q32" s="4">
         <v>391</v>
       </c>
-      <c r="Q32" s="4">
+      <c r="R32" s="4">
         <v>413</v>
       </c>
-      <c r="R32" s="4">
+      <c r="S32" s="4">
         <v>453</v>
       </c>
-      <c r="S32" s="4">
+      <c r="T32" s="4">
         <v>426</v>
       </c>
-      <c r="T32" s="4">
+      <c r="U32" s="4">
         <v>441</v>
       </c>
-      <c r="U32" s="4">
+      <c r="V32" s="4">
         <v>423</v>
       </c>
-      <c r="V32" s="4">
+      <c r="W32" s="4">
         <v>431</v>
       </c>
-      <c r="W32" s="4">
+      <c r="X32" s="4">
         <v>430</v>
-      </c>
-[...1 lines deleted...]
-        <v>436</v>
       </c>
       <c r="Y32" s="4">
         <v>436</v>
       </c>
       <c r="Z32" s="4">
+        <v>436</v>
+      </c>
+      <c r="AA32" s="4">
         <v>427</v>
       </c>
-      <c r="AA32" s="4">
+      <c r="AB32" s="4">
         <v>436</v>
       </c>
-      <c r="AB32" s="4">
+      <c r="AC32" s="4">
         <v>450</v>
       </c>
-      <c r="AC32" s="4">
+      <c r="AD32" s="4">
         <v>435</v>
       </c>
-      <c r="AD32" s="4">
+      <c r="AE32" s="4">
         <v>408</v>
       </c>
-      <c r="AE32" s="4">
+      <c r="AF32" s="4">
         <v>440</v>
-      </c>
-[...1 lines deleted...]
-        <v>409</v>
       </c>
     </row>
     <row r="33" spans="1:32">
       <c r="B33" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C33" s="6">
         <v>100</v>
       </c>
       <c r="D33" s="6">
         <v>100</v>
       </c>
       <c r="E33" s="6">
         <v>100</v>
       </c>
       <c r="F33" s="6">
         <v>100</v>
       </c>
       <c r="G33" s="6">
         <v>100</v>
       </c>
       <c r="H33" s="6">
         <v>100</v>
       </c>
       <c r="I33" s="6">
@@ -3317,144 +3314,144 @@
       </c>
       <c r="Z33" s="6">
         <v>100</v>
       </c>
       <c r="AA33" s="6">
         <v>100</v>
       </c>
       <c r="AB33" s="6">
         <v>100</v>
       </c>
       <c r="AC33" s="6">
         <v>100</v>
       </c>
       <c r="AD33" s="6">
         <v>100</v>
       </c>
       <c r="AE33" s="6">
         <v>100</v>
       </c>
       <c r="AF33" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="35" spans="1:32">
       <c r="A35" s="2" t="s">
-        <v>183</v>
+        <v>182</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C35" s="6" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="D35" s="6" t="s">
         <v>6</v>
       </c>
       <c r="E35" s="6" t="s">
         <v>40</v>
       </c>
       <c r="F35" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G35" s="6" t="s">
         <v>25</v>
       </c>
       <c r="H35" s="6" t="s">
         <v>27</v>
       </c>
       <c r="I35" s="6" t="s">
         <v>81</v>
       </c>
       <c r="J35" s="6" t="s">
         <v>28</v>
       </c>
       <c r="K35" s="6" t="s">
         <v>68</v>
       </c>
       <c r="L35" s="6" t="s">
         <v>29</v>
       </c>
       <c r="M35" s="6" t="s">
         <v>30</v>
       </c>
       <c r="N35" s="6" t="s">
+        <v>183</v>
+      </c>
+      <c r="O35" s="6" t="s">
         <v>184</v>
-      </c>
-[...1 lines deleted...]
-        <v>185</v>
       </c>
       <c r="P35" s="6" t="s">
         <v>31</v>
       </c>
       <c r="Q35" s="6" t="s">
         <v>32</v>
       </c>
       <c r="R35" s="6" t="s">
-        <v>186</v>
+        <v>185</v>
       </c>
       <c r="S35" s="6" t="s">
         <v>82</v>
       </c>
       <c r="T35" s="6" t="s">
         <v>71</v>
       </c>
       <c r="U35" s="6" t="s">
         <v>83</v>
       </c>
       <c r="V35" s="6" t="s">
         <v>84</v>
       </c>
       <c r="W35" s="6" t="s">
         <v>85</v>
       </c>
       <c r="X35" s="6" t="s">
         <v>86</v>
       </c>
       <c r="Y35" s="6" t="s">
         <v>63</v>
       </c>
       <c r="Z35" s="6" t="s">
+        <v>186</v>
+      </c>
+      <c r="AA35" s="6" t="s">
         <v>187</v>
-      </c>
-[...1 lines deleted...]
-        <v>188</v>
       </c>
       <c r="AB35" s="6" t="s">
         <v>88</v>
       </c>
       <c r="AC35" s="6" t="s">
         <v>89</v>
       </c>
       <c r="AD35" s="6" t="s">
         <v>90</v>
       </c>
       <c r="AE35" s="6" t="s">
         <v>91</v>
       </c>
       <c r="AF35" s="6" t="s">
-        <v>189</v>
+        <v>188</v>
       </c>
     </row>
     <row r="36" spans="1:32">
       <c r="B36" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C36" s="4">
         <v>390</v>
       </c>
       <c r="D36" s="4">
         <v>409</v>
       </c>
       <c r="E36" s="4">
         <v>410</v>
       </c>
       <c r="F36" s="4">
         <v>416</v>
       </c>
       <c r="G36" s="4">
         <v>389</v>
       </c>
       <c r="H36" s="4">
         <v>385</v>
       </c>
       <c r="I36" s="4">
@@ -3605,108 +3602,108 @@
       </c>
       <c r="Z37" s="6">
         <v>100</v>
       </c>
       <c r="AA37" s="6">
         <v>100</v>
       </c>
       <c r="AB37" s="6">
         <v>100</v>
       </c>
       <c r="AC37" s="6">
         <v>100</v>
       </c>
       <c r="AD37" s="6">
         <v>100</v>
       </c>
       <c r="AE37" s="6">
         <v>100</v>
       </c>
       <c r="AF37" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="39" spans="1:32">
       <c r="A39" s="2" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="B39" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C39" s="6" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="D39" s="6" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="E39" s="6" t="s">
         <v>10</v>
       </c>
       <c r="F39" s="6" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="G39" s="6" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="H39" s="6" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="I39" s="6" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="J39" s="6" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="K39" s="6" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="L39" s="6" t="s">
         <v>22</v>
       </c>
       <c r="M39" s="6" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="N39" s="6" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="O39" s="6" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="P39" s="6" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="Q39" s="6" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="R39" s="6" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="S39" s="6" t="s">
         <v>175</v>
       </c>
       <c r="T39" s="6" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="U39" s="6" t="s">
         <v>51</v>
       </c>
       <c r="V39" s="6" t="s">
         <v>176</v>
       </c>
       <c r="W39" s="6" t="s">
         <v>177</v>
       </c>
       <c r="X39" s="6" t="s">
         <v>53</v>
       </c>
       <c r="Y39" s="6" t="s">
         <v>54</v>
       </c>
       <c r="Z39" s="6" t="s">
         <v>56</v>
       </c>
       <c r="AA39" s="6" t="s">
         <v>57</v>
       </c>
       <c r="AB39" s="6" t="s">
         <v>58</v>
       </c>
@@ -3893,239 +3890,239 @@
       </c>
       <c r="Z41" s="6">
         <v>100</v>
       </c>
       <c r="AA41" s="6">
         <v>100</v>
       </c>
       <c r="AB41" s="6">
         <v>100</v>
       </c>
       <c r="AC41" s="6">
         <v>100</v>
       </c>
       <c r="AD41" s="6">
         <v>100</v>
       </c>
       <c r="AE41" s="6">
         <v>100</v>
       </c>
       <c r="AF41" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="43" spans="1:32">
       <c r="A43" s="2" t="s">
-        <v>191</v>
+        <v>190</v>
       </c>
       <c r="B43" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C43" s="6" t="s">
         <v>125</v>
       </c>
       <c r="D43" s="6" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="E43" s="6" t="s">
+        <v>128</v>
+      </c>
+      <c r="F43" s="6" t="s">
         <v>10</v>
-      </c>
-[...1 lines deleted...]
-        <v>129</v>
       </c>
       <c r="G43" s="6" t="s">
         <v>130</v>
       </c>
       <c r="H43" s="6" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="I43" s="6" t="s">
         <v>133</v>
       </c>
       <c r="J43" s="6" t="s">
         <v>134</v>
       </c>
       <c r="K43" s="6" t="s">
         <v>135</v>
       </c>
       <c r="L43" s="6" t="s">
         <v>136</v>
       </c>
       <c r="M43" s="6" t="s">
-        <v>139</v>
+        <v>137</v>
       </c>
       <c r="N43" s="6" t="s">
         <v>140</v>
       </c>
       <c r="O43" s="6" t="s">
         <v>141</v>
       </c>
       <c r="P43" s="6" t="s">
         <v>142</v>
       </c>
       <c r="Q43" s="6" t="s">
+        <v>143</v>
+      </c>
+      <c r="R43" s="6" t="s">
         <v>175</v>
       </c>
-      <c r="R43" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S43" s="6" t="s">
+        <v>144</v>
+      </c>
+      <c r="T43" s="6" t="s">
         <v>51</v>
       </c>
-      <c r="T43" s="6" t="s">
+      <c r="U43" s="6" t="s">
         <v>176</v>
       </c>
-      <c r="U43" s="6" t="s">
+      <c r="V43" s="6" t="s">
         <v>177</v>
       </c>
-      <c r="V43" s="6" t="s">
+      <c r="W43" s="6" t="s">
         <v>52</v>
       </c>
-      <c r="W43" s="6" t="s">
+      <c r="X43" s="6" t="s">
         <v>54</v>
       </c>
-      <c r="X43" s="6" t="s">
+      <c r="Y43" s="6" t="s">
         <v>56</v>
       </c>
-      <c r="Y43" s="6" t="s">
+      <c r="Z43" s="6" t="s">
         <v>57</v>
       </c>
-      <c r="Z43" s="6" t="s">
+      <c r="AA43" s="6" t="s">
         <v>58</v>
       </c>
-      <c r="AA43" s="6" t="s">
+      <c r="AB43" s="6" t="s">
         <v>59</v>
       </c>
-      <c r="AB43" s="6" t="s">
+      <c r="AC43" s="6" t="s">
         <v>60</v>
       </c>
-      <c r="AC43" s="6" t="s">
+      <c r="AD43" s="6" t="s">
         <v>61</v>
       </c>
-      <c r="AD43" s="6" t="s">
+      <c r="AE43" s="6" t="s">
         <v>62</v>
       </c>
-      <c r="AE43" s="6" t="s">
+      <c r="AF43" s="6" t="s">
         <v>178</v>
-      </c>
-[...1 lines deleted...]
-        <v>179</v>
       </c>
     </row>
     <row r="44" spans="1:32">
       <c r="B44" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C44" s="4">
         <v>397</v>
       </c>
       <c r="D44" s="4">
+        <v>397</v>
+      </c>
+      <c r="E44" s="4">
         <v>430</v>
       </c>
-      <c r="E44" s="4">
+      <c r="F44" s="4">
         <v>394</v>
-      </c>
-[...1 lines deleted...]
-        <v>401</v>
       </c>
       <c r="G44" s="4">
         <v>401</v>
       </c>
       <c r="H44" s="4">
+        <v>401</v>
+      </c>
+      <c r="I44" s="4">
         <v>405</v>
       </c>
-      <c r="I44" s="4">
+      <c r="J44" s="4">
         <v>403</v>
       </c>
-      <c r="J44" s="4">
+      <c r="K44" s="4">
         <v>401</v>
       </c>
-      <c r="K44" s="4">
+      <c r="L44" s="4">
         <v>412</v>
       </c>
-      <c r="L44" s="4">
+      <c r="M44" s="4">
         <v>408</v>
       </c>
-      <c r="M44" s="4">
+      <c r="N44" s="4">
         <v>395</v>
       </c>
-      <c r="N44" s="4">
+      <c r="O44" s="4">
         <v>426</v>
       </c>
-      <c r="O44" s="4">
+      <c r="P44" s="4">
         <v>435</v>
       </c>
-      <c r="P44" s="4">
+      <c r="Q44" s="4">
         <v>395</v>
       </c>
-      <c r="Q44" s="4">
+      <c r="R44" s="4">
         <v>406</v>
       </c>
-      <c r="R44" s="4">
+      <c r="S44" s="4">
         <v>392</v>
       </c>
-      <c r="S44" s="4">
+      <c r="T44" s="4">
         <v>413</v>
       </c>
-      <c r="T44" s="4">
+      <c r="U44" s="4">
         <v>429</v>
       </c>
-      <c r="U44" s="4">
+      <c r="V44" s="4">
         <v>383</v>
       </c>
-      <c r="V44" s="4">
+      <c r="W44" s="4">
         <v>412</v>
       </c>
-      <c r="W44" s="4">
+      <c r="X44" s="4">
         <v>422</v>
       </c>
-      <c r="X44" s="4">
+      <c r="Y44" s="4">
         <v>418</v>
       </c>
-      <c r="Y44" s="4">
+      <c r="Z44" s="4">
         <v>426</v>
       </c>
-      <c r="Z44" s="4">
+      <c r="AA44" s="4">
         <v>367</v>
       </c>
-      <c r="AA44" s="4">
+      <c r="AB44" s="4">
         <v>412</v>
       </c>
-      <c r="AB44" s="4">
+      <c r="AC44" s="4">
         <v>405</v>
       </c>
-      <c r="AC44" s="4">
+      <c r="AD44" s="4">
         <v>406</v>
       </c>
-      <c r="AD44" s="4">
+      <c r="AE44" s="4">
         <v>396</v>
       </c>
-      <c r="AE44" s="4">
+      <c r="AF44" s="4">
         <v>402</v>
-      </c>
-[...1 lines deleted...]
-        <v>414</v>
       </c>
     </row>
     <row r="45" spans="1:32">
       <c r="B45" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C45" s="6">
         <v>100</v>
       </c>
       <c r="D45" s="6">
         <v>100</v>
       </c>
       <c r="E45" s="6">
         <v>100</v>
       </c>
       <c r="F45" s="6">
         <v>100</v>
       </c>
       <c r="G45" s="6">
         <v>100</v>
       </c>
       <c r="H45" s="6">
         <v>100</v>
       </c>
       <c r="I45" s="6">
@@ -4181,126 +4178,126 @@
       </c>
       <c r="Z45" s="6">
         <v>100</v>
       </c>
       <c r="AA45" s="6">
         <v>100</v>
       </c>
       <c r="AB45" s="6">
         <v>100</v>
       </c>
       <c r="AC45" s="6">
         <v>100</v>
       </c>
       <c r="AD45" s="6">
         <v>100</v>
       </c>
       <c r="AE45" s="6">
         <v>100</v>
       </c>
       <c r="AF45" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="47" spans="1:32">
       <c r="A47" s="2" t="s">
-        <v>192</v>
+        <v>191</v>
       </c>
       <c r="B47" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C47" s="6" t="s">
         <v>56</v>
       </c>
       <c r="D47" s="6" t="s">
         <v>57</v>
       </c>
       <c r="E47" s="6" t="s">
         <v>58</v>
       </c>
       <c r="F47" s="6" t="s">
         <v>59</v>
       </c>
       <c r="G47" s="6" t="s">
         <v>60</v>
       </c>
       <c r="H47" s="6" t="s">
         <v>61</v>
       </c>
       <c r="I47" s="6" t="s">
         <v>62</v>
       </c>
       <c r="J47" s="6" t="s">
         <v>63</v>
       </c>
       <c r="K47" s="6" t="s">
         <v>178</v>
       </c>
       <c r="L47" s="6" t="s">
         <v>179</v>
       </c>
       <c r="M47" s="6" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
       <c r="N47" s="6" t="s">
         <v>180</v>
       </c>
       <c r="O47" s="6" t="s">
-        <v>189</v>
+        <v>188</v>
       </c>
       <c r="P47" s="6" t="s">
         <v>181</v>
       </c>
       <c r="Q47" s="6" t="s">
         <v>94</v>
       </c>
       <c r="R47" s="6" t="s">
         <v>95</v>
       </c>
       <c r="S47" s="6" t="s">
         <v>150</v>
       </c>
       <c r="T47" s="6" t="s">
         <v>96</v>
       </c>
       <c r="U47" s="6" t="s">
         <v>97</v>
       </c>
       <c r="V47" s="6" t="s">
         <v>98</v>
       </c>
       <c r="W47" s="6" t="s">
         <v>99</v>
       </c>
       <c r="X47" s="6" t="s">
+        <v>192</v>
+      </c>
+      <c r="Y47" s="6" t="s">
         <v>193</v>
       </c>
-      <c r="Y47" s="6" t="s">
+      <c r="Z47" s="6" t="s">
         <v>194</v>
-      </c>
-[...1 lines deleted...]
-        <v>195</v>
       </c>
     </row>
     <row r="48" spans="1:32">
       <c r="B48" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C48" s="4">
         <v>332</v>
       </c>
       <c r="D48" s="4">
         <v>302</v>
       </c>
       <c r="E48" s="4">
         <v>335</v>
       </c>
       <c r="F48" s="4">
         <v>357</v>
       </c>
       <c r="G48" s="4">
         <v>321</v>
       </c>
       <c r="H48" s="4">
         <v>377</v>
       </c>
       <c r="I48" s="4">
@@ -4415,69 +4412,69 @@
       </c>
       <c r="T49" s="6">
         <v>100</v>
       </c>
       <c r="U49" s="6">
         <v>100</v>
       </c>
       <c r="V49" s="6">
         <v>100</v>
       </c>
       <c r="W49" s="6">
         <v>100</v>
       </c>
       <c r="X49" s="6">
         <v>100</v>
       </c>
       <c r="Y49" s="6">
         <v>100</v>
       </c>
       <c r="Z49" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="51" spans="1:32">
       <c r="A51" s="2" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="B51" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C51" s="6" t="s">
         <v>31</v>
       </c>
       <c r="D51" s="6" t="s">
         <v>82</v>
       </c>
       <c r="E51" s="6" t="s">
         <v>85</v>
       </c>
       <c r="F51" s="6" t="s">
         <v>87</v>
       </c>
       <c r="G51" s="6" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
       <c r="H51" s="6" t="s">
         <v>88</v>
       </c>
       <c r="I51" s="6" t="s">
         <v>89</v>
       </c>
       <c r="J51" s="6" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="52" spans="1:32">
       <c r="B52" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C52" s="4">
         <v>298</v>
       </c>
       <c r="D52" s="4">
         <v>294</v>
       </c>
       <c r="E52" s="4">
         <v>274</v>
       </c>
       <c r="F52" s="4">
@@ -4505,72 +4502,72 @@
       </c>
       <c r="D53" s="6">
         <v>100</v>
       </c>
       <c r="E53" s="6">
         <v>100</v>
       </c>
       <c r="F53" s="6">
         <v>100</v>
       </c>
       <c r="G53" s="6">
         <v>100</v>
       </c>
       <c r="H53" s="6">
         <v>100</v>
       </c>
       <c r="I53" s="6">
         <v>100</v>
       </c>
       <c r="J53" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="55" spans="1:32">
       <c r="A55" s="2" t="s">
-        <v>197</v>
+        <v>196</v>
       </c>
       <c r="B55" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C55" s="6" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="D55" s="6" t="s">
         <v>59</v>
       </c>
       <c r="E55" s="6" t="s">
         <v>62</v>
       </c>
       <c r="F55" s="6" t="s">
         <v>63</v>
       </c>
       <c r="G55" s="6" t="s">
         <v>178</v>
       </c>
       <c r="H55" s="6" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
     </row>
     <row r="56" spans="1:32">
       <c r="B56" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C56" s="4">
         <v>314</v>
       </c>
       <c r="D56" s="4">
         <v>304</v>
       </c>
       <c r="E56" s="4">
         <v>250</v>
       </c>
       <c r="F56" s="4">
         <v>354</v>
       </c>
       <c r="G56" s="4">
         <v>288</v>
       </c>
       <c r="H56" s="4">
         <v>283</v>
       </c>
     </row>