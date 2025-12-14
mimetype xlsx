--- v0 (2025-12-09)
+++ v1 (2025-12-14)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="136">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="137">
   <si>
     <t>Výsledky hráčů družstva SK Uhelné sklady Praha A na kuželně Zvon</t>
   </si>
   <si>
     <t>Bohumil Bazika</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
     <t>21.10.2025</t>
   </si>
   <si>
     <t>7.10.2025</t>
   </si>
   <si>
     <t>23.9.2025</t>
   </si>
   <si>
     <t>16.9.2025</t>
   </si>
   <si>
     <t>15.4.2025</t>
   </si>
   <si>
@@ -261,50 +261,53 @@
     <t>7.10.2021</t>
   </si>
   <si>
     <t>24.9.2020</t>
   </si>
   <si>
     <t>10.9.2020</t>
   </si>
   <si>
     <t>27.2.2020</t>
   </si>
   <si>
     <t>13.2.2020</t>
   </si>
   <si>
     <t>31.1.2020</t>
   </si>
   <si>
     <t>30.1.2020</t>
   </si>
   <si>
     <t>7.11.2019</t>
   </si>
   <si>
     <t>Jan Hloušek</t>
+  </si>
+  <si>
+    <t>9.12.2025</t>
   </si>
   <si>
     <t>4.12.2025</t>
   </si>
   <si>
     <t>13.11.2025</t>
   </si>
   <si>
     <t>16.10.2025</t>
   </si>
   <si>
     <t>3.4.2025</t>
   </si>
   <si>
     <t>6.3.2025</t>
   </si>
   <si>
     <t>20.2.2025</t>
   </si>
   <si>
     <t>30.1.2025</t>
   </si>
   <si>
     <t>10.12.2024</t>
   </si>
@@ -2117,200 +2120,200 @@
       <c r="F23" s="6" t="s">
         <v>86</v>
       </c>
       <c r="G23" s="6" t="s">
         <v>87</v>
       </c>
       <c r="H23" s="6" t="s">
         <v>88</v>
       </c>
       <c r="I23" s="6" t="s">
         <v>89</v>
       </c>
       <c r="J23" s="6" t="s">
         <v>90</v>
       </c>
       <c r="K23" s="6" t="s">
         <v>91</v>
       </c>
       <c r="L23" s="6" t="s">
         <v>92</v>
       </c>
       <c r="M23" s="6" t="s">
         <v>93</v>
       </c>
       <c r="N23" s="6" t="s">
+        <v>94</v>
+      </c>
+      <c r="O23" s="6" t="s">
         <v>63</v>
-      </c>
-[...1 lines deleted...]
-        <v>94</v>
       </c>
       <c r="P23" s="6" t="s">
         <v>95</v>
       </c>
       <c r="Q23" s="6" t="s">
         <v>96</v>
       </c>
       <c r="R23" s="6" t="s">
         <v>97</v>
       </c>
       <c r="S23" s="6" t="s">
         <v>98</v>
       </c>
       <c r="T23" s="6" t="s">
         <v>99</v>
       </c>
       <c r="U23" s="6" t="s">
         <v>100</v>
       </c>
       <c r="V23" s="6" t="s">
         <v>101</v>
       </c>
       <c r="W23" s="6" t="s">
         <v>102</v>
       </c>
       <c r="X23" s="6" t="s">
         <v>103</v>
       </c>
       <c r="Y23" s="6" t="s">
         <v>104</v>
       </c>
       <c r="Z23" s="6" t="s">
         <v>105</v>
       </c>
       <c r="AA23" s="6" t="s">
         <v>106</v>
       </c>
       <c r="AB23" s="6" t="s">
+        <v>107</v>
+      </c>
+      <c r="AC23" s="6" t="s">
         <v>27</v>
       </c>
-      <c r="AC23" s="6" t="s">
+      <c r="AD23" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="AD23" s="6" t="s">
+      <c r="AE23" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="AE23" s="6" t="s">
+      <c r="AF23" s="6" t="s">
         <v>31</v>
-      </c>
-[...1 lines deleted...]
-        <v>32</v>
       </c>
     </row>
     <row r="24" spans="1:32">
       <c r="B24" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C24" s="4">
+        <v>429</v>
+      </c>
+      <c r="D24" s="4">
         <v>418</v>
       </c>
-      <c r="D24" s="4">
+      <c r="E24" s="4">
         <v>423</v>
       </c>
-      <c r="E24" s="4">
+      <c r="F24" s="4">
         <v>425</v>
       </c>
-      <c r="F24" s="4">
+      <c r="G24" s="4">
         <v>391</v>
       </c>
-      <c r="G24" s="4">
+      <c r="H24" s="4">
         <v>408</v>
       </c>
-      <c r="H24" s="4">
+      <c r="I24" s="4">
         <v>466</v>
       </c>
-      <c r="I24" s="4">
+      <c r="J24" s="4">
         <v>421</v>
       </c>
-      <c r="J24" s="4">
+      <c r="K24" s="4">
         <v>445</v>
       </c>
-      <c r="K24" s="4">
+      <c r="L24" s="4">
         <v>412</v>
       </c>
-      <c r="L24" s="4">
+      <c r="M24" s="4">
         <v>375</v>
       </c>
-      <c r="M24" s="4">
+      <c r="N24" s="4">
         <v>402</v>
       </c>
-      <c r="N24" s="4">
+      <c r="O24" s="4">
         <v>401</v>
       </c>
-      <c r="O24" s="4">
+      <c r="P24" s="4">
         <v>419</v>
       </c>
-      <c r="P24" s="4">
+      <c r="Q24" s="4">
         <v>422</v>
       </c>
-      <c r="Q24" s="4">
+      <c r="R24" s="4">
         <v>445</v>
       </c>
-      <c r="R24" s="4">
+      <c r="S24" s="4">
         <v>449</v>
       </c>
-      <c r="S24" s="4">
+      <c r="T24" s="4">
         <v>451</v>
       </c>
-      <c r="T24" s="4">
+      <c r="U24" s="4">
         <v>408</v>
       </c>
-      <c r="U24" s="4">
+      <c r="V24" s="4">
         <v>419</v>
       </c>
-      <c r="V24" s="4">
+      <c r="W24" s="4">
         <v>432</v>
       </c>
-      <c r="W24" s="4">
+      <c r="X24" s="4">
         <v>437</v>
       </c>
-      <c r="X24" s="4">
+      <c r="Y24" s="4">
         <v>357</v>
       </c>
-      <c r="Y24" s="4">
+      <c r="Z24" s="4">
         <v>399</v>
       </c>
-      <c r="Z24" s="4">
+      <c r="AA24" s="4">
         <v>374</v>
       </c>
-      <c r="AA24" s="4">
+      <c r="AB24" s="4">
         <v>421</v>
       </c>
-      <c r="AB24" s="4">
+      <c r="AC24" s="4">
         <v>409</v>
       </c>
-      <c r="AC24" s="4">
+      <c r="AD24" s="4">
         <v>411</v>
       </c>
-      <c r="AD24" s="4">
+      <c r="AE24" s="4">
         <v>396</v>
       </c>
-      <c r="AE24" s="4">
+      <c r="AF24" s="4">
         <v>433</v>
-      </c>
-[...1 lines deleted...]
-        <v>426</v>
       </c>
     </row>
     <row r="25" spans="1:32">
       <c r="B25" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C25" s="6">
         <v>100</v>
       </c>
       <c r="D25" s="6">
         <v>100</v>
       </c>
       <c r="E25" s="6">
         <v>100</v>
       </c>
       <c r="F25" s="6">
         <v>100</v>
       </c>
       <c r="G25" s="6">
         <v>100</v>
       </c>
       <c r="H25" s="6">
         <v>100</v>
       </c>
       <c r="I25" s="6">
@@ -2366,239 +2369,239 @@
       </c>
       <c r="Z25" s="6">
         <v>100</v>
       </c>
       <c r="AA25" s="6">
         <v>100</v>
       </c>
       <c r="AB25" s="6">
         <v>100</v>
       </c>
       <c r="AC25" s="6">
         <v>100</v>
       </c>
       <c r="AD25" s="6">
         <v>100</v>
       </c>
       <c r="AE25" s="6">
         <v>100</v>
       </c>
       <c r="AF25" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="27" spans="1:32">
       <c r="A27" s="2" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="6" t="s">
         <v>83</v>
       </c>
       <c r="D27" s="6" t="s">
         <v>84</v>
       </c>
       <c r="E27" s="6" t="s">
-        <v>108</v>
+        <v>85</v>
       </c>
       <c r="F27" s="6" t="s">
-        <v>85</v>
+        <v>109</v>
       </c>
       <c r="G27" s="6" t="s">
+        <v>86</v>
+      </c>
+      <c r="H27" s="6" t="s">
         <v>61</v>
       </c>
-      <c r="H27" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I27" s="6" t="s">
-        <v>109</v>
+        <v>87</v>
       </c>
       <c r="J27" s="6" t="s">
-        <v>87</v>
+        <v>110</v>
       </c>
       <c r="K27" s="6" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="L27" s="6" t="s">
         <v>90</v>
       </c>
       <c r="M27" s="6" t="s">
         <v>91</v>
       </c>
       <c r="N27" s="6" t="s">
         <v>92</v>
       </c>
       <c r="O27" s="6" t="s">
         <v>93</v>
       </c>
       <c r="P27" s="6" t="s">
+        <v>94</v>
+      </c>
+      <c r="Q27" s="6" t="s">
         <v>63</v>
-      </c>
-[...1 lines deleted...]
-        <v>94</v>
       </c>
       <c r="R27" s="6" t="s">
         <v>95</v>
       </c>
       <c r="S27" s="6" t="s">
-        <v>110</v>
+        <v>96</v>
       </c>
       <c r="T27" s="6" t="s">
-        <v>96</v>
+        <v>111</v>
       </c>
       <c r="U27" s="6" t="s">
         <v>97</v>
       </c>
       <c r="V27" s="6" t="s">
         <v>98</v>
       </c>
       <c r="W27" s="6" t="s">
         <v>99</v>
       </c>
       <c r="X27" s="6" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="Y27" s="6" t="s">
         <v>102</v>
       </c>
       <c r="Z27" s="6" t="s">
         <v>103</v>
       </c>
       <c r="AA27" s="6" t="s">
         <v>104</v>
       </c>
       <c r="AB27" s="6" t="s">
         <v>105</v>
       </c>
       <c r="AC27" s="6" t="s">
-        <v>111</v>
+        <v>106</v>
       </c>
       <c r="AD27" s="6" t="s">
-        <v>106</v>
+        <v>112</v>
       </c>
       <c r="AE27" s="6" t="s">
+        <v>107</v>
+      </c>
+      <c r="AF27" s="6" t="s">
         <v>24</v>
-      </c>
-[...1 lines deleted...]
-        <v>25</v>
       </c>
     </row>
     <row r="28" spans="1:32">
       <c r="B28" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C28" s="4">
+        <v>417</v>
+      </c>
+      <c r="D28" s="4">
         <v>437</v>
       </c>
-      <c r="D28" s="4">
+      <c r="E28" s="4">
         <v>388</v>
       </c>
-      <c r="E28" s="4">
+      <c r="F28" s="4">
         <v>412</v>
       </c>
-      <c r="F28" s="4">
+      <c r="G28" s="4">
         <v>436</v>
       </c>
-      <c r="G28" s="4">
+      <c r="H28" s="4">
         <v>416</v>
       </c>
-      <c r="H28" s="4">
+      <c r="I28" s="4">
         <v>432</v>
       </c>
-      <c r="I28" s="4">
+      <c r="J28" s="4">
         <v>421</v>
       </c>
-      <c r="J28" s="4">
+      <c r="K28" s="4">
         <v>401</v>
       </c>
-      <c r="K28" s="4">
+      <c r="L28" s="4">
         <v>442</v>
       </c>
-      <c r="L28" s="4">
+      <c r="M28" s="4">
         <v>425</v>
       </c>
-      <c r="M28" s="4">
+      <c r="N28" s="4">
         <v>440</v>
       </c>
-      <c r="N28" s="4">
+      <c r="O28" s="4">
         <v>447</v>
       </c>
-      <c r="O28" s="4">
+      <c r="P28" s="4">
         <v>426</v>
       </c>
-      <c r="P28" s="4">
+      <c r="Q28" s="4">
         <v>458</v>
       </c>
-      <c r="Q28" s="4">
+      <c r="R28" s="4">
         <v>406</v>
       </c>
-      <c r="R28" s="4">
+      <c r="S28" s="4">
         <v>439</v>
       </c>
-      <c r="S28" s="4">
+      <c r="T28" s="4">
         <v>460</v>
       </c>
-      <c r="T28" s="4">
+      <c r="U28" s="4">
         <v>411</v>
       </c>
-      <c r="U28" s="4">
+      <c r="V28" s="4">
         <v>437</v>
       </c>
-      <c r="V28" s="4">
+      <c r="W28" s="4">
         <v>433</v>
       </c>
-      <c r="W28" s="4">
+      <c r="X28" s="4">
         <v>449</v>
       </c>
-      <c r="X28" s="4">
+      <c r="Y28" s="4">
         <v>454</v>
       </c>
-      <c r="Y28" s="4">
+      <c r="Z28" s="4">
         <v>440</v>
       </c>
-      <c r="Z28" s="4">
+      <c r="AA28" s="4">
         <v>443</v>
       </c>
-      <c r="AA28" s="4">
+      <c r="AB28" s="4">
         <v>426</v>
       </c>
-      <c r="AB28" s="4">
+      <c r="AC28" s="4">
         <v>447</v>
       </c>
-      <c r="AC28" s="4">
+      <c r="AD28" s="4">
         <v>395</v>
       </c>
-      <c r="AD28" s="4">
+      <c r="AE28" s="4">
         <v>432</v>
       </c>
-      <c r="AE28" s="4">
+      <c r="AF28" s="4">
         <v>415</v>
-      </c>
-[...1 lines deleted...]
-        <v>422</v>
       </c>
     </row>
     <row r="29" spans="1:32">
       <c r="B29" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C29" s="6">
         <v>100</v>
       </c>
       <c r="D29" s="6">
         <v>100</v>
       </c>
       <c r="E29" s="6">
         <v>100</v>
       </c>
       <c r="F29" s="6">
         <v>100</v>
       </c>
       <c r="G29" s="6">
         <v>100</v>
       </c>
       <c r="H29" s="6">
         <v>100</v>
       </c>
       <c r="I29" s="6">
@@ -2654,239 +2657,239 @@
       </c>
       <c r="Z29" s="6">
         <v>100</v>
       </c>
       <c r="AA29" s="6">
         <v>100</v>
       </c>
       <c r="AB29" s="6">
         <v>100</v>
       </c>
       <c r="AC29" s="6">
         <v>100</v>
       </c>
       <c r="AD29" s="6">
         <v>100</v>
       </c>
       <c r="AE29" s="6">
         <v>100</v>
       </c>
       <c r="AF29" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="31" spans="1:32">
       <c r="A31" s="2" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="6" t="s">
         <v>83</v>
       </c>
       <c r="D31" s="6" t="s">
         <v>84</v>
       </c>
       <c r="E31" s="6" t="s">
         <v>85</v>
       </c>
       <c r="F31" s="6" t="s">
+        <v>86</v>
+      </c>
+      <c r="G31" s="6" t="s">
         <v>61</v>
       </c>
-      <c r="G31" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H31" s="6" t="s">
-        <v>109</v>
+        <v>87</v>
       </c>
       <c r="I31" s="6" t="s">
-        <v>87</v>
+        <v>110</v>
       </c>
       <c r="J31" s="6" t="s">
         <v>88</v>
       </c>
       <c r="K31" s="6" t="s">
         <v>89</v>
       </c>
       <c r="L31" s="6" t="s">
         <v>90</v>
       </c>
       <c r="M31" s="6" t="s">
         <v>91</v>
       </c>
       <c r="N31" s="6" t="s">
         <v>92</v>
       </c>
       <c r="O31" s="6" t="s">
         <v>93</v>
       </c>
       <c r="P31" s="6" t="s">
+        <v>94</v>
+      </c>
+      <c r="Q31" s="6" t="s">
         <v>63</v>
-      </c>
-[...1 lines deleted...]
-        <v>94</v>
       </c>
       <c r="R31" s="6" t="s">
         <v>95</v>
       </c>
       <c r="S31" s="6" t="s">
-        <v>110</v>
+        <v>96</v>
       </c>
       <c r="T31" s="6" t="s">
-        <v>96</v>
+        <v>111</v>
       </c>
       <c r="U31" s="6" t="s">
         <v>97</v>
       </c>
       <c r="V31" s="6" t="s">
         <v>98</v>
       </c>
       <c r="W31" s="6" t="s">
         <v>99</v>
       </c>
       <c r="X31" s="6" t="s">
         <v>100</v>
       </c>
       <c r="Y31" s="6" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="Z31" s="6" t="s">
         <v>103</v>
       </c>
       <c r="AA31" s="6" t="s">
         <v>104</v>
       </c>
       <c r="AB31" s="6" t="s">
         <v>105</v>
       </c>
       <c r="AC31" s="6" t="s">
         <v>106</v>
       </c>
       <c r="AD31" s="6" t="s">
+        <v>107</v>
+      </c>
+      <c r="AE31" s="6" t="s">
         <v>24</v>
       </c>
-      <c r="AE31" s="6" t="s">
+      <c r="AF31" s="6" t="s">
         <v>25</v>
-      </c>
-[...1 lines deleted...]
-        <v>26</v>
       </c>
     </row>
     <row r="32" spans="1:32">
       <c r="B32" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C32" s="4">
+        <v>366</v>
+      </c>
+      <c r="D32" s="4">
         <v>374</v>
       </c>
-      <c r="D32" s="4">
+      <c r="E32" s="4">
         <v>386</v>
       </c>
-      <c r="E32" s="4">
+      <c r="F32" s="4">
         <v>404</v>
       </c>
-      <c r="F32" s="4">
+      <c r="G32" s="4">
         <v>406</v>
       </c>
-      <c r="G32" s="4">
+      <c r="H32" s="4">
         <v>409</v>
       </c>
-      <c r="H32" s="4">
+      <c r="I32" s="4">
         <v>429</v>
       </c>
-      <c r="I32" s="4">
+      <c r="J32" s="4">
         <v>414</v>
       </c>
-      <c r="J32" s="4">
+      <c r="K32" s="4">
         <v>385</v>
       </c>
-      <c r="K32" s="4">
+      <c r="L32" s="4">
         <v>419</v>
       </c>
-      <c r="L32" s="4">
+      <c r="M32" s="4">
         <v>433</v>
       </c>
-      <c r="M32" s="4">
+      <c r="N32" s="4">
         <v>455</v>
       </c>
-      <c r="N32" s="4">
+      <c r="O32" s="4">
         <v>419</v>
       </c>
-      <c r="O32" s="4">
+      <c r="P32" s="4">
         <v>385</v>
       </c>
-      <c r="P32" s="4">
+      <c r="Q32" s="4">
         <v>403</v>
       </c>
-      <c r="Q32" s="4">
+      <c r="R32" s="4">
         <v>445</v>
       </c>
-      <c r="R32" s="4">
+      <c r="S32" s="4">
         <v>435</v>
       </c>
-      <c r="S32" s="4">
+      <c r="T32" s="4">
         <v>419</v>
       </c>
-      <c r="T32" s="4">
+      <c r="U32" s="4">
         <v>431</v>
       </c>
-      <c r="U32" s="4">
+      <c r="V32" s="4">
         <v>413</v>
       </c>
-      <c r="V32" s="4">
+      <c r="W32" s="4">
         <v>426</v>
       </c>
-      <c r="W32" s="4">
+      <c r="X32" s="4">
         <v>401</v>
       </c>
-      <c r="X32" s="4">
+      <c r="Y32" s="4">
         <v>385</v>
       </c>
-      <c r="Y32" s="4">
+      <c r="Z32" s="4">
         <v>418</v>
       </c>
-      <c r="Z32" s="4">
+      <c r="AA32" s="4">
         <v>432</v>
       </c>
-      <c r="AA32" s="4">
+      <c r="AB32" s="4">
         <v>428</v>
       </c>
-      <c r="AB32" s="4">
+      <c r="AC32" s="4">
         <v>410</v>
       </c>
-      <c r="AC32" s="4">
+      <c r="AD32" s="4">
         <v>398</v>
       </c>
-      <c r="AD32" s="4">
+      <c r="AE32" s="4">
         <v>384</v>
       </c>
-      <c r="AE32" s="4">
+      <c r="AF32" s="4">
         <v>415</v>
-      </c>
-[...1 lines deleted...]
-        <v>426</v>
       </c>
     </row>
     <row r="33" spans="1:32">
       <c r="B33" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C33" s="6">
         <v>100</v>
       </c>
       <c r="D33" s="6">
         <v>100</v>
       </c>
       <c r="E33" s="6">
         <v>100</v>
       </c>
       <c r="F33" s="6">
         <v>100</v>
       </c>
       <c r="G33" s="6">
         <v>100</v>
       </c>
       <c r="H33" s="6">
         <v>100</v>
       </c>
       <c r="I33" s="6">
@@ -2942,144 +2945,144 @@
       </c>
       <c r="Z33" s="6">
         <v>100</v>
       </c>
       <c r="AA33" s="6">
         <v>100</v>
       </c>
       <c r="AB33" s="6">
         <v>100</v>
       </c>
       <c r="AC33" s="6">
         <v>100</v>
       </c>
       <c r="AD33" s="6">
         <v>100</v>
       </c>
       <c r="AE33" s="6">
         <v>100</v>
       </c>
       <c r="AF33" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="35" spans="1:32">
       <c r="A35" s="2" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C35" s="6" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="D35" s="6" t="s">
         <v>25</v>
       </c>
       <c r="E35" s="6" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="F35" s="6" t="s">
         <v>26</v>
       </c>
       <c r="G35" s="6" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="H35" s="6" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="I35" s="6" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="J35" s="6" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="K35" s="6" t="s">
         <v>30</v>
       </c>
       <c r="L35" s="6" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="M35" s="6" t="s">
         <v>43</v>
       </c>
       <c r="N35" s="6" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="O35" s="6" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="P35" s="6" t="s">
         <v>45</v>
       </c>
       <c r="Q35" s="6" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="R35" s="6" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="S35" s="6" t="s">
         <v>48</v>
       </c>
       <c r="T35" s="6" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="U35" s="6" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="V35" s="6" t="s">
         <v>49</v>
       </c>
       <c r="W35" s="6" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="X35" s="6" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="Y35" s="6" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="Z35" s="6" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="AA35" s="6" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="AB35" s="6" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="AC35" s="6" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="AD35" s="6" t="s">
         <v>73</v>
       </c>
       <c r="AE35" s="6" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="AF35" s="6" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
     </row>
     <row r="36" spans="1:32">
       <c r="B36" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C36" s="4">
         <v>419</v>
       </c>
       <c r="D36" s="4">
         <v>419</v>
       </c>
       <c r="E36" s="4">
         <v>411</v>
       </c>
       <c r="F36" s="4">
         <v>409</v>
       </c>
       <c r="G36" s="4">
         <v>476</v>
       </c>
       <c r="H36" s="4">
         <v>411</v>
       </c>
       <c r="I36" s="4">