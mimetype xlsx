--- v0 (2025-12-08)
+++ v1 (2025-12-13)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="142">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="141">
   <si>
     <t>Výsledky hráčů družstva SK Uhelné sklady B na kuželně Zvon</t>
   </si>
   <si>
     <t>Petr Míchal</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
     <t>15.4.2025</t>
   </si>
   <si>
     <t>20.3.2025</t>
   </si>
   <si>
     <t>18.3.2025</t>
   </si>
   <si>
     <t>4.3.2025</t>
   </si>
   <si>
     <t>20.2.2025</t>
   </si>
   <si>
@@ -266,50 +266,53 @@
   <si>
     <t>7.2.2020</t>
   </si>
   <si>
     <t>13.12.2019</t>
   </si>
   <si>
     <t>18.10.2019</t>
   </si>
   <si>
     <t>4.10.2019</t>
   </si>
   <si>
     <t>15.2.2019</t>
   </si>
   <si>
     <t>5.2.2019</t>
   </si>
   <si>
     <t>1.2.2019</t>
   </si>
   <si>
     <t>Pavel Černý</t>
   </si>
   <si>
+    <t>9.12.2025</t>
+  </si>
+  <si>
     <t>4.12.2025</t>
   </si>
   <si>
     <t>13.11.2025</t>
   </si>
   <si>
     <t>30.10.2025</t>
   </si>
   <si>
     <t>16.10.2025</t>
   </si>
   <si>
     <t>17.4.2025</t>
   </si>
   <si>
     <t>3.4.2025</t>
   </si>
   <si>
     <t>6.3.2025</t>
   </si>
   <si>
     <t>30.1.2025</t>
   </si>
   <si>
     <t>10.12.2024</t>
@@ -338,53 +341,50 @@
   <si>
     <t>28.3.2024</t>
   </si>
   <si>
     <t>14.3.2024</t>
   </si>
   <si>
     <t>18.1.2024</t>
   </si>
   <si>
     <t>4.1.2024</t>
   </si>
   <si>
     <t>28.11.2023</t>
   </si>
   <si>
     <t>21.11.2023</t>
   </si>
   <si>
     <t>7.11.2023</t>
   </si>
   <si>
     <t>10.10.2023</t>
   </si>
   <si>
-    <t>12.9.2023</t>
-[...1 lines deleted...]
-  <si>
     <t>Jiří Mudra</t>
   </si>
   <si>
     <t>28.3.2022</t>
   </si>
   <si>
     <t>11.1.2019</t>
   </si>
   <si>
     <t>19.10.2018</t>
   </si>
   <si>
     <t>21.9.2018</t>
   </si>
   <si>
     <t>10.4.2018</t>
   </si>
   <si>
     <t>27.3.2018</t>
   </si>
   <si>
     <t>13.3.2018</t>
   </si>
   <si>
     <t>13.2.2018</t>
@@ -429,53 +429,50 @@
     <t>Miroslav Míchal</t>
   </si>
   <si>
     <t>26.9.2024</t>
   </si>
   <si>
     <t>8.2.2024</t>
   </si>
   <si>
     <t>16.11.2023</t>
   </si>
   <si>
     <t>2.11.2023</t>
   </si>
   <si>
     <t>6.1.2023</t>
   </si>
   <si>
     <t>20.12.2022</t>
   </si>
   <si>
     <t>11.11.2022</t>
   </si>
   <si>
     <t>30.9.2022</t>
-  </si>
-[...1 lines deleted...]
-    <t>17.12.2021</t>
   </si>
   <si>
     <t>Markéta Rajnochová</t>
   </si>
   <si>
     <t>Adam Rajnoch</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="5">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
@@ -1769,215 +1766,215 @@
       <c r="A15" s="2" t="s">
         <v>83</v>
       </c>
       <c r="B15" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C15" s="6" t="s">
         <v>84</v>
       </c>
       <c r="D15" s="6" t="s">
         <v>85</v>
       </c>
       <c r="E15" s="6" t="s">
         <v>86</v>
       </c>
       <c r="F15" s="6" t="s">
         <v>87</v>
       </c>
       <c r="G15" s="6" t="s">
         <v>88</v>
       </c>
       <c r="H15" s="6" t="s">
         <v>89</v>
       </c>
       <c r="I15" s="6" t="s">
+        <v>90</v>
+      </c>
+      <c r="J15" s="6" t="s">
         <v>4</v>
       </c>
-      <c r="J15" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K15" s="6" t="s">
+        <v>91</v>
+      </c>
+      <c r="L15" s="6" t="s">
         <v>7</v>
-      </c>
-[...1 lines deleted...]
-        <v>91</v>
       </c>
       <c r="M15" s="6" t="s">
         <v>92</v>
       </c>
       <c r="N15" s="6" t="s">
         <v>93</v>
       </c>
       <c r="O15" s="6" t="s">
         <v>94</v>
       </c>
       <c r="P15" s="6" t="s">
         <v>95</v>
       </c>
       <c r="Q15" s="6" t="s">
         <v>96</v>
       </c>
       <c r="R15" s="6" t="s">
         <v>97</v>
       </c>
       <c r="S15" s="6" t="s">
         <v>98</v>
       </c>
       <c r="T15" s="6" t="s">
         <v>99</v>
       </c>
       <c r="U15" s="6" t="s">
         <v>100</v>
       </c>
       <c r="V15" s="6" t="s">
         <v>101</v>
       </c>
       <c r="W15" s="6" t="s">
         <v>102</v>
       </c>
       <c r="X15" s="6" t="s">
         <v>103</v>
       </c>
       <c r="Y15" s="6" t="s">
         <v>104</v>
       </c>
       <c r="Z15" s="6" t="s">
         <v>105</v>
       </c>
       <c r="AA15" s="6" t="s">
         <v>106</v>
       </c>
       <c r="AB15" s="6" t="s">
+        <v>107</v>
+      </c>
+      <c r="AC15" s="6" t="s">
         <v>54</v>
       </c>
-      <c r="AC15" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AD15" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="AE15" s="6" t="s">
         <v>56</v>
       </c>
-      <c r="AE15" s="6" t="s">
+      <c r="AF15" s="6" t="s">
         <v>57</v>
-      </c>
-[...1 lines deleted...]
-        <v>108</v>
       </c>
     </row>
     <row r="16" spans="1:32">
       <c r="B16" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C16" s="4">
+        <v>416</v>
+      </c>
+      <c r="D16" s="4">
         <v>426</v>
       </c>
-      <c r="D16" s="4">
+      <c r="E16" s="4">
         <v>361</v>
       </c>
-      <c r="E16" s="4">
+      <c r="F16" s="4">
         <v>423</v>
       </c>
-      <c r="F16" s="4">
+      <c r="G16" s="4">
         <v>358</v>
       </c>
-      <c r="G16" s="4">
+      <c r="H16" s="4">
         <v>407</v>
       </c>
-      <c r="H16" s="4">
+      <c r="I16" s="4">
         <v>418</v>
       </c>
-      <c r="I16" s="4">
+      <c r="J16" s="4">
         <v>438</v>
       </c>
-      <c r="J16" s="4">
+      <c r="K16" s="4">
         <v>382</v>
       </c>
-      <c r="K16" s="4">
+      <c r="L16" s="4">
         <v>380</v>
       </c>
-      <c r="L16" s="4">
+      <c r="M16" s="4">
         <v>385</v>
       </c>
-      <c r="M16" s="4">
+      <c r="N16" s="4">
         <v>430</v>
       </c>
-      <c r="N16" s="4">
+      <c r="O16" s="4">
         <v>423</v>
       </c>
-      <c r="O16" s="4">
+      <c r="P16" s="4">
         <v>401</v>
       </c>
-      <c r="P16" s="4">
+      <c r="Q16" s="4">
         <v>375</v>
       </c>
-      <c r="Q16" s="4">
+      <c r="R16" s="4">
         <v>354</v>
       </c>
-      <c r="R16" s="4">
+      <c r="S16" s="4">
         <v>432</v>
       </c>
-      <c r="S16" s="4">
+      <c r="T16" s="4">
         <v>414</v>
       </c>
-      <c r="T16" s="4">
+      <c r="U16" s="4">
         <v>392</v>
       </c>
-      <c r="U16" s="4">
+      <c r="V16" s="4">
         <v>420</v>
       </c>
-      <c r="V16" s="4">
+      <c r="W16" s="4">
         <v>423</v>
       </c>
-      <c r="W16" s="4">
+      <c r="X16" s="4">
         <v>382</v>
       </c>
-      <c r="X16" s="4">
+      <c r="Y16" s="4">
         <v>449</v>
       </c>
-      <c r="Y16" s="4">
+      <c r="Z16" s="4">
         <v>396</v>
       </c>
-      <c r="Z16" s="4">
+      <c r="AA16" s="4">
         <v>407</v>
       </c>
-      <c r="AA16" s="4">
+      <c r="AB16" s="4">
         <v>409</v>
       </c>
-      <c r="AB16" s="4">
+      <c r="AC16" s="4">
         <v>387</v>
       </c>
-      <c r="AC16" s="4">
+      <c r="AD16" s="4">
         <v>433</v>
       </c>
-      <c r="AD16" s="4">
+      <c r="AE16" s="4">
         <v>388</v>
       </c>
-      <c r="AE16" s="4">
+      <c r="AF16" s="4">
         <v>429</v>
-      </c>
-[...1 lines deleted...]
-        <v>404</v>
       </c>
     </row>
     <row r="17" spans="1:32">
       <c r="B17" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C17" s="6">
         <v>100</v>
       </c>
       <c r="D17" s="6">
         <v>100</v>
       </c>
       <c r="E17" s="6">
         <v>100</v>
       </c>
       <c r="F17" s="6">
         <v>100</v>
       </c>
       <c r="G17" s="6">
         <v>100</v>
       </c>
       <c r="H17" s="6">
         <v>100</v>
       </c>
       <c r="I17" s="6">
@@ -2291,233 +2288,233 @@
       </c>
       <c r="X21" s="6">
         <v>100</v>
       </c>
       <c r="Y21" s="6">
         <v>100</v>
       </c>
       <c r="Z21" s="6">
         <v>100</v>
       </c>
       <c r="AA21" s="6">
         <v>100</v>
       </c>
       <c r="AB21" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="23" spans="1:32">
       <c r="A23" s="2" t="s">
         <v>130</v>
       </c>
       <c r="B23" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C23" s="6" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="D23" s="6" t="s">
         <v>86</v>
       </c>
       <c r="E23" s="6" t="s">
         <v>87</v>
       </c>
       <c r="F23" s="6" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="G23" s="6" t="s">
         <v>90</v>
       </c>
       <c r="H23" s="6" t="s">
         <v>91</v>
       </c>
       <c r="I23" s="6" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="J23" s="6" t="s">
+        <v>94</v>
+      </c>
+      <c r="K23" s="6" t="s">
         <v>131</v>
-      </c>
-[...1 lines deleted...]
-        <v>96</v>
       </c>
       <c r="L23" s="6" t="s">
         <v>97</v>
       </c>
       <c r="M23" s="6" t="s">
+        <v>98</v>
+      </c>
+      <c r="N23" s="6" t="s">
         <v>132</v>
       </c>
-      <c r="N23" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O23" s="6" t="s">
+        <v>103</v>
+      </c>
+      <c r="P23" s="6" t="s">
         <v>53</v>
       </c>
-      <c r="P23" s="6" t="s">
+      <c r="Q23" s="6" t="s">
         <v>133</v>
       </c>
-      <c r="Q23" s="6" t="s">
+      <c r="R23" s="6" t="s">
         <v>134</v>
       </c>
-      <c r="R23" s="6" t="s">
+      <c r="S23" s="6" t="s">
         <v>55</v>
       </c>
-      <c r="S23" s="6" t="s">
+      <c r="T23" s="6" t="s">
         <v>56</v>
       </c>
-      <c r="T23" s="6" t="s">
+      <c r="U23" s="6" t="s">
         <v>57</v>
       </c>
-      <c r="U23" s="6" t="s">
+      <c r="V23" s="6" t="s">
         <v>58</v>
       </c>
-      <c r="V23" s="6" t="s">
+      <c r="W23" s="6" t="s">
         <v>59</v>
       </c>
-      <c r="W23" s="6" t="s">
+      <c r="X23" s="6" t="s">
         <v>60</v>
       </c>
-      <c r="X23" s="6" t="s">
+      <c r="Y23" s="6" t="s">
         <v>62</v>
       </c>
-      <c r="Y23" s="6" t="s">
+      <c r="Z23" s="6" t="s">
         <v>63</v>
       </c>
-      <c r="Z23" s="6" t="s">
+      <c r="AA23" s="6" t="s">
         <v>135</v>
       </c>
-      <c r="AA23" s="6" t="s">
+      <c r="AB23" s="6" t="s">
         <v>136</v>
       </c>
-      <c r="AB23" s="6" t="s">
+      <c r="AC23" s="6" t="s">
         <v>137</v>
       </c>
-      <c r="AC23" s="6" t="s">
+      <c r="AD23" s="6" t="s">
         <v>138</v>
       </c>
-      <c r="AD23" s="6" t="s">
+      <c r="AE23" s="6" t="s">
         <v>110</v>
       </c>
-      <c r="AE23" s="6" t="s">
+      <c r="AF23" s="6" t="s">
         <v>71</v>
-      </c>
-[...1 lines deleted...]
-        <v>139</v>
       </c>
     </row>
     <row r="24" spans="1:32">
       <c r="B24" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C24" s="4">
+        <v>471</v>
+      </c>
+      <c r="D24" s="4">
         <v>427</v>
       </c>
-      <c r="D24" s="4">
+      <c r="E24" s="4">
         <v>440</v>
       </c>
-      <c r="E24" s="4">
+      <c r="F24" s="4">
         <v>449</v>
       </c>
-      <c r="F24" s="4">
+      <c r="G24" s="4">
         <v>436</v>
       </c>
-      <c r="G24" s="4">
+      <c r="H24" s="4">
         <v>382</v>
       </c>
-      <c r="H24" s="4">
+      <c r="I24" s="4">
         <v>416</v>
       </c>
-      <c r="I24" s="4">
+      <c r="J24" s="4">
         <v>409</v>
       </c>
-      <c r="J24" s="4">
+      <c r="K24" s="4">
         <v>443</v>
       </c>
-      <c r="K24" s="4">
+      <c r="L24" s="4">
         <v>438</v>
       </c>
-      <c r="L24" s="4">
+      <c r="M24" s="4">
         <v>423</v>
-      </c>
-[...1 lines deleted...]
-        <v>444</v>
       </c>
       <c r="N24" s="4">
         <v>444</v>
       </c>
       <c r="O24" s="4">
+        <v>444</v>
+      </c>
+      <c r="P24" s="4">
         <v>474</v>
       </c>
-      <c r="P24" s="4">
+      <c r="Q24" s="4">
         <v>391</v>
       </c>
-      <c r="Q24" s="4">
+      <c r="R24" s="4">
         <v>413</v>
       </c>
-      <c r="R24" s="4">
+      <c r="S24" s="4">
         <v>453</v>
       </c>
-      <c r="S24" s="4">
+      <c r="T24" s="4">
         <v>426</v>
       </c>
-      <c r="T24" s="4">
+      <c r="U24" s="4">
         <v>441</v>
       </c>
-      <c r="U24" s="4">
+      <c r="V24" s="4">
         <v>423</v>
       </c>
-      <c r="V24" s="4">
+      <c r="W24" s="4">
         <v>431</v>
       </c>
-      <c r="W24" s="4">
+      <c r="X24" s="4">
         <v>430</v>
-      </c>
-[...1 lines deleted...]
-        <v>436</v>
       </c>
       <c r="Y24" s="4">
         <v>436</v>
       </c>
       <c r="Z24" s="4">
+        <v>436</v>
+      </c>
+      <c r="AA24" s="4">
         <v>427</v>
       </c>
-      <c r="AA24" s="4">
+      <c r="AB24" s="4">
         <v>436</v>
       </c>
-      <c r="AB24" s="4">
+      <c r="AC24" s="4">
         <v>450</v>
       </c>
-      <c r="AC24" s="4">
+      <c r="AD24" s="4">
         <v>435</v>
       </c>
-      <c r="AD24" s="4">
+      <c r="AE24" s="4">
         <v>408</v>
       </c>
-      <c r="AE24" s="4">
+      <c r="AF24" s="4">
         <v>440</v>
-      </c>
-[...1 lines deleted...]
-        <v>409</v>
       </c>
     </row>
     <row r="25" spans="1:32">
       <c r="B25" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C25" s="6">
         <v>100</v>
       </c>
       <c r="D25" s="6">
         <v>100</v>
       </c>
       <c r="E25" s="6">
         <v>100</v>
       </c>
       <c r="F25" s="6">
         <v>100</v>
       </c>
       <c r="G25" s="6">
         <v>100</v>
       </c>
       <c r="H25" s="6">
         <v>100</v>
       </c>
       <c r="I25" s="6">
@@ -2573,108 +2570,108 @@
       </c>
       <c r="Z25" s="6">
         <v>100</v>
       </c>
       <c r="AA25" s="6">
         <v>100</v>
       </c>
       <c r="AB25" s="6">
         <v>100</v>
       </c>
       <c r="AC25" s="6">
         <v>100</v>
       </c>
       <c r="AD25" s="6">
         <v>100</v>
       </c>
       <c r="AE25" s="6">
         <v>100</v>
       </c>
       <c r="AF25" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="27" spans="1:32">
       <c r="A27" s="2" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="6" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="D27" s="6" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="E27" s="6" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="F27" s="6" t="s">
         <v>4</v>
       </c>
       <c r="G27" s="6" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="H27" s="6" t="s">
         <v>7</v>
       </c>
       <c r="I27" s="6" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="J27" s="6" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="K27" s="6" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="L27" s="6" t="s">
         <v>131</v>
       </c>
       <c r="M27" s="6" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="N27" s="6" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="O27" s="6" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="P27" s="6" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="Q27" s="6" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="R27" s="6" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="S27" s="6" t="s">
         <v>132</v>
       </c>
       <c r="T27" s="6" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="U27" s="6" t="s">
         <v>53</v>
       </c>
       <c r="V27" s="6" t="s">
         <v>133</v>
       </c>
       <c r="W27" s="6" t="s">
         <v>134</v>
       </c>
       <c r="X27" s="6" t="s">
         <v>55</v>
       </c>
       <c r="Y27" s="6" t="s">
         <v>56</v>
       </c>
       <c r="Z27" s="6" t="s">
         <v>58</v>
       </c>
       <c r="AA27" s="6" t="s">
         <v>59</v>
       </c>
       <c r="AB27" s="6" t="s">
         <v>60</v>
       </c>
@@ -2861,239 +2858,239 @@
       </c>
       <c r="Z29" s="6">
         <v>100</v>
       </c>
       <c r="AA29" s="6">
         <v>100</v>
       </c>
       <c r="AB29" s="6">
         <v>100</v>
       </c>
       <c r="AC29" s="6">
         <v>100</v>
       </c>
       <c r="AD29" s="6">
         <v>100</v>
       </c>
       <c r="AE29" s="6">
         <v>100</v>
       </c>
       <c r="AF29" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="31" spans="1:32">
       <c r="A31" s="2" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="6" t="s">
         <v>84</v>
       </c>
       <c r="D31" s="6" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="E31" s="6" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="F31" s="6" t="s">
         <v>89</v>
       </c>
       <c r="G31" s="6" t="s">
+        <v>90</v>
+      </c>
+      <c r="H31" s="6" t="s">
         <v>4</v>
       </c>
-      <c r="H31" s="6" t="s">
+      <c r="I31" s="6" t="s">
         <v>7</v>
-      </c>
-[...1 lines deleted...]
-        <v>92</v>
       </c>
       <c r="J31" s="6" t="s">
         <v>93</v>
       </c>
       <c r="K31" s="6" t="s">
         <v>94</v>
       </c>
       <c r="L31" s="6" t="s">
         <v>95</v>
       </c>
       <c r="M31" s="6" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="N31" s="6" t="s">
         <v>99</v>
       </c>
       <c r="O31" s="6" t="s">
         <v>100</v>
       </c>
       <c r="P31" s="6" t="s">
         <v>101</v>
       </c>
       <c r="Q31" s="6" t="s">
+        <v>102</v>
+      </c>
+      <c r="R31" s="6" t="s">
         <v>132</v>
       </c>
-      <c r="R31" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S31" s="6" t="s">
+        <v>103</v>
+      </c>
+      <c r="T31" s="6" t="s">
         <v>53</v>
       </c>
-      <c r="T31" s="6" t="s">
+      <c r="U31" s="6" t="s">
         <v>133</v>
       </c>
-      <c r="U31" s="6" t="s">
+      <c r="V31" s="6" t="s">
         <v>134</v>
       </c>
-      <c r="V31" s="6" t="s">
+      <c r="W31" s="6" t="s">
         <v>54</v>
       </c>
-      <c r="W31" s="6" t="s">
+      <c r="X31" s="6" t="s">
         <v>56</v>
       </c>
-      <c r="X31" s="6" t="s">
+      <c r="Y31" s="6" t="s">
         <v>58</v>
       </c>
-      <c r="Y31" s="6" t="s">
+      <c r="Z31" s="6" t="s">
         <v>59</v>
       </c>
-      <c r="Z31" s="6" t="s">
+      <c r="AA31" s="6" t="s">
         <v>60</v>
       </c>
-      <c r="AA31" s="6" t="s">
+      <c r="AB31" s="6" t="s">
         <v>61</v>
       </c>
-      <c r="AB31" s="6" t="s">
+      <c r="AC31" s="6" t="s">
         <v>62</v>
       </c>
-      <c r="AC31" s="6" t="s">
+      <c r="AD31" s="6" t="s">
         <v>63</v>
       </c>
-      <c r="AD31" s="6" t="s">
+      <c r="AE31" s="6" t="s">
         <v>64</v>
       </c>
-      <c r="AE31" s="6" t="s">
+      <c r="AF31" s="6" t="s">
         <v>135</v>
-      </c>
-[...1 lines deleted...]
-        <v>136</v>
       </c>
     </row>
     <row r="32" spans="1:32">
       <c r="B32" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C32" s="4">
         <v>397</v>
       </c>
       <c r="D32" s="4">
+        <v>397</v>
+      </c>
+      <c r="E32" s="4">
         <v>430</v>
       </c>
-      <c r="E32" s="4">
+      <c r="F32" s="4">
         <v>394</v>
-      </c>
-[...1 lines deleted...]
-        <v>401</v>
       </c>
       <c r="G32" s="4">
         <v>401</v>
       </c>
       <c r="H32" s="4">
+        <v>401</v>
+      </c>
+      <c r="I32" s="4">
         <v>405</v>
       </c>
-      <c r="I32" s="4">
+      <c r="J32" s="4">
         <v>403</v>
       </c>
-      <c r="J32" s="4">
+      <c r="K32" s="4">
         <v>401</v>
       </c>
-      <c r="K32" s="4">
+      <c r="L32" s="4">
         <v>412</v>
       </c>
-      <c r="L32" s="4">
+      <c r="M32" s="4">
         <v>408</v>
       </c>
-      <c r="M32" s="4">
+      <c r="N32" s="4">
         <v>395</v>
       </c>
-      <c r="N32" s="4">
+      <c r="O32" s="4">
         <v>426</v>
       </c>
-      <c r="O32" s="4">
+      <c r="P32" s="4">
         <v>435</v>
       </c>
-      <c r="P32" s="4">
+      <c r="Q32" s="4">
         <v>395</v>
       </c>
-      <c r="Q32" s="4">
+      <c r="R32" s="4">
         <v>406</v>
       </c>
-      <c r="R32" s="4">
+      <c r="S32" s="4">
         <v>392</v>
       </c>
-      <c r="S32" s="4">
+      <c r="T32" s="4">
         <v>413</v>
       </c>
-      <c r="T32" s="4">
+      <c r="U32" s="4">
         <v>429</v>
       </c>
-      <c r="U32" s="4">
+      <c r="V32" s="4">
         <v>383</v>
       </c>
-      <c r="V32" s="4">
+      <c r="W32" s="4">
         <v>412</v>
       </c>
-      <c r="W32" s="4">
+      <c r="X32" s="4">
         <v>422</v>
       </c>
-      <c r="X32" s="4">
+      <c r="Y32" s="4">
         <v>418</v>
       </c>
-      <c r="Y32" s="4">
+      <c r="Z32" s="4">
         <v>426</v>
       </c>
-      <c r="Z32" s="4">
+      <c r="AA32" s="4">
         <v>367</v>
       </c>
-      <c r="AA32" s="4">
+      <c r="AB32" s="4">
         <v>412</v>
       </c>
-      <c r="AB32" s="4">
+      <c r="AC32" s="4">
         <v>405</v>
       </c>
-      <c r="AC32" s="4">
+      <c r="AD32" s="4">
         <v>406</v>
       </c>
-      <c r="AD32" s="4">
+      <c r="AE32" s="4">
         <v>396</v>
       </c>
-      <c r="AE32" s="4">
+      <c r="AF32" s="4">
         <v>402</v>
-      </c>
-[...1 lines deleted...]
-        <v>414</v>
       </c>
     </row>
     <row r="33" spans="1:32">
       <c r="B33" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C33" s="6">
         <v>100</v>
       </c>
       <c r="D33" s="6">
         <v>100</v>
       </c>
       <c r="E33" s="6">
         <v>100</v>
       </c>
       <c r="F33" s="6">
         <v>100</v>
       </c>
       <c r="G33" s="6">
         <v>100</v>
       </c>
       <c r="H33" s="6">
         <v>100</v>
       </c>
       <c r="I33" s="6">