--- v0 (2025-12-07)
+++ v1 (2025-12-08)
@@ -748,51 +748,51 @@
       </c>
       <c r="M3" s="7" t="s">
         <v>13</v>
       </c>
       <c r="N3" s="7" t="s">
         <v>14</v>
       </c>
       <c r="O3" s="7" t="s">
         <v>15</v>
       </c>
       <c r="P3" s="7" t="s">
         <v>16</v>
       </c>
       <c r="Q3" s="7" t="s">
         <v>17</v>
       </c>
       <c r="R3" s="7" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="4" spans="1:32">
       <c r="B4" s="6" t="s">
         <v>19</v>
       </c>
       <c r="C4" s="4">
-        <v>0</v>
+        <v>541</v>
       </c>
       <c r="D4" s="5">
         <v>393</v>
       </c>
       <c r="E4" s="4">
         <v>500</v>
       </c>
       <c r="F4" s="5">
         <v>406</v>
       </c>
       <c r="G4" s="5">
         <v>429</v>
       </c>
       <c r="H4" s="5">
         <v>448</v>
       </c>
       <c r="I4" s="5">
         <v>424</v>
       </c>
       <c r="J4" s="5">
         <v>457</v>
       </c>
       <c r="K4" s="5">
         <v>437</v>
       </c>
@@ -1240,51 +1240,51 @@
       </c>
       <c r="AA11" s="7" t="s">
         <v>60</v>
       </c>
       <c r="AB11" s="7" t="s">
         <v>41</v>
       </c>
       <c r="AC11" s="7" t="s">
         <v>61</v>
       </c>
       <c r="AD11" s="7" t="s">
         <v>9</v>
       </c>
       <c r="AE11" s="7" t="s">
         <v>62</v>
       </c>
       <c r="AF11" s="7" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="12" spans="1:32">
       <c r="B12" s="6" t="s">
         <v>19</v>
       </c>
       <c r="C12" s="4">
-        <v>0</v>
+        <v>527</v>
       </c>
       <c r="D12" s="5">
         <v>502</v>
       </c>
       <c r="E12" s="4">
         <v>577</v>
       </c>
       <c r="F12" s="4">
         <v>512</v>
       </c>
       <c r="G12" s="5">
         <v>463</v>
       </c>
       <c r="H12" s="5">
         <v>475</v>
       </c>
       <c r="I12" s="4">
         <v>524</v>
       </c>
       <c r="J12" s="5">
         <v>472</v>
       </c>
       <c r="K12" s="4">
         <v>539</v>
       </c>