--- v0 (2025-12-07)
+++ v1 (2025-12-14)
@@ -829,51 +829,51 @@
       </c>
       <c r="AA7" s="5" t="s">
         <v>31</v>
       </c>
       <c r="AB7" s="5" t="s">
         <v>32</v>
       </c>
       <c r="AC7" s="5" t="s">
         <v>33</v>
       </c>
       <c r="AD7" s="5" t="s">
         <v>34</v>
       </c>
       <c r="AE7" s="5" t="s">
         <v>35</v>
       </c>
       <c r="AF7" s="5" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="8" spans="1:32">
       <c r="B8" s="4" t="s">
         <v>4</v>
       </c>
       <c r="C8" s="7">
-        <v>398</v>
+        <v>527</v>
       </c>
       <c r="D8" s="6">
         <v>502</v>
       </c>
       <c r="E8" s="7">
         <v>577</v>
       </c>
       <c r="F8" s="7">
         <v>512</v>
       </c>
       <c r="G8" s="6">
         <v>463</v>
       </c>
       <c r="H8" s="6">
         <v>475</v>
       </c>
       <c r="I8" s="7">
         <v>524</v>
       </c>
       <c r="J8" s="6">
         <v>472</v>
       </c>
       <c r="K8" s="7">
         <v>539</v>
       </c>