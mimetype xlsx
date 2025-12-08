--- v0 (2025-12-07)
+++ v1 (2025-12-08)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="146">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="147">
   <si>
     <t>Výsledky hráčů družstva TJ Jiskra Hylváty A na kuželně Hylváty</t>
   </si>
   <si>
     <t>Kryštof Vavřín</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
     <t>28.3.2025</t>
   </si>
   <si>
     <t>28.2.2025</t>
   </si>
   <si>
     <t>14.2.2025</t>
   </si>
   <si>
     <t>31.1.2025</t>
   </si>
   <si>
     <t>29.11.2024</t>
   </si>
   <si>
@@ -278,50 +278,53 @@
   <si>
     <t>6.10.2024</t>
   </si>
   <si>
     <t>3.10.2024</t>
   </si>
   <si>
     <t>28.3.2024</t>
   </si>
   <si>
     <t>14.3.2024</t>
   </si>
   <si>
     <t>3.3.2024</t>
   </si>
   <si>
     <t>29.2.2024</t>
   </si>
   <si>
     <t>4.2.2024</t>
   </si>
   <si>
     <t>Vojtěch Morávek</t>
   </si>
   <si>
+    <t>7.12.2025</t>
+  </si>
+  <si>
     <t>21.11.2025</t>
   </si>
   <si>
     <t>7.11.2025</t>
   </si>
   <si>
     <t>24.10.2025</t>
   </si>
   <si>
     <t>12.10.2025</t>
   </si>
   <si>
     <t>10.10.2025</t>
   </si>
   <si>
     <t>12.9.2025</t>
   </si>
   <si>
     <t>4.4.2025</t>
   </si>
   <si>
     <t>6.3.2025</t>
   </si>
   <si>
     <t>21.2.2025</t>
@@ -329,69 +332,69 @@
   <si>
     <t>7.2.2025</t>
   </si>
   <si>
     <t>17.1.2025</t>
   </si>
   <si>
     <t>22.11.2024</t>
   </si>
   <si>
     <t>8.11.2024</t>
   </si>
   <si>
     <t>11.10.2024</t>
   </si>
   <si>
     <t>27.9.2024</t>
   </si>
   <si>
     <t>22.3.2024</t>
   </si>
   <si>
     <t>8.3.2024</t>
   </si>
   <si>
+    <t>Jana Poláková</t>
+  </si>
+  <si>
+    <t>7.10.2020</t>
+  </si>
+  <si>
+    <t>23.9.2020</t>
+  </si>
+  <si>
+    <t>10.11.2019</t>
+  </si>
+  <si>
+    <t>Anthony Šípek</t>
+  </si>
+  <si>
+    <t>25.10.2024</t>
+  </si>
+  <si>
     <t>23.2.2024</t>
-  </si>
-[...16 lines deleted...]
-    <t>25.10.2024</t>
   </si>
   <si>
     <t>Tereza Vacková</t>
   </si>
   <si>
     <t>19.11.2023</t>
   </si>
   <si>
     <t>20.1.2023</t>
   </si>
   <si>
     <t>12.11.2021</t>
   </si>
   <si>
     <t>Jan Žemlička</t>
   </si>
   <si>
     <t>3.4.2022</t>
   </si>
   <si>
     <t>20.3.2022</t>
   </si>
   <si>
     <t>27.2.2022</t>
   </si>
@@ -1724,325 +1727,325 @@
       </c>
       <c r="AC13" s="6">
         <v>100</v>
       </c>
       <c r="AD13" s="7">
         <v>120</v>
       </c>
       <c r="AE13" s="6">
         <v>100</v>
       </c>
       <c r="AF13" s="7">
         <v>120</v>
       </c>
     </row>
     <row r="15" spans="1:32">
       <c r="A15" s="2" t="s">
         <v>87</v>
       </c>
       <c r="B15" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C15" s="6" t="s">
         <v>88</v>
       </c>
       <c r="D15" s="6" t="s">
+        <v>89</v>
+      </c>
+      <c r="E15" s="6" t="s">
         <v>61</v>
       </c>
-      <c r="E15" s="6" t="s">
+      <c r="F15" s="6" t="s">
         <v>63</v>
-      </c>
-[...1 lines deleted...]
-        <v>89</v>
       </c>
       <c r="G15" s="6" t="s">
         <v>90</v>
       </c>
       <c r="H15" s="6" t="s">
         <v>91</v>
       </c>
       <c r="I15" s="6" t="s">
         <v>92</v>
       </c>
       <c r="J15" s="6" t="s">
+        <v>93</v>
+      </c>
+      <c r="K15" s="6" t="s">
         <v>67</v>
-      </c>
-[...1 lines deleted...]
-        <v>93</v>
       </c>
       <c r="L15" s="6" t="s">
         <v>94</v>
       </c>
       <c r="M15" s="6" t="s">
+        <v>95</v>
+      </c>
+      <c r="N15" s="6" t="s">
         <v>69</v>
       </c>
-      <c r="N15" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O15" s="6" t="s">
+        <v>96</v>
+      </c>
+      <c r="P15" s="6" t="s">
         <v>72</v>
-      </c>
-[...1 lines deleted...]
-        <v>96</v>
       </c>
       <c r="Q15" s="6" t="s">
         <v>97</v>
       </c>
       <c r="R15" s="6" t="s">
         <v>98</v>
       </c>
       <c r="S15" s="6" t="s">
+        <v>99</v>
+      </c>
+      <c r="T15" s="6" t="s">
         <v>74</v>
       </c>
-      <c r="T15" s="6" t="s">
+      <c r="U15" s="6" t="s">
         <v>75</v>
       </c>
-      <c r="U15" s="6" t="s">
+      <c r="V15" s="6" t="s">
         <v>76</v>
       </c>
-      <c r="V15" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="W15" s="6" t="s">
         <v>100</v>
       </c>
       <c r="X15" s="6" t="s">
+        <v>101</v>
+      </c>
+      <c r="Y15" s="6" t="s">
         <v>77</v>
       </c>
-      <c r="Y15" s="6" t="s">
+      <c r="Z15" s="6" t="s">
         <v>79</v>
       </c>
-      <c r="Z15" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AA15" s="6" t="s">
+        <v>102</v>
+      </c>
+      <c r="AB15" s="6" t="s">
         <v>80</v>
-      </c>
-[...1 lines deleted...]
-        <v>102</v>
       </c>
       <c r="AC15" s="6" t="s">
         <v>103</v>
       </c>
       <c r="AD15" s="6" t="s">
         <v>104</v>
       </c>
       <c r="AE15" s="6" t="s">
+        <v>105</v>
+      </c>
+      <c r="AF15" s="6" t="s">
         <v>84</v>
-      </c>
-[...1 lines deleted...]
-        <v>105</v>
       </c>
     </row>
     <row r="16" spans="1:32">
       <c r="B16" s="5" t="s">
         <v>33</v>
       </c>
-      <c r="C16" s="4">
+      <c r="C16" s="7">
+        <v>527</v>
+      </c>
+      <c r="D16" s="4">
         <v>502</v>
       </c>
-      <c r="D16" s="7">
+      <c r="E16" s="7">
         <v>577</v>
       </c>
-      <c r="E16" s="7">
+      <c r="F16" s="7">
         <v>512</v>
       </c>
-      <c r="F16" s="4">
+      <c r="G16" s="4">
         <v>463</v>
       </c>
-      <c r="G16" s="4">
+      <c r="H16" s="4">
         <v>475</v>
       </c>
-      <c r="H16" s="7">
+      <c r="I16" s="7">
         <v>524</v>
       </c>
-      <c r="I16" s="4">
+      <c r="J16" s="4">
         <v>472</v>
       </c>
-      <c r="J16" s="7">
+      <c r="K16" s="7">
         <v>539</v>
       </c>
-      <c r="K16" s="4">
+      <c r="L16" s="4">
         <v>467</v>
       </c>
-      <c r="L16" s="4">
+      <c r="M16" s="4">
         <v>462</v>
       </c>
-      <c r="M16" s="4">
+      <c r="N16" s="4">
         <v>460</v>
       </c>
-      <c r="N16" s="4">
+      <c r="O16" s="4">
         <v>473</v>
       </c>
-      <c r="O16" s="7">
+      <c r="P16" s="7">
         <v>514</v>
       </c>
-      <c r="P16" s="4">
+      <c r="Q16" s="4">
         <v>462</v>
       </c>
-      <c r="Q16" s="4">
+      <c r="R16" s="4">
         <v>386</v>
       </c>
-      <c r="R16" s="4">
+      <c r="S16" s="4">
         <v>385</v>
       </c>
-      <c r="S16" s="7">
+      <c r="T16" s="7">
         <v>569</v>
       </c>
-      <c r="T16" s="7">
+      <c r="U16" s="7">
         <v>545</v>
       </c>
-      <c r="U16" s="7">
+      <c r="V16" s="7">
         <v>564</v>
       </c>
-      <c r="V16" s="4">
+      <c r="W16" s="4">
         <v>481</v>
       </c>
-      <c r="W16" s="4">
+      <c r="X16" s="4">
         <v>467</v>
       </c>
-      <c r="X16" s="7">
+      <c r="Y16" s="7">
         <v>561</v>
       </c>
-      <c r="Y16" s="7">
+      <c r="Z16" s="7">
         <v>533</v>
       </c>
-      <c r="Z16" s="4">
+      <c r="AA16" s="4">
         <v>427</v>
       </c>
-      <c r="AA16" s="7">
+      <c r="AB16" s="7">
         <v>532</v>
       </c>
-      <c r="AB16" s="4">
+      <c r="AC16" s="4">
         <v>477</v>
       </c>
-      <c r="AC16" s="4">
+      <c r="AD16" s="4">
         <v>467</v>
       </c>
-      <c r="AD16" s="4">
+      <c r="AE16" s="4">
         <v>430</v>
       </c>
-      <c r="AE16" s="7">
+      <c r="AF16" s="7">
         <v>532</v>
-      </c>
-[...1 lines deleted...]
-        <v>477</v>
       </c>
     </row>
     <row r="17" spans="1:32">
       <c r="B17" s="5" t="s">
         <v>34</v>
       </c>
-      <c r="C17" s="6">
-[...3 lines deleted...]
-        <v>120</v>
+      <c r="C17" s="7">
+        <v>120</v>
+      </c>
+      <c r="D17" s="6">
+        <v>100</v>
       </c>
       <c r="E17" s="7">
         <v>120</v>
       </c>
-      <c r="F17" s="6">
-        <v>100</v>
+      <c r="F17" s="7">
+        <v>120</v>
       </c>
       <c r="G17" s="6">
         <v>100</v>
       </c>
-      <c r="H17" s="7">
-[...9 lines deleted...]
-        <v>100</v>
+      <c r="H17" s="6">
+        <v>100</v>
+      </c>
+      <c r="I17" s="7">
+        <v>120</v>
+      </c>
+      <c r="J17" s="6">
+        <v>100</v>
+      </c>
+      <c r="K17" s="7">
+        <v>120</v>
       </c>
       <c r="L17" s="6">
         <v>100</v>
       </c>
       <c r="M17" s="6">
         <v>100</v>
       </c>
       <c r="N17" s="6">
         <v>100</v>
       </c>
-      <c r="O17" s="7">
-[...3 lines deleted...]
-        <v>100</v>
+      <c r="O17" s="6">
+        <v>100</v>
+      </c>
+      <c r="P17" s="7">
+        <v>120</v>
       </c>
       <c r="Q17" s="6">
         <v>100</v>
       </c>
       <c r="R17" s="6">
         <v>100</v>
       </c>
-      <c r="S17" s="7">
-        <v>120</v>
+      <c r="S17" s="6">
+        <v>100</v>
       </c>
       <c r="T17" s="7">
         <v>120</v>
       </c>
       <c r="U17" s="7">
         <v>120</v>
       </c>
-      <c r="V17" s="6">
-        <v>100</v>
+      <c r="V17" s="7">
+        <v>120</v>
       </c>
       <c r="W17" s="6">
         <v>100</v>
       </c>
-      <c r="X17" s="7">
-        <v>120</v>
+      <c r="X17" s="6">
+        <v>100</v>
       </c>
       <c r="Y17" s="7">
         <v>120</v>
       </c>
-      <c r="Z17" s="6">
-[...6 lines deleted...]
-        <v>100</v>
+      <c r="Z17" s="7">
+        <v>120</v>
+      </c>
+      <c r="AA17" s="6">
+        <v>100</v>
+      </c>
+      <c r="AB17" s="7">
+        <v>120</v>
       </c>
       <c r="AC17" s="6">
         <v>100</v>
       </c>
       <c r="AD17" s="6">
         <v>100</v>
       </c>
-      <c r="AE17" s="7">
-[...3 lines deleted...]
-        <v>100</v>
+      <c r="AE17" s="6">
+        <v>100</v>
+      </c>
+      <c r="AF17" s="7">
+        <v>120</v>
       </c>
     </row>
     <row r="19" spans="1:32">
       <c r="A19" s="2" t="s">
         <v>106</v>
       </c>
       <c r="B19" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C19" s="6" t="s">
         <v>107</v>
       </c>
       <c r="D19" s="6" t="s">
         <v>108</v>
       </c>
       <c r="E19" s="6" t="s">
         <v>49</v>
       </c>
       <c r="F19" s="6" t="s">
         <v>50</v>
       </c>
       <c r="G19" s="6" t="s">
         <v>109</v>
       </c>
       <c r="H19" s="6" t="s">
@@ -2099,120 +2102,120 @@
       <c r="A23" s="2" t="s">
         <v>110</v>
       </c>
       <c r="B23" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C23" s="6" t="s">
         <v>60</v>
       </c>
       <c r="D23" s="6" t="s">
         <v>61</v>
       </c>
       <c r="E23" s="6" t="s">
         <v>62</v>
       </c>
       <c r="F23" s="6" t="s">
         <v>63</v>
       </c>
       <c r="G23" s="6" t="s">
         <v>64</v>
       </c>
       <c r="H23" s="6" t="s">
         <v>65</v>
       </c>
       <c r="I23" s="6" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="J23" s="6" t="s">
         <v>66</v>
       </c>
       <c r="K23" s="6" t="s">
         <v>67</v>
       </c>
       <c r="L23" s="6" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="M23" s="6" t="s">
         <v>69</v>
       </c>
       <c r="N23" s="6" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="O23" s="6" t="s">
         <v>72</v>
       </c>
       <c r="P23" s="6" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="Q23" s="6" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="R23" s="6" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="S23" s="6" t="s">
         <v>74</v>
       </c>
       <c r="T23" s="6" t="s">
         <v>75</v>
       </c>
       <c r="U23" s="6" t="s">
         <v>76</v>
       </c>
       <c r="V23" s="6" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="W23" s="6" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="X23" s="6" t="s">
         <v>77</v>
       </c>
       <c r="Y23" s="6" t="s">
         <v>111</v>
       </c>
       <c r="Z23" s="6" t="s">
         <v>79</v>
       </c>
       <c r="AA23" s="6" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="AB23" s="6" t="s">
         <v>80</v>
       </c>
       <c r="AC23" s="6" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="AD23" s="6" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="AE23" s="6" t="s">
         <v>84</v>
       </c>
       <c r="AF23" s="6" t="s">
-        <v>105</v>
+        <v>112</v>
       </c>
     </row>
     <row r="24" spans="1:32">
       <c r="B24" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C24" s="4">
         <v>418</v>
       </c>
       <c r="D24" s="7">
         <v>525</v>
       </c>
       <c r="E24" s="4">
         <v>449</v>
       </c>
       <c r="F24" s="7">
         <v>541</v>
       </c>
       <c r="G24" s="4">
         <v>428</v>
       </c>
       <c r="H24" s="4">
         <v>426</v>
       </c>
       <c r="I24" s="7">
@@ -2363,72 +2366,72 @@
       </c>
       <c r="Z25" s="7">
         <v>120</v>
       </c>
       <c r="AA25" s="6">
         <v>100</v>
       </c>
       <c r="AB25" s="7">
         <v>120</v>
       </c>
       <c r="AC25" s="6">
         <v>100</v>
       </c>
       <c r="AD25" s="6">
         <v>100</v>
       </c>
       <c r="AE25" s="7">
         <v>120</v>
       </c>
       <c r="AF25" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="27" spans="1:32">
       <c r="A27" s="2" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="6" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="D27" s="6" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="E27" s="6" t="s">
         <v>27</v>
       </c>
       <c r="F27" s="6" t="s">
         <v>32</v>
       </c>
       <c r="G27" s="6" t="s">
         <v>44</v>
       </c>
       <c r="H27" s="6" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="I27" s="6" t="s">
         <v>52</v>
       </c>
       <c r="J27" s="6" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="28" spans="1:32">
       <c r="B28" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C28" s="4">
         <v>366</v>
       </c>
       <c r="D28" s="4">
         <v>307</v>
       </c>
       <c r="E28" s="4">
         <v>315</v>
       </c>
       <c r="F28" s="4">
         <v>324</v>
       </c>
       <c r="G28" s="4">
@@ -2453,108 +2456,108 @@
       </c>
       <c r="D29" s="6">
         <v>100</v>
       </c>
       <c r="E29" s="6">
         <v>100</v>
       </c>
       <c r="F29" s="6">
         <v>100</v>
       </c>
       <c r="G29" s="6">
         <v>100</v>
       </c>
       <c r="H29" s="6">
         <v>100</v>
       </c>
       <c r="I29" s="7">
         <v>120</v>
       </c>
       <c r="J29" s="7">
         <v>120</v>
       </c>
     </row>
     <row r="31" spans="1:32">
       <c r="A31" s="2" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="6" t="s">
         <v>24</v>
       </c>
       <c r="D31" s="6" t="s">
         <v>29</v>
       </c>
       <c r="E31" s="6" t="s">
         <v>31</v>
       </c>
       <c r="F31" s="6" t="s">
         <v>37</v>
       </c>
       <c r="G31" s="6" t="s">
         <v>32</v>
       </c>
       <c r="H31" s="6" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="I31" s="6" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="J31" s="6" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="K31" s="6" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="L31" s="6" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="M31" s="6" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="N31" s="6" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="O31" s="6" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="P31" s="6" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="Q31" s="6" t="s">
         <v>48</v>
       </c>
       <c r="R31" s="6" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="S31" s="6" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="T31" s="6" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
     </row>
     <row r="32" spans="1:32">
       <c r="B32" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C32" s="4">
         <v>316</v>
       </c>
       <c r="D32" s="4">
         <v>314</v>
       </c>
       <c r="E32" s="4">
         <v>352</v>
       </c>
       <c r="F32" s="4">
         <v>328</v>
       </c>
       <c r="G32" s="4">
         <v>380</v>
       </c>
       <c r="H32" s="4">
         <v>369</v>
       </c>
       <c r="I32" s="4">
@@ -2633,466 +2636,475 @@
       </c>
       <c r="N33" s="6">
         <v>100</v>
       </c>
       <c r="O33" s="6">
         <v>100</v>
       </c>
       <c r="P33" s="6">
         <v>100</v>
       </c>
       <c r="Q33" s="6">
         <v>100</v>
       </c>
       <c r="R33" s="6">
         <v>100</v>
       </c>
       <c r="S33" s="7">
         <v>120</v>
       </c>
       <c r="T33" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="35" spans="1:32">
       <c r="A35" s="2" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C35" s="6" t="s">
-        <v>130</v>
+        <v>88</v>
       </c>
       <c r="D35" s="6" t="s">
         <v>131</v>
       </c>
       <c r="E35" s="6" t="s">
         <v>132</v>
       </c>
       <c r="F35" s="6" t="s">
-        <v>91</v>
+        <v>133</v>
       </c>
       <c r="G35" s="6" t="s">
-        <v>133</v>
+        <v>92</v>
       </c>
       <c r="H35" s="6" t="s">
         <v>134</v>
       </c>
       <c r="I35" s="6" t="s">
         <v>135</v>
       </c>
       <c r="J35" s="6" t="s">
+        <v>136</v>
+      </c>
+      <c r="K35" s="6" t="s">
         <v>74</v>
       </c>
-      <c r="K35" s="6" t="s">
+      <c r="L35" s="6" t="s">
         <v>75</v>
       </c>
-      <c r="L35" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M35" s="6" t="s">
+        <v>137</v>
+      </c>
+      <c r="N35" s="6" t="s">
         <v>77</v>
-      </c>
-[...1 lines deleted...]
-        <v>137</v>
       </c>
       <c r="O35" s="6" t="s">
         <v>138</v>
       </c>
       <c r="P35" s="6" t="s">
         <v>139</v>
       </c>
       <c r="Q35" s="6" t="s">
-        <v>113</v>
+        <v>140</v>
       </c>
       <c r="R35" s="6" t="s">
-        <v>140</v>
+        <v>114</v>
+      </c>
+      <c r="S35" s="6" t="s">
+        <v>141</v>
       </c>
     </row>
     <row r="36" spans="1:32">
       <c r="B36" s="5" t="s">
         <v>33</v>
       </c>
-      <c r="C36" s="4">
+      <c r="C36" s="7">
+        <v>497</v>
+      </c>
+      <c r="D36" s="4">
         <v>383</v>
       </c>
-      <c r="D36" s="4">
+      <c r="E36" s="4">
         <v>389</v>
       </c>
-      <c r="E36" s="4">
+      <c r="F36" s="4">
         <v>404</v>
       </c>
-      <c r="F36" s="7">
+      <c r="G36" s="7">
         <v>528</v>
       </c>
-      <c r="G36" s="4">
+      <c r="H36" s="4">
         <v>378</v>
       </c>
-      <c r="H36" s="4">
+      <c r="I36" s="4">
         <v>388</v>
       </c>
-      <c r="I36" s="4">
+      <c r="J36" s="4">
         <v>392</v>
       </c>
-      <c r="J36" s="7">
+      <c r="K36" s="7">
         <v>453</v>
       </c>
-      <c r="K36" s="7">
+      <c r="L36" s="7">
         <v>443</v>
       </c>
-      <c r="L36" s="4">
+      <c r="M36" s="4">
         <v>410</v>
       </c>
-      <c r="M36" s="7">
+      <c r="N36" s="7">
         <v>432</v>
       </c>
-      <c r="N36" s="4">
+      <c r="O36" s="4">
         <v>377</v>
       </c>
-      <c r="O36" s="4">
+      <c r="P36" s="4">
         <v>393</v>
       </c>
-      <c r="P36" s="4">
+      <c r="Q36" s="4">
         <v>367</v>
       </c>
-      <c r="Q36" s="4">
+      <c r="R36" s="4">
         <v>313</v>
       </c>
-      <c r="R36" s="4">
+      <c r="S36" s="4">
         <v>341</v>
       </c>
     </row>
     <row r="37" spans="1:32">
       <c r="B37" s="5" t="s">
         <v>34</v>
       </c>
-      <c r="C37" s="6">
-        <v>100</v>
+      <c r="C37" s="7">
+        <v>120</v>
       </c>
       <c r="D37" s="6">
         <v>100</v>
       </c>
       <c r="E37" s="6">
         <v>100</v>
       </c>
-      <c r="F37" s="7">
-[...3 lines deleted...]
-        <v>100</v>
+      <c r="F37" s="6">
+        <v>100</v>
+      </c>
+      <c r="G37" s="7">
+        <v>120</v>
       </c>
       <c r="H37" s="6">
         <v>100</v>
       </c>
       <c r="I37" s="6">
         <v>100</v>
       </c>
-      <c r="J37" s="7">
-        <v>120</v>
+      <c r="J37" s="6">
+        <v>100</v>
       </c>
       <c r="K37" s="7">
         <v>120</v>
       </c>
-      <c r="L37" s="6">
-[...6 lines deleted...]
-        <v>100</v>
+      <c r="L37" s="7">
+        <v>120</v>
+      </c>
+      <c r="M37" s="6">
+        <v>100</v>
+      </c>
+      <c r="N37" s="7">
+        <v>120</v>
       </c>
       <c r="O37" s="6">
         <v>100</v>
       </c>
       <c r="P37" s="6">
         <v>100</v>
       </c>
       <c r="Q37" s="6">
         <v>100</v>
       </c>
       <c r="R37" s="6">
+        <v>100</v>
+      </c>
+      <c r="S37" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="39" spans="1:32">
       <c r="A39" s="2" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="B39" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C39" s="6" t="s">
+        <v>88</v>
+      </c>
+      <c r="D39" s="6" t="s">
         <v>60</v>
       </c>
-      <c r="D39" s="6" t="s">
+      <c r="E39" s="6" t="s">
         <v>61</v>
       </c>
-      <c r="E39" s="6" t="s">
+      <c r="F39" s="6" t="s">
         <v>62</v>
       </c>
-      <c r="F39" s="6" t="s">
+      <c r="G39" s="6" t="s">
         <v>65</v>
       </c>
-      <c r="G39" s="6" t="s">
+      <c r="H39" s="6" t="s">
         <v>66</v>
       </c>
-      <c r="H39" s="6" t="s">
+      <c r="I39" s="6" t="s">
         <v>67</v>
       </c>
-      <c r="I39" s="6" t="s">
+      <c r="J39" s="6" t="s">
         <v>3</v>
       </c>
-      <c r="J39" s="6" t="s">
+      <c r="K39" s="6" t="s">
         <v>68</v>
       </c>
-      <c r="K39" s="6" t="s">
+      <c r="L39" s="6" t="s">
         <v>70</v>
       </c>
-      <c r="L39" s="6" t="s">
+      <c r="M39" s="6" t="s">
         <v>71</v>
       </c>
-      <c r="M39" s="6" t="s">
+      <c r="N39" s="6" t="s">
         <v>72</v>
       </c>
-      <c r="N39" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O39" s="6" t="s">
+        <v>97</v>
+      </c>
+      <c r="P39" s="6" t="s">
         <v>73</v>
       </c>
-      <c r="P39" s="6" t="s">
+      <c r="Q39" s="6" t="s">
         <v>76</v>
-      </c>
-[...1 lines deleted...]
-        <v>142</v>
       </c>
       <c r="R39" s="6" t="s">
         <v>143</v>
       </c>
       <c r="S39" s="6" t="s">
+        <v>144</v>
+      </c>
+      <c r="T39" s="6" t="s">
         <v>78</v>
       </c>
-      <c r="T39" s="6" t="s">
+      <c r="U39" s="6" t="s">
         <v>79</v>
       </c>
-      <c r="U39" s="6" t="s">
+      <c r="V39" s="6" t="s">
         <v>80</v>
       </c>
-      <c r="V39" s="6" t="s">
+      <c r="W39" s="6" t="s">
         <v>81</v>
       </c>
-      <c r="W39" s="6" t="s">
+      <c r="X39" s="6" t="s">
         <v>82</v>
       </c>
-      <c r="X39" s="6" t="s">
+      <c r="Y39" s="6" t="s">
         <v>12</v>
       </c>
-      <c r="Y39" s="6" t="s">
+      <c r="Z39" s="6" t="s">
         <v>83</v>
       </c>
-      <c r="Z39" s="6" t="s">
+      <c r="AA39" s="6" t="s">
         <v>85</v>
       </c>
-      <c r="AA39" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AB39" s="6" t="s">
-        <v>144</v>
+        <v>138</v>
       </c>
       <c r="AC39" s="6" t="s">
-        <v>138</v>
+        <v>145</v>
       </c>
       <c r="AD39" s="6" t="s">
-        <v>145</v>
+        <v>139</v>
       </c>
       <c r="AE39" s="6" t="s">
-        <v>139</v>
+        <v>146</v>
       </c>
       <c r="AF39" s="6" t="s">
-        <v>113</v>
+        <v>140</v>
       </c>
     </row>
     <row r="40" spans="1:32">
       <c r="B40" s="5" t="s">
         <v>33</v>
       </c>
-      <c r="C40" s="4">
+      <c r="C40" s="7">
+        <v>486</v>
+      </c>
+      <c r="D40" s="4">
         <v>410</v>
       </c>
-      <c r="D40" s="7">
+      <c r="E40" s="7">
         <v>462</v>
       </c>
-      <c r="E40" s="4">
+      <c r="F40" s="4">
         <v>419</v>
       </c>
-      <c r="F40" s="4">
+      <c r="G40" s="4">
         <v>376</v>
       </c>
-      <c r="G40" s="4">
+      <c r="H40" s="4">
         <v>421</v>
       </c>
-      <c r="H40" s="7">
+      <c r="I40" s="7">
         <v>517</v>
       </c>
-      <c r="I40" s="4">
+      <c r="J40" s="4">
         <v>387</v>
-      </c>
-[...1 lines deleted...]
-        <v>406</v>
       </c>
       <c r="K40" s="4">
         <v>406</v>
       </c>
       <c r="L40" s="4">
         <v>406</v>
       </c>
-      <c r="M40" s="7">
+      <c r="M40" s="4">
+        <v>406</v>
+      </c>
+      <c r="N40" s="7">
         <v>479</v>
       </c>
-      <c r="N40" s="4">
+      <c r="O40" s="4">
         <v>351</v>
       </c>
-      <c r="O40" s="4">
+      <c r="P40" s="4">
         <v>425</v>
       </c>
-      <c r="P40" s="7">
+      <c r="Q40" s="7">
         <v>532</v>
       </c>
-      <c r="Q40" s="4">
+      <c r="R40" s="4">
         <v>364</v>
       </c>
-      <c r="R40" s="4">
+      <c r="S40" s="4">
         <v>411</v>
       </c>
-      <c r="S40" s="4">
+      <c r="T40" s="4">
         <v>377</v>
       </c>
-      <c r="T40" s="7">
+      <c r="U40" s="7">
         <v>514</v>
       </c>
-      <c r="U40" s="7">
+      <c r="V40" s="7">
         <v>521</v>
       </c>
-      <c r="V40" s="4">
+      <c r="W40" s="4">
         <v>445</v>
       </c>
-      <c r="W40" s="4">
+      <c r="X40" s="4">
         <v>436</v>
       </c>
-      <c r="X40" s="4">
+      <c r="Y40" s="4">
         <v>355</v>
       </c>
-      <c r="Y40" s="4">
+      <c r="Z40" s="4">
         <v>345</v>
       </c>
-      <c r="Z40" s="4">
+      <c r="AA40" s="4">
         <v>413</v>
       </c>
-      <c r="AA40" s="4">
+      <c r="AB40" s="4">
         <v>378</v>
       </c>
-      <c r="AB40" s="4">
+      <c r="AC40" s="4">
         <v>370</v>
       </c>
-      <c r="AC40" s="4">
+      <c r="AD40" s="4">
         <v>409</v>
       </c>
-      <c r="AD40" s="4">
+      <c r="AE40" s="4">
         <v>386</v>
       </c>
-      <c r="AE40" s="4">
+      <c r="AF40" s="4">
         <v>411</v>
-      </c>
-[...1 lines deleted...]
-        <v>396</v>
       </c>
     </row>
     <row r="41" spans="1:32">
       <c r="B41" s="5" t="s">
         <v>34</v>
       </c>
-      <c r="C41" s="6">
-[...6 lines deleted...]
-        <v>100</v>
+      <c r="C41" s="7">
+        <v>120</v>
+      </c>
+      <c r="D41" s="6">
+        <v>100</v>
+      </c>
+      <c r="E41" s="7">
+        <v>120</v>
       </c>
       <c r="F41" s="6">
         <v>100</v>
       </c>
       <c r="G41" s="6">
         <v>100</v>
       </c>
-      <c r="H41" s="7">
-[...3 lines deleted...]
-        <v>100</v>
+      <c r="H41" s="6">
+        <v>100</v>
+      </c>
+      <c r="I41" s="7">
+        <v>120</v>
       </c>
       <c r="J41" s="6">
         <v>100</v>
       </c>
       <c r="K41" s="6">
         <v>100</v>
       </c>
       <c r="L41" s="6">
         <v>100</v>
       </c>
-      <c r="M41" s="7">
-[...3 lines deleted...]
-        <v>100</v>
+      <c r="M41" s="6">
+        <v>100</v>
+      </c>
+      <c r="N41" s="7">
+        <v>120</v>
       </c>
       <c r="O41" s="6">
         <v>100</v>
       </c>
-      <c r="P41" s="7">
-[...3 lines deleted...]
-        <v>100</v>
+      <c r="P41" s="6">
+        <v>100</v>
+      </c>
+      <c r="Q41" s="7">
+        <v>120</v>
       </c>
       <c r="R41" s="6">
         <v>100</v>
       </c>
       <c r="S41" s="6">
         <v>100</v>
       </c>
-      <c r="T41" s="7">
-        <v>120</v>
+      <c r="T41" s="6">
+        <v>100</v>
       </c>
       <c r="U41" s="7">
         <v>120</v>
       </c>
-      <c r="V41" s="6">
-        <v>100</v>
+      <c r="V41" s="7">
+        <v>120</v>
       </c>
       <c r="W41" s="6">
         <v>100</v>
       </c>
       <c r="X41" s="6">
         <v>100</v>
       </c>
       <c r="Y41" s="6">
         <v>100</v>
       </c>
       <c r="Z41" s="6">
         <v>100</v>
       </c>
       <c r="AA41" s="6">
         <v>100</v>
       </c>
       <c r="AB41" s="6">
         <v>100</v>
       </c>
       <c r="AC41" s="6">
         <v>100</v>
       </c>
       <c r="AD41" s="6">
         <v>100</v>
       </c>