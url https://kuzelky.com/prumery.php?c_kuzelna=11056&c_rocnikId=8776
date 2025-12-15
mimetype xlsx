--- v0 (2025-12-07)
+++ v1 (2025-12-15)
@@ -3796,51 +3796,51 @@
       </c>
       <c r="I47" s="6" t="s">
         <v>104</v>
       </c>
       <c r="J47" s="6" t="s">
         <v>105</v>
       </c>
       <c r="K47" s="6" t="s">
         <v>106</v>
       </c>
       <c r="L47" s="6" t="s">
         <v>107</v>
       </c>
       <c r="M47" s="6" t="s">
         <v>112</v>
       </c>
       <c r="N47" s="6" t="s">
         <v>108</v>
       </c>
     </row>
     <row r="48" spans="1:32">
       <c r="B48" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C48" s="7">
-        <v>237</v>
+        <v>492</v>
       </c>
       <c r="D48" s="4">
         <v>424</v>
       </c>
       <c r="E48" s="7">
         <v>497</v>
       </c>
       <c r="F48" s="7">
         <v>505</v>
       </c>
       <c r="G48" s="7">
         <v>425</v>
       </c>
       <c r="H48" s="7">
         <v>466</v>
       </c>
       <c r="I48" s="4">
         <v>316</v>
       </c>
       <c r="J48" s="4">
         <v>298</v>
       </c>
       <c r="K48" s="4">
         <v>285</v>
       </c>
@@ -4231,51 +4231,51 @@
       </c>
       <c r="J59" s="6" t="s">
         <v>123</v>
       </c>
       <c r="K59" s="6" t="s">
         <v>7</v>
       </c>
       <c r="L59" s="6" t="s">
         <v>124</v>
       </c>
       <c r="M59" s="6" t="s">
         <v>50</v>
       </c>
       <c r="N59" s="6" t="s">
         <v>51</v>
       </c>
       <c r="O59" s="6" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="60" spans="1:32">
       <c r="B60" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C60" s="7">
-        <v>0</v>
+        <v>440</v>
       </c>
       <c r="D60" s="4">
         <v>388</v>
       </c>
       <c r="E60" s="4">
         <v>438</v>
       </c>
       <c r="F60" s="7">
         <v>543</v>
       </c>
       <c r="G60" s="4">
         <v>380</v>
       </c>
       <c r="H60" s="7">
         <v>518</v>
       </c>
       <c r="I60" s="4">
         <v>389</v>
       </c>
       <c r="J60" s="7">
         <v>504</v>
       </c>
       <c r="K60" s="4">
         <v>411</v>
       </c>