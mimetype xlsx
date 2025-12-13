--- v0 (2025-12-05)
+++ v1 (2025-12-13)
@@ -122,50 +122,53 @@
   <si>
     <t>4.2.2023</t>
   </si>
   <si>
     <t>10.12.2022</t>
   </si>
   <si>
     <t>26.11.2022</t>
   </si>
   <si>
     <t>19.11.2022</t>
   </si>
   <si>
     <t>5.11.2022</t>
   </si>
   <si>
     <t>Výkon:</t>
   </si>
   <si>
     <t>Počet hodů:</t>
   </si>
   <si>
     <t>Vladimír Šána</t>
   </si>
   <si>
+    <t>6.12.2025</t>
+  </si>
+  <si>
     <t>22.11.2025</t>
   </si>
   <si>
     <t>8.11.2025</t>
   </si>
   <si>
     <t>4.10.2025</t>
   </si>
   <si>
     <t>20.9.2025</t>
   </si>
   <si>
     <t>18.1.2025</t>
   </si>
   <si>
     <t>Václav Šváb</t>
   </si>
   <si>
     <t>7.3.2020</t>
   </si>
   <si>
     <t>22.2.2020</t>
   </si>
   <si>
     <t>1.2.2020</t>
@@ -281,99 +284,96 @@
   <si>
     <t>12.3.2022</t>
   </si>
   <si>
     <t>12.2.2022</t>
   </si>
   <si>
     <t>15.1.2022</t>
   </si>
   <si>
     <t>11.12.2021</t>
   </si>
   <si>
     <t>20.11.2021</t>
   </si>
   <si>
     <t>2.10.2021</t>
   </si>
   <si>
     <t>11.1.2020</t>
   </si>
   <si>
     <t>7.9.2019</t>
   </si>
   <si>
+    <t>Jaroslav Wagner</t>
+  </si>
+  <si>
+    <t>15.10.2022</t>
+  </si>
+  <si>
+    <t>19.3.2022</t>
+  </si>
+  <si>
+    <t>11.9.2021</t>
+  </si>
+  <si>
+    <t>12.9.2020</t>
+  </si>
+  <si>
+    <t>Jiří Granskopf</t>
+  </si>
+  <si>
+    <t>Petr Richtárech</t>
+  </si>
+  <si>
+    <t>13.4.2019</t>
+  </si>
+  <si>
     <t>9.3.2019</t>
   </si>
   <si>
-    <t>Jaroslav Wagner</t>
-[...22 lines deleted...]
-  <si>
     <t>2.12.2017</t>
   </si>
   <si>
     <t>14.10.2017</t>
   </si>
   <si>
     <t>20.4.2013</t>
   </si>
   <si>
     <t>23.3.2013</t>
   </si>
   <si>
     <t>2.3.2013</t>
   </si>
   <si>
     <t>9.2.2013</t>
   </si>
   <si>
     <t>20.1.2013</t>
-  </si>
-[...1 lines deleted...]
-    <t>1.12.2012</t>
   </si>
   <si>
     <t>Pavel Stupka</t>
   </si>
   <si>
     <t>10.10.2024</t>
   </si>
   <si>
     <t>3.2.2024</t>
   </si>
   <si>
     <t>2.12.2023</t>
   </si>
   <si>
     <t>26.3.2022</t>
   </si>
   <si>
     <t>5.2.2022</t>
   </si>
   <si>
     <t>Rudolf Hofmann</t>
   </si>
   <si>
     <t>24.9.2022</t>
   </si>
@@ -1133,221 +1133,221 @@
       </c>
       <c r="AF5" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="7" spans="1:32">
       <c r="A7" s="2" t="s">
         <v>35</v>
       </c>
       <c r="B7" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C7" s="6" t="s">
         <v>36</v>
       </c>
       <c r="D7" s="6" t="s">
         <v>37</v>
       </c>
       <c r="E7" s="6" t="s">
         <v>38</v>
       </c>
       <c r="F7" s="6" t="s">
         <v>39</v>
       </c>
       <c r="G7" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="H7" s="6" t="s">
         <v>3</v>
       </c>
-      <c r="H7" s="6" t="s">
+      <c r="I7" s="6" t="s">
         <v>4</v>
       </c>
-      <c r="I7" s="6" t="s">
+      <c r="J7" s="6" t="s">
         <v>5</v>
       </c>
-      <c r="J7" s="6" t="s">
+      <c r="K7" s="6" t="s">
         <v>6</v>
       </c>
-      <c r="K7" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L7" s="6" t="s">
+        <v>41</v>
+      </c>
+      <c r="M7" s="6" t="s">
         <v>8</v>
       </c>
-      <c r="M7" s="6" t="s">
+      <c r="N7" s="6" t="s">
         <v>9</v>
       </c>
-      <c r="N7" s="6" t="s">
+      <c r="O7" s="6" t="s">
         <v>10</v>
       </c>
-      <c r="O7" s="6" t="s">
+      <c r="P7" s="6" t="s">
         <v>11</v>
       </c>
-      <c r="P7" s="6" t="s">
+      <c r="Q7" s="6" t="s">
         <v>13</v>
       </c>
-      <c r="Q7" s="6" t="s">
+      <c r="R7" s="6" t="s">
         <v>14</v>
       </c>
-      <c r="R7" s="6" t="s">
+      <c r="S7" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="S7" s="6" t="s">
+      <c r="T7" s="6" t="s">
         <v>16</v>
       </c>
-      <c r="T7" s="6" t="s">
+      <c r="U7" s="6" t="s">
         <v>17</v>
       </c>
-      <c r="U7" s="6" t="s">
+      <c r="V7" s="6" t="s">
         <v>18</v>
       </c>
-      <c r="V7" s="6" t="s">
+      <c r="W7" s="6" t="s">
         <v>19</v>
       </c>
-      <c r="W7" s="6" t="s">
+      <c r="X7" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="X7" s="6" t="s">
+      <c r="Y7" s="6" t="s">
         <v>21</v>
       </c>
-      <c r="Y7" s="6" t="s">
+      <c r="Z7" s="6" t="s">
         <v>22</v>
       </c>
-      <c r="Z7" s="6" t="s">
+      <c r="AA7" s="6" t="s">
         <v>23</v>
       </c>
-      <c r="AA7" s="6" t="s">
+      <c r="AB7" s="6" t="s">
         <v>24</v>
       </c>
-      <c r="AB7" s="6" t="s">
+      <c r="AC7" s="6" t="s">
         <v>25</v>
       </c>
-      <c r="AC7" s="6" t="s">
+      <c r="AD7" s="6" t="s">
         <v>26</v>
       </c>
-      <c r="AD7" s="6" t="s">
+      <c r="AE7" s="6" t="s">
         <v>27</v>
       </c>
-      <c r="AE7" s="6" t="s">
+      <c r="AF7" s="6" t="s">
         <v>28</v>
-      </c>
-[...1 lines deleted...]
-        <v>29</v>
       </c>
     </row>
     <row r="8" spans="1:32">
       <c r="B8" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C8" s="4">
+        <v>530</v>
+      </c>
+      <c r="D8" s="4">
         <v>555</v>
       </c>
-      <c r="D8" s="4">
+      <c r="E8" s="4">
         <v>604</v>
       </c>
-      <c r="E8" s="4">
+      <c r="F8" s="4">
         <v>571</v>
       </c>
-      <c r="F8" s="4">
+      <c r="G8" s="4">
         <v>536</v>
       </c>
-      <c r="G8" s="4">
+      <c r="H8" s="4">
         <v>588</v>
       </c>
-      <c r="H8" s="4">
+      <c r="I8" s="4">
         <v>545</v>
       </c>
-      <c r="I8" s="4">
+      <c r="J8" s="4">
         <v>553</v>
       </c>
-      <c r="J8" s="4">
+      <c r="K8" s="4">
         <v>577</v>
       </c>
-      <c r="K8" s="4">
+      <c r="L8" s="4">
         <v>559</v>
       </c>
-      <c r="L8" s="4">
+      <c r="M8" s="4">
         <v>560</v>
       </c>
-      <c r="M8" s="4">
+      <c r="N8" s="4">
         <v>595</v>
       </c>
-      <c r="N8" s="4">
+      <c r="O8" s="4">
         <v>553</v>
       </c>
-      <c r="O8" s="4">
+      <c r="P8" s="4">
         <v>587</v>
       </c>
-      <c r="P8" s="4">
+      <c r="Q8" s="4">
         <v>557</v>
       </c>
-      <c r="Q8" s="4">
+      <c r="R8" s="4">
         <v>611</v>
       </c>
-      <c r="R8" s="4">
+      <c r="S8" s="4">
         <v>531</v>
       </c>
-      <c r="S8" s="4">
+      <c r="T8" s="4">
         <v>529</v>
       </c>
-      <c r="T8" s="4">
+      <c r="U8" s="4">
         <v>573</v>
       </c>
-      <c r="U8" s="4">
+      <c r="V8" s="4">
         <v>550</v>
       </c>
-      <c r="V8" s="4">
+      <c r="W8" s="4">
         <v>506</v>
       </c>
-      <c r="W8" s="4">
+      <c r="X8" s="4">
         <v>571</v>
       </c>
-      <c r="X8" s="4">
+      <c r="Y8" s="4">
         <v>557</v>
       </c>
-      <c r="Y8" s="4">
+      <c r="Z8" s="4">
         <v>542</v>
       </c>
-      <c r="Z8" s="4">
+      <c r="AA8" s="4">
         <v>570</v>
       </c>
-      <c r="AA8" s="4">
+      <c r="AB8" s="4">
         <v>585</v>
       </c>
-      <c r="AB8" s="4">
+      <c r="AC8" s="4">
         <v>561</v>
       </c>
-      <c r="AC8" s="4">
+      <c r="AD8" s="4">
         <v>576</v>
       </c>
-      <c r="AD8" s="4">
+      <c r="AE8" s="4">
         <v>524</v>
       </c>
-      <c r="AE8" s="4">
+      <c r="AF8" s="4">
         <v>558</v>
-      </c>
-[...1 lines deleted...]
-        <v>580</v>
       </c>
     </row>
     <row r="9" spans="1:32">
       <c r="B9" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C9" s="4">
         <v>120</v>
       </c>
       <c r="D9" s="4">
         <v>120</v>
       </c>
       <c r="E9" s="4">
         <v>120</v>
       </c>
       <c r="F9" s="4">
         <v>120</v>
       </c>
       <c r="G9" s="4">
         <v>120</v>
       </c>
       <c r="H9" s="4">
         <v>120</v>
       </c>
       <c r="I9" s="4">
@@ -1403,141 +1403,141 @@
       </c>
       <c r="Z9" s="4">
         <v>120</v>
       </c>
       <c r="AA9" s="4">
         <v>120</v>
       </c>
       <c r="AB9" s="4">
         <v>120</v>
       </c>
       <c r="AC9" s="4">
         <v>120</v>
       </c>
       <c r="AD9" s="4">
         <v>120</v>
       </c>
       <c r="AE9" s="4">
         <v>120</v>
       </c>
       <c r="AF9" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="11" spans="1:32">
       <c r="A11" s="2" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="B11" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C11" s="6" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="D11" s="6" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="E11" s="6" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="F11" s="6" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="G11" s="6" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="H11" s="6" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="I11" s="6" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="J11" s="6" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="K11" s="6" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="L11" s="6" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="M11" s="6" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="N11" s="6" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="O11" s="6" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="P11" s="6" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="Q11" s="6" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="R11" s="6" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="S11" s="6" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="T11" s="6" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="U11" s="6" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="V11" s="6" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="W11" s="6" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="X11" s="6" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="Y11" s="6" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="Z11" s="6" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="AA11" s="6" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="AB11" s="6" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="AC11" s="6" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="AD11" s="6" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="AE11" s="6" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
     </row>
     <row r="12" spans="1:32">
       <c r="B12" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C12" s="4">
         <v>560</v>
       </c>
       <c r="D12" s="4">
         <v>548</v>
       </c>
       <c r="E12" s="4">
         <v>547</v>
       </c>
       <c r="F12" s="7">
         <v>404</v>
       </c>
       <c r="G12" s="7">
         <v>412</v>
       </c>
       <c r="H12" s="4">
         <v>517</v>
       </c>
       <c r="I12" s="7">
@@ -1682,114 +1682,114 @@
       </c>
       <c r="Y13" s="6">
         <v>100</v>
       </c>
       <c r="Z13" s="6">
         <v>100</v>
       </c>
       <c r="AA13" s="6">
         <v>100</v>
       </c>
       <c r="AB13" s="6">
         <v>100</v>
       </c>
       <c r="AC13" s="6">
         <v>100</v>
       </c>
       <c r="AD13" s="6">
         <v>100</v>
       </c>
       <c r="AE13" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="15" spans="1:32">
       <c r="A15" s="2" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="B15" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C15" s="6" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D15" s="6" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="E15" s="6" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="F15" s="6" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="G15" s="6" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="H15" s="6" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="I15" s="6" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="J15" s="6" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="K15" s="6" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="L15" s="6" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="M15" s="6" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N15" s="6" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="O15" s="6" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="P15" s="6" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="Q15" s="6" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="R15" s="6" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="S15" s="6" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="T15" s="6" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="U15" s="6" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="V15" s="6" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
     </row>
     <row r="16" spans="1:32">
       <c r="B16" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C16" s="7">
         <v>424</v>
       </c>
       <c r="D16" s="7">
         <v>392</v>
       </c>
       <c r="E16" s="4">
         <v>532</v>
       </c>
       <c r="F16" s="7">
         <v>440</v>
       </c>
       <c r="G16" s="7">
         <v>413</v>
       </c>
       <c r="H16" s="7">
         <v>427</v>
       </c>
       <c r="I16" s="7">
@@ -1880,239 +1880,239 @@
       </c>
       <c r="P17" s="4">
         <v>120</v>
       </c>
       <c r="Q17" s="4">
         <v>120</v>
       </c>
       <c r="R17" s="4">
         <v>120</v>
       </c>
       <c r="S17" s="6">
         <v>100</v>
       </c>
       <c r="T17" s="6">
         <v>100</v>
       </c>
       <c r="U17" s="6">
         <v>100</v>
       </c>
       <c r="V17" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="19" spans="1:32">
       <c r="A19" s="2" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="B19" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C19" s="6" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D19" s="6" t="s">
+        <v>38</v>
+      </c>
+      <c r="E19" s="6" t="s">
         <v>5</v>
       </c>
-      <c r="E19" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F19" s="6" t="s">
+        <v>41</v>
+      </c>
+      <c r="G19" s="6" t="s">
         <v>12</v>
       </c>
-      <c r="G19" s="6" t="s">
+      <c r="H19" s="6" t="s">
         <v>14</v>
       </c>
-      <c r="H19" s="6" t="s">
+      <c r="I19" s="6" t="s">
         <v>15</v>
-      </c>
-[...1 lines deleted...]
-        <v>77</v>
       </c>
       <c r="J19" s="6" t="s">
         <v>78</v>
       </c>
       <c r="K19" s="6" t="s">
         <v>79</v>
       </c>
       <c r="L19" s="6" t="s">
+        <v>80</v>
+      </c>
+      <c r="M19" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="M19" s="6" t="s">
+      <c r="N19" s="6" t="s">
         <v>31</v>
-      </c>
-[...1 lines deleted...]
-        <v>80</v>
       </c>
       <c r="O19" s="6" t="s">
         <v>81</v>
       </c>
       <c r="P19" s="6" t="s">
         <v>82</v>
       </c>
       <c r="Q19" s="6" t="s">
         <v>83</v>
       </c>
       <c r="R19" s="6" t="s">
         <v>84</v>
       </c>
       <c r="S19" s="6" t="s">
         <v>85</v>
       </c>
       <c r="T19" s="6" t="s">
         <v>86</v>
       </c>
       <c r="U19" s="6" t="s">
-        <v>71</v>
+        <v>87</v>
       </c>
       <c r="V19" s="6" t="s">
-        <v>42</v>
+        <v>72</v>
       </c>
       <c r="W19" s="6" t="s">
         <v>43</v>
       </c>
       <c r="X19" s="6" t="s">
         <v>44</v>
       </c>
       <c r="Y19" s="6" t="s">
-        <v>87</v>
+        <v>45</v>
       </c>
       <c r="Z19" s="6" t="s">
-        <v>46</v>
+        <v>88</v>
       </c>
       <c r="AA19" s="6" t="s">
         <v>47</v>
       </c>
       <c r="AB19" s="6" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="AC19" s="6" t="s">
         <v>50</v>
       </c>
       <c r="AD19" s="6" t="s">
         <v>51</v>
       </c>
       <c r="AE19" s="6" t="s">
-        <v>88</v>
+        <v>52</v>
       </c>
       <c r="AF19" s="6" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="20" spans="1:32">
       <c r="B20" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C20" s="7">
+        <v>422</v>
+      </c>
+      <c r="D20" s="7">
         <v>432</v>
       </c>
-      <c r="D20" s="7">
+      <c r="E20" s="7">
         <v>447</v>
       </c>
-      <c r="E20" s="7">
+      <c r="F20" s="7">
         <v>412</v>
       </c>
-      <c r="F20" s="7">
+      <c r="G20" s="7">
         <v>402</v>
       </c>
-      <c r="G20" s="7">
+      <c r="H20" s="7">
         <v>407</v>
       </c>
-      <c r="H20" s="7">
+      <c r="I20" s="7">
         <v>458</v>
       </c>
-      <c r="I20" s="7">
+      <c r="J20" s="7">
         <v>418</v>
       </c>
-      <c r="J20" s="7">
+      <c r="K20" s="7">
         <v>455</v>
       </c>
-      <c r="K20" s="7">
+      <c r="L20" s="7">
         <v>423</v>
       </c>
-      <c r="L20" s="7">
+      <c r="M20" s="7">
         <v>450</v>
       </c>
-      <c r="M20" s="7">
+      <c r="N20" s="7">
         <v>446</v>
       </c>
-      <c r="N20" s="7">
+      <c r="O20" s="7">
         <v>460</v>
       </c>
-      <c r="O20" s="7">
+      <c r="P20" s="7">
         <v>415</v>
       </c>
-      <c r="P20" s="7">
+      <c r="Q20" s="7">
         <v>419</v>
       </c>
-      <c r="Q20" s="7">
+      <c r="R20" s="7">
         <v>439</v>
       </c>
-      <c r="R20" s="7">
+      <c r="S20" s="7">
         <v>441</v>
       </c>
-      <c r="S20" s="7">
+      <c r="T20" s="7">
         <v>455</v>
       </c>
-      <c r="T20" s="7">
+      <c r="U20" s="7">
         <v>405</v>
       </c>
-      <c r="U20" s="7">
+      <c r="V20" s="7">
         <v>412</v>
       </c>
-      <c r="V20" s="7">
+      <c r="W20" s="7">
         <v>416</v>
       </c>
-      <c r="W20" s="7">
+      <c r="X20" s="7">
         <v>403</v>
       </c>
-      <c r="X20" s="7">
+      <c r="Y20" s="7">
         <v>465</v>
       </c>
-      <c r="Y20" s="7">
+      <c r="Z20" s="7">
         <v>409</v>
       </c>
-      <c r="Z20" s="7">
+      <c r="AA20" s="7">
         <v>408</v>
       </c>
-      <c r="AA20" s="7">
+      <c r="AB20" s="7">
         <v>411</v>
       </c>
-      <c r="AB20" s="7">
+      <c r="AC20" s="7">
         <v>402</v>
       </c>
-      <c r="AC20" s="4">
+      <c r="AD20" s="4">
         <v>484</v>
       </c>
-      <c r="AD20" s="7">
+      <c r="AE20" s="7">
         <v>433</v>
       </c>
-      <c r="AE20" s="4">
+      <c r="AF20" s="4">
         <v>486</v>
-      </c>
-[...1 lines deleted...]
-        <v>515</v>
       </c>
     </row>
     <row r="21" spans="1:32">
       <c r="B21" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C21" s="6">
         <v>100</v>
       </c>
       <c r="D21" s="6">
         <v>100</v>
       </c>
       <c r="E21" s="6">
         <v>100</v>
       </c>
       <c r="F21" s="6">
         <v>100</v>
       </c>
       <c r="G21" s="6">
         <v>100</v>
       </c>
       <c r="H21" s="6">
         <v>100</v>
       </c>
       <c r="I21" s="6">
@@ -2153,78 +2153,78 @@
       </c>
       <c r="U21" s="6">
         <v>100</v>
       </c>
       <c r="V21" s="6">
         <v>100</v>
       </c>
       <c r="W21" s="6">
         <v>100</v>
       </c>
       <c r="X21" s="6">
         <v>100</v>
       </c>
       <c r="Y21" s="6">
         <v>100</v>
       </c>
       <c r="Z21" s="6">
         <v>100</v>
       </c>
       <c r="AA21" s="6">
         <v>100</v>
       </c>
       <c r="AB21" s="6">
         <v>100</v>
       </c>
-      <c r="AC21" s="4">
-[...6 lines deleted...]
-        <v>120</v>
+      <c r="AC21" s="6">
+        <v>100</v>
+      </c>
+      <c r="AD21" s="4">
+        <v>120</v>
+      </c>
+      <c r="AE21" s="6">
+        <v>100</v>
       </c>
       <c r="AF21" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="23" spans="1:32">
       <c r="A23" s="2" t="s">
         <v>90</v>
       </c>
       <c r="B23" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C23" s="6" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D23" s="6" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="E23" s="6" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="F23" s="6" t="s">
         <v>8</v>
       </c>
       <c r="G23" s="6" t="s">
         <v>10</v>
       </c>
       <c r="H23" s="6" t="s">
         <v>11</v>
       </c>
       <c r="I23" s="6" t="s">
         <v>12</v>
       </c>
       <c r="J23" s="6" t="s">
         <v>13</v>
       </c>
       <c r="K23" s="6" t="s">
         <v>15</v>
       </c>
       <c r="L23" s="6" t="s">
         <v>16</v>
       </c>
       <c r="M23" s="6" t="s">
         <v>17</v>
       </c>
@@ -2252,54 +2252,54 @@
       <c r="U23" s="6" t="s">
         <v>26</v>
       </c>
       <c r="V23" s="6" t="s">
         <v>27</v>
       </c>
       <c r="W23" s="6" t="s">
         <v>28</v>
       </c>
       <c r="X23" s="6" t="s">
         <v>29</v>
       </c>
       <c r="Y23" s="6" t="s">
         <v>30</v>
       </c>
       <c r="Z23" s="6" t="s">
         <v>32</v>
       </c>
       <c r="AA23" s="6" t="s">
         <v>91</v>
       </c>
       <c r="AB23" s="6" t="s">
         <v>92</v>
       </c>
       <c r="AC23" s="6" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="AD23" s="6" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="AE23" s="6" t="s">
         <v>93</v>
       </c>
       <c r="AF23" s="6" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="24" spans="1:32">
       <c r="B24" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C24" s="4">
         <v>551</v>
       </c>
       <c r="D24" s="4">
         <v>585</v>
       </c>
       <c r="E24" s="4">
         <v>548</v>
       </c>
       <c r="F24" s="4">
         <v>549</v>
       </c>
       <c r="G24" s="4">
@@ -2462,304 +2462,304 @@
       </c>
       <c r="AB25" s="4">
         <v>120</v>
       </c>
       <c r="AC25" s="4">
         <v>120</v>
       </c>
       <c r="AD25" s="4">
         <v>120</v>
       </c>
       <c r="AE25" s="4">
         <v>120</v>
       </c>
       <c r="AF25" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="27" spans="1:32">
       <c r="A27" s="2" t="s">
         <v>95</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="6" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="D27" s="6" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
     </row>
     <row r="28" spans="1:32">
       <c r="B28" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C28" s="4">
         <v>523</v>
       </c>
       <c r="D28" s="4">
         <v>545</v>
       </c>
     </row>
     <row r="29" spans="1:32">
       <c r="B29" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C29" s="4">
         <v>120</v>
       </c>
       <c r="D29" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="31" spans="1:32">
       <c r="A31" s="2" t="s">
         <v>96</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="6" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="D31" s="6" t="s">
         <v>39</v>
       </c>
       <c r="E31" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="F31" s="6" t="s">
         <v>3</v>
       </c>
-      <c r="F31" s="6" t="s">
+      <c r="G31" s="6" t="s">
         <v>5</v>
       </c>
-      <c r="G31" s="6" t="s">
+      <c r="H31" s="6" t="s">
         <v>6</v>
       </c>
-      <c r="H31" s="6" t="s">
+      <c r="I31" s="6" t="s">
         <v>7</v>
       </c>
-      <c r="I31" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J31" s="6" t="s">
+        <v>41</v>
+      </c>
+      <c r="K31" s="6" t="s">
         <v>8</v>
       </c>
-      <c r="K31" s="6" t="s">
+      <c r="L31" s="6" t="s">
         <v>9</v>
       </c>
-      <c r="L31" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M31" s="6" t="s">
-        <v>88</v>
+        <v>48</v>
       </c>
       <c r="N31" s="6" t="s">
+        <v>89</v>
+      </c>
+      <c r="O31" s="6" t="s">
         <v>97</v>
       </c>
-      <c r="O31" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P31" s="6" t="s">
-        <v>74</v>
+        <v>98</v>
       </c>
       <c r="Q31" s="6" t="s">
         <v>75</v>
       </c>
       <c r="R31" s="6" t="s">
-        <v>58</v>
+        <v>76</v>
       </c>
       <c r="S31" s="6" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="T31" s="6" t="s">
         <v>62</v>
       </c>
       <c r="U31" s="6" t="s">
         <v>63</v>
       </c>
       <c r="V31" s="6" t="s">
-        <v>98</v>
+        <v>64</v>
       </c>
       <c r="W31" s="6" t="s">
-        <v>66</v>
+        <v>99</v>
       </c>
       <c r="X31" s="6" t="s">
         <v>67</v>
       </c>
       <c r="Y31" s="6" t="s">
-        <v>99</v>
+        <v>68</v>
       </c>
       <c r="Z31" s="6" t="s">
-        <v>69</v>
+        <v>100</v>
       </c>
       <c r="AA31" s="6" t="s">
-        <v>100</v>
+        <v>70</v>
       </c>
       <c r="AB31" s="6" t="s">
         <v>101</v>
       </c>
       <c r="AC31" s="6" t="s">
         <v>102</v>
       </c>
       <c r="AD31" s="6" t="s">
         <v>103</v>
       </c>
       <c r="AE31" s="6" t="s">
         <v>104</v>
       </c>
       <c r="AF31" s="6" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="32" spans="1:32">
       <c r="B32" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C32" s="4">
+        <v>550</v>
+      </c>
+      <c r="D32" s="4">
         <v>559</v>
       </c>
-      <c r="D32" s="4">
+      <c r="E32" s="4">
         <v>527</v>
       </c>
-      <c r="E32" s="4">
+      <c r="F32" s="4">
         <v>586</v>
       </c>
-      <c r="F32" s="7">
+      <c r="G32" s="7">
         <v>429</v>
       </c>
-      <c r="G32" s="7">
+      <c r="H32" s="7">
         <v>483</v>
       </c>
-      <c r="H32" s="4">
+      <c r="I32" s="4">
         <v>543</v>
       </c>
-      <c r="I32" s="7">
+      <c r="J32" s="7">
         <v>464</v>
       </c>
-      <c r="J32" s="7">
+      <c r="K32" s="7">
         <v>467</v>
       </c>
-      <c r="K32" s="7">
+      <c r="L32" s="7">
         <v>452</v>
       </c>
-      <c r="L32" s="4">
+      <c r="M32" s="4">
         <v>504</v>
       </c>
-      <c r="M32" s="4">
+      <c r="N32" s="4">
         <v>486</v>
       </c>
-      <c r="N32" s="4">
+      <c r="O32" s="4">
         <v>559</v>
       </c>
-      <c r="O32" s="4">
+      <c r="P32" s="4">
         <v>537</v>
       </c>
-      <c r="P32" s="4">
+      <c r="Q32" s="4">
         <v>539</v>
       </c>
-      <c r="Q32" s="4">
+      <c r="R32" s="4">
         <v>549</v>
       </c>
-      <c r="R32" s="4">
+      <c r="S32" s="4">
         <v>543</v>
       </c>
-      <c r="S32" s="4">
+      <c r="T32" s="4">
         <v>540</v>
       </c>
-      <c r="T32" s="4">
+      <c r="U32" s="4">
         <v>511</v>
       </c>
-      <c r="U32" s="4">
+      <c r="V32" s="4">
         <v>522</v>
       </c>
-      <c r="V32" s="4">
+      <c r="W32" s="4">
         <v>501</v>
       </c>
-      <c r="W32" s="4">
+      <c r="X32" s="4">
         <v>561</v>
       </c>
-      <c r="X32" s="4">
+      <c r="Y32" s="4">
         <v>562</v>
       </c>
-      <c r="Y32" s="4">
+      <c r="Z32" s="4">
         <v>531</v>
       </c>
-      <c r="Z32" s="4">
+      <c r="AA32" s="4">
         <v>580</v>
       </c>
-      <c r="AA32" s="4">
+      <c r="AB32" s="4">
         <v>560</v>
       </c>
-      <c r="AB32" s="4">
+      <c r="AC32" s="4">
         <v>557</v>
       </c>
-      <c r="AC32" s="4">
+      <c r="AD32" s="4">
         <v>577</v>
       </c>
-      <c r="AD32" s="4">
+      <c r="AE32" s="4">
         <v>547</v>
       </c>
-      <c r="AE32" s="4">
+      <c r="AF32" s="4">
         <v>575</v>
-      </c>
-[...1 lines deleted...]
-        <v>566</v>
       </c>
     </row>
     <row r="33" spans="1:32">
       <c r="B33" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C33" s="4">
         <v>120</v>
       </c>
       <c r="D33" s="4">
         <v>120</v>
       </c>
       <c r="E33" s="4">
         <v>120</v>
       </c>
-      <c r="F33" s="6">
-        <v>100</v>
+      <c r="F33" s="4">
+        <v>120</v>
       </c>
       <c r="G33" s="6">
         <v>100</v>
       </c>
-      <c r="H33" s="4">
-[...3 lines deleted...]
-        <v>100</v>
+      <c r="H33" s="6">
+        <v>100</v>
+      </c>
+      <c r="I33" s="4">
+        <v>120</v>
       </c>
       <c r="J33" s="6">
         <v>100</v>
       </c>
       <c r="K33" s="6">
         <v>100</v>
       </c>
-      <c r="L33" s="4">
-        <v>120</v>
+      <c r="L33" s="6">
+        <v>100</v>
       </c>
       <c r="M33" s="4">
         <v>120</v>
       </c>
       <c r="N33" s="4">
         <v>120</v>
       </c>
       <c r="O33" s="4">
         <v>120</v>
       </c>
       <c r="P33" s="4">
         <v>120</v>
       </c>
       <c r="Q33" s="4">
         <v>120</v>
       </c>
       <c r="R33" s="4">
         <v>120</v>
       </c>
       <c r="S33" s="4">
         <v>120</v>
       </c>
       <c r="T33" s="4">
         <v>120</v>
       </c>
@@ -2789,280 +2789,280 @@
       </c>
       <c r="AC33" s="4">
         <v>120</v>
       </c>
       <c r="AD33" s="4">
         <v>120</v>
       </c>
       <c r="AE33" s="4">
         <v>120</v>
       </c>
       <c r="AF33" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="35" spans="1:32">
       <c r="A35" s="2" t="s">
         <v>106</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C35" s="6" t="s">
         <v>36</v>
       </c>
       <c r="D35" s="6" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="E35" s="6" t="s">
+        <v>39</v>
+      </c>
+      <c r="F35" s="6" t="s">
         <v>6</v>
       </c>
-      <c r="F35" s="6" t="s">
+      <c r="G35" s="6" t="s">
         <v>7</v>
       </c>
-      <c r="G35" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H35" s="6" t="s">
+        <v>41</v>
+      </c>
+      <c r="I35" s="6" t="s">
         <v>8</v>
       </c>
-      <c r="I35" s="6" t="s">
+      <c r="J35" s="6" t="s">
         <v>9</v>
       </c>
-      <c r="J35" s="6" t="s">
+      <c r="K35" s="6" t="s">
         <v>107</v>
       </c>
-      <c r="K35" s="6" t="s">
+      <c r="L35" s="6" t="s">
         <v>12</v>
       </c>
-      <c r="L35" s="6" t="s">
+      <c r="M35" s="6" t="s">
         <v>13</v>
       </c>
-      <c r="M35" s="6" t="s">
+      <c r="N35" s="6" t="s">
         <v>14</v>
       </c>
-      <c r="N35" s="6" t="s">
+      <c r="O35" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="O35" s="6" t="s">
+      <c r="P35" s="6" t="s">
         <v>108</v>
       </c>
-      <c r="P35" s="6" t="s">
+      <c r="Q35" s="6" t="s">
         <v>18</v>
       </c>
-      <c r="Q35" s="6" t="s">
+      <c r="R35" s="6" t="s">
         <v>109</v>
       </c>
-      <c r="R35" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S35" s="6" t="s">
+        <v>78</v>
+      </c>
+      <c r="T35" s="6" t="s">
         <v>21</v>
       </c>
-      <c r="T35" s="6" t="s">
+      <c r="U35" s="6" t="s">
         <v>22</v>
       </c>
-      <c r="U35" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="V35" s="6" t="s">
+        <v>79</v>
+      </c>
+      <c r="W35" s="6" t="s">
         <v>25</v>
       </c>
-      <c r="W35" s="6" t="s">
+      <c r="X35" s="6" t="s">
         <v>27</v>
       </c>
-      <c r="X35" s="6" t="s">
+      <c r="Y35" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="Y35" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Z35" s="6" t="s">
+        <v>80</v>
+      </c>
+      <c r="AA35" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="AA35" s="6" t="s">
+      <c r="AB35" s="6" t="s">
         <v>31</v>
       </c>
-      <c r="AB35" s="6" t="s">
+      <c r="AC35" s="6" t="s">
         <v>32</v>
       </c>
-      <c r="AC35" s="6" t="s">
+      <c r="AD35" s="6" t="s">
         <v>110</v>
       </c>
-      <c r="AD35" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AE35" s="6" t="s">
+        <v>83</v>
+      </c>
+      <c r="AF35" s="6" t="s">
         <v>111</v>
-      </c>
-[...1 lines deleted...]
-        <v>83</v>
       </c>
     </row>
     <row r="36" spans="1:32">
       <c r="B36" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C36" s="7">
+        <v>452</v>
+      </c>
+      <c r="D36" s="7">
         <v>430</v>
       </c>
-      <c r="D36" s="7">
+      <c r="E36" s="7">
         <v>470</v>
       </c>
-      <c r="E36" s="7">
+      <c r="F36" s="7">
         <v>458</v>
       </c>
-      <c r="F36" s="7">
+      <c r="G36" s="7">
         <v>447</v>
       </c>
-      <c r="G36" s="7">
+      <c r="H36" s="7">
         <v>469</v>
       </c>
-      <c r="H36" s="7">
+      <c r="I36" s="7">
         <v>478</v>
       </c>
-      <c r="I36" s="7">
+      <c r="J36" s="7">
         <v>460</v>
       </c>
-      <c r="J36" s="7">
+      <c r="K36" s="7">
         <v>433</v>
       </c>
-      <c r="K36" s="7">
+      <c r="L36" s="7">
         <v>459</v>
-      </c>
-[...1 lines deleted...]
-        <v>482</v>
       </c>
       <c r="M36" s="7">
         <v>482</v>
       </c>
       <c r="N36" s="7">
+        <v>482</v>
+      </c>
+      <c r="O36" s="7">
         <v>513</v>
       </c>
-      <c r="O36" s="7">
+      <c r="P36" s="7">
         <v>455</v>
       </c>
-      <c r="P36" s="4">
+      <c r="Q36" s="4">
         <v>500</v>
       </c>
-      <c r="Q36" s="7">
+      <c r="R36" s="7">
         <v>414</v>
       </c>
-      <c r="R36" s="7">
+      <c r="S36" s="7">
         <v>428</v>
       </c>
-      <c r="S36" s="7">
+      <c r="T36" s="7">
         <v>444</v>
       </c>
-      <c r="T36" s="7">
+      <c r="U36" s="7">
         <v>452</v>
       </c>
-      <c r="U36" s="7">
+      <c r="V36" s="7">
         <v>407</v>
       </c>
-      <c r="V36" s="7">
+      <c r="W36" s="7">
         <v>454</v>
       </c>
-      <c r="W36" s="7">
+      <c r="X36" s="7">
         <v>471</v>
       </c>
-      <c r="X36" s="7">
+      <c r="Y36" s="7">
         <v>433</v>
       </c>
-      <c r="Y36" s="7">
+      <c r="Z36" s="7">
         <v>443</v>
       </c>
-      <c r="Z36" s="7">
+      <c r="AA36" s="7">
         <v>450</v>
       </c>
-      <c r="AA36" s="7">
+      <c r="AB36" s="7">
         <v>463</v>
       </c>
-      <c r="AB36" s="7">
+      <c r="AC36" s="7">
         <v>471</v>
       </c>
-      <c r="AC36" s="7">
+      <c r="AD36" s="7">
         <v>413</v>
       </c>
-      <c r="AD36" s="7">
+      <c r="AE36" s="7">
         <v>442</v>
       </c>
-      <c r="AE36" s="7">
+      <c r="AF36" s="7">
         <v>431</v>
-      </c>
-[...1 lines deleted...]
-        <v>428</v>
       </c>
     </row>
     <row r="37" spans="1:32">
       <c r="B37" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C37" s="6">
         <v>100</v>
       </c>
       <c r="D37" s="6">
         <v>100</v>
       </c>
       <c r="E37" s="6">
         <v>100</v>
       </c>
       <c r="F37" s="6">
         <v>100</v>
       </c>
       <c r="G37" s="6">
         <v>100</v>
       </c>
       <c r="H37" s="6">
         <v>100</v>
       </c>
       <c r="I37" s="6">
         <v>100</v>
       </c>
       <c r="J37" s="6">
         <v>100</v>
       </c>
       <c r="K37" s="6">
         <v>100</v>
       </c>
       <c r="L37" s="6">
         <v>100</v>
       </c>
       <c r="M37" s="6">
         <v>100</v>
       </c>
       <c r="N37" s="6">
         <v>100</v>
       </c>
       <c r="O37" s="6">
         <v>100</v>
       </c>
-      <c r="P37" s="4">
-[...3 lines deleted...]
-        <v>100</v>
+      <c r="P37" s="6">
+        <v>100</v>
+      </c>
+      <c r="Q37" s="4">
+        <v>120</v>
       </c>
       <c r="R37" s="6">
         <v>100</v>
       </c>
       <c r="S37" s="6">
         <v>100</v>
       </c>
       <c r="T37" s="6">
         <v>100</v>
       </c>
       <c r="U37" s="6">
         <v>100</v>
       </c>
       <c r="V37" s="6">
         <v>100</v>
       </c>
       <c r="W37" s="6">
         <v>100</v>
       </c>
       <c r="X37" s="6">
         <v>100</v>
       </c>
       <c r="Y37" s="6">
         <v>100</v>
       </c>
@@ -3089,51 +3089,51 @@
       </c>
     </row>
     <row r="39" spans="1:32">
       <c r="A39" s="2" t="s">
         <v>112</v>
       </c>
       <c r="B39" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C39" s="6" t="s">
         <v>3</v>
       </c>
       <c r="D39" s="6" t="s">
         <v>4</v>
       </c>
       <c r="E39" s="6" t="s">
         <v>5</v>
       </c>
       <c r="F39" s="6" t="s">
         <v>6</v>
       </c>
       <c r="G39" s="6" t="s">
         <v>7</v>
       </c>
       <c r="H39" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="I39" s="6" t="s">
         <v>8</v>
       </c>
       <c r="J39" s="6" t="s">
         <v>10</v>
       </c>
       <c r="K39" s="6" t="s">
         <v>12</v>
       </c>
       <c r="L39" s="6" t="s">
         <v>14</v>
       </c>
       <c r="M39" s="6" t="s">
         <v>15</v>
       </c>
       <c r="N39" s="6" t="s">
         <v>16</v>
       </c>
       <c r="O39" s="6" t="s">
         <v>108</v>
       </c>
       <c r="P39" s="6" t="s">
         <v>21</v>
       </c>
@@ -3161,51 +3161,51 @@
       <c r="X39" s="6" t="s">
         <v>29</v>
       </c>
       <c r="Y39" s="6" t="s">
         <v>30</v>
       </c>
       <c r="Z39" s="6" t="s">
         <v>31</v>
       </c>
       <c r="AA39" s="6" t="s">
         <v>32</v>
       </c>
       <c r="AB39" s="6" t="s">
         <v>91</v>
       </c>
       <c r="AC39" s="6" t="s">
         <v>113</v>
       </c>
       <c r="AD39" s="6" t="s">
         <v>110</v>
       </c>
       <c r="AE39" s="6" t="s">
         <v>92</v>
       </c>
       <c r="AF39" s="6" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
     </row>
     <row r="40" spans="1:32">
       <c r="B40" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C40" s="4">
         <v>578</v>
       </c>
       <c r="D40" s="4">
         <v>584</v>
       </c>
       <c r="E40" s="4">
         <v>564</v>
       </c>
       <c r="F40" s="4">
         <v>555</v>
       </c>
       <c r="G40" s="4">
         <v>601</v>
       </c>
       <c r="H40" s="4">
         <v>555</v>
       </c>
       <c r="I40" s="4">
@@ -3362,135 +3362,135 @@
       </c>
       <c r="AB41" s="4">
         <v>120</v>
       </c>
       <c r="AC41" s="4">
         <v>120</v>
       </c>
       <c r="AD41" s="4">
         <v>120</v>
       </c>
       <c r="AE41" s="4">
         <v>120</v>
       </c>
       <c r="AF41" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="43" spans="1:32">
       <c r="A43" s="2" t="s">
         <v>114</v>
       </c>
       <c r="B43" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C43" s="6" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D43" s="6" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="E43" s="6" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="F43" s="6" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="G43" s="6" t="s">
         <v>6</v>
       </c>
       <c r="H43" s="6" t="s">
         <v>7</v>
       </c>
       <c r="I43" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="J43" s="6" t="s">
         <v>9</v>
       </c>
       <c r="K43" s="6" t="s">
         <v>107</v>
       </c>
       <c r="L43" s="6" t="s">
         <v>109</v>
       </c>
       <c r="M43" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N43" s="6" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="O43" s="6" t="s">
         <v>21</v>
       </c>
       <c r="P43" s="6" t="s">
         <v>22</v>
       </c>
       <c r="Q43" s="6" t="s">
         <v>25</v>
       </c>
       <c r="R43" s="6" t="s">
         <v>28</v>
       </c>
       <c r="S43" s="6" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="T43" s="6" t="s">
         <v>29</v>
       </c>
       <c r="U43" s="6" t="s">
         <v>31</v>
       </c>
       <c r="V43" s="6" t="s">
         <v>32</v>
       </c>
       <c r="W43" s="6" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="X43" s="6" t="s">
         <v>110</v>
       </c>
       <c r="Y43" s="6" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="Z43" s="6" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="AA43" s="6" t="s">
         <v>111</v>
       </c>
       <c r="AB43" s="6" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="AC43" s="6" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="AD43" s="6" t="s">
         <v>115</v>
       </c>
       <c r="AE43" s="6" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="AF43" s="6" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="44" spans="1:32">
       <c r="B44" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C44" s="7">
         <v>425</v>
       </c>
       <c r="D44" s="7">
         <v>400</v>
       </c>
       <c r="E44" s="7">
         <v>422</v>
       </c>
       <c r="F44" s="7">
         <v>393</v>
       </c>
       <c r="G44" s="7">
         <v>428</v>
       </c>
       <c r="H44" s="7">
@@ -3650,93 +3650,93 @@
       </c>
       <c r="AB45" s="6">
         <v>100</v>
       </c>
       <c r="AC45" s="6">
         <v>100</v>
       </c>
       <c r="AD45" s="6">
         <v>100</v>
       </c>
       <c r="AE45" s="6">
         <v>100</v>
       </c>
       <c r="AF45" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="47" spans="1:32">
       <c r="A47" s="2" t="s">
         <v>116</v>
       </c>
       <c r="B47" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C47" s="6" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="D47" s="6" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="E47" s="6" t="s">
         <v>117</v>
       </c>
       <c r="F47" s="6" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="G47" s="6" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="H47" s="6" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="I47" s="6" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="J47" s="6" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="K47" s="6" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L47" s="6" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="M47" s="6" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="N47" s="6" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="O47" s="6" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="P47" s="6" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="Q47" s="6" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
     </row>
     <row r="48" spans="1:32">
       <c r="B48" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C48" s="7">
         <v>385</v>
       </c>
       <c r="D48" s="7">
         <v>398</v>
       </c>
       <c r="E48" s="7">
         <v>394</v>
       </c>
       <c r="F48" s="7">
         <v>397</v>
       </c>
       <c r="G48" s="7">
         <v>419</v>
       </c>
       <c r="H48" s="4">
         <v>475</v>
       </c>
       <c r="I48" s="4">
@@ -3803,81 +3803,81 @@
       </c>
       <c r="M49" s="6">
         <v>100</v>
       </c>
       <c r="N49" s="6">
         <v>100</v>
       </c>
       <c r="O49" s="6">
         <v>100</v>
       </c>
       <c r="P49" s="4">
         <v>120</v>
       </c>
       <c r="Q49" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="51" spans="1:32">
       <c r="A51" s="2" t="s">
         <v>118</v>
       </c>
       <c r="B51" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C51" s="6" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="D51" s="6" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="E51" s="6" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="F51" s="6" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="G51" s="6" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="H51" s="6" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="I51" s="6" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="J51" s="6" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="K51" s="6" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="L51" s="6" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="M51" s="6" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
     </row>
     <row r="52" spans="1:32">
       <c r="B52" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C52" s="7">
         <v>430</v>
       </c>
       <c r="D52" s="7">
         <v>389</v>
       </c>
       <c r="E52" s="4">
         <v>527</v>
       </c>
       <c r="F52" s="4">
         <v>527</v>
       </c>
       <c r="G52" s="7">
         <v>427</v>
       </c>
       <c r="H52" s="7">
         <v>441</v>
       </c>
       <c r="I52" s="7">
@@ -3932,221 +3932,221 @@
       </c>
       <c r="M53" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="55" spans="1:32">
       <c r="A55" s="2" t="s">
         <v>119</v>
       </c>
       <c r="B55" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C55" s="6" t="s">
         <v>36</v>
       </c>
       <c r="D55" s="6" t="s">
         <v>37</v>
       </c>
       <c r="E55" s="6" t="s">
         <v>38</v>
       </c>
       <c r="F55" s="6" t="s">
         <v>39</v>
       </c>
       <c r="G55" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="H55" s="6" t="s">
         <v>3</v>
       </c>
-      <c r="H55" s="6" t="s">
+      <c r="I55" s="6" t="s">
         <v>5</v>
       </c>
-      <c r="I55" s="6" t="s">
+      <c r="J55" s="6" t="s">
         <v>6</v>
       </c>
-      <c r="J55" s="6" t="s">
+      <c r="K55" s="6" t="s">
         <v>7</v>
       </c>
-      <c r="K55" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L55" s="6" t="s">
+        <v>41</v>
+      </c>
+      <c r="M55" s="6" t="s">
         <v>8</v>
       </c>
-      <c r="M55" s="6" t="s">
+      <c r="N55" s="6" t="s">
         <v>9</v>
       </c>
-      <c r="N55" s="6" t="s">
+      <c r="O55" s="6" t="s">
         <v>10</v>
       </c>
-      <c r="O55" s="6" t="s">
+      <c r="P55" s="6" t="s">
         <v>11</v>
       </c>
-      <c r="P55" s="6" t="s">
+      <c r="Q55" s="6" t="s">
         <v>12</v>
       </c>
-      <c r="Q55" s="6" t="s">
+      <c r="R55" s="6" t="s">
         <v>13</v>
       </c>
-      <c r="R55" s="6" t="s">
+      <c r="S55" s="6" t="s">
         <v>14</v>
       </c>
-      <c r="S55" s="6" t="s">
+      <c r="T55" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="T55" s="6" t="s">
+      <c r="U55" s="6" t="s">
         <v>17</v>
       </c>
-      <c r="U55" s="6" t="s">
+      <c r="V55" s="6" t="s">
         <v>18</v>
       </c>
-      <c r="V55" s="6" t="s">
+      <c r="W55" s="6" t="s">
         <v>19</v>
       </c>
-      <c r="W55" s="6" t="s">
+      <c r="X55" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="X55" s="6" t="s">
+      <c r="Y55" s="6" t="s">
         <v>21</v>
       </c>
-      <c r="Y55" s="6" t="s">
+      <c r="Z55" s="6" t="s">
         <v>22</v>
       </c>
-      <c r="Z55" s="6" t="s">
+      <c r="AA55" s="6" t="s">
         <v>23</v>
       </c>
-      <c r="AA55" s="6" t="s">
+      <c r="AB55" s="6" t="s">
         <v>24</v>
       </c>
-      <c r="AB55" s="6" t="s">
+      <c r="AC55" s="6" t="s">
         <v>25</v>
       </c>
-      <c r="AC55" s="6" t="s">
+      <c r="AD55" s="6" t="s">
         <v>26</v>
       </c>
-      <c r="AD55" s="6" t="s">
+      <c r="AE55" s="6" t="s">
         <v>27</v>
       </c>
-      <c r="AE55" s="6" t="s">
+      <c r="AF55" s="6" t="s">
         <v>28</v>
-      </c>
-[...1 lines deleted...]
-        <v>29</v>
       </c>
     </row>
     <row r="56" spans="1:32">
       <c r="B56" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C56" s="4">
+        <v>532</v>
+      </c>
+      <c r="D56" s="4">
         <v>538</v>
       </c>
-      <c r="D56" s="4">
+      <c r="E56" s="4">
         <v>535</v>
       </c>
-      <c r="E56" s="4">
+      <c r="F56" s="4">
         <v>518</v>
       </c>
-      <c r="F56" s="4">
+      <c r="G56" s="4">
         <v>542</v>
       </c>
-      <c r="G56" s="4">
+      <c r="H56" s="4">
         <v>559</v>
-      </c>
-[...1 lines deleted...]
-        <v>564</v>
       </c>
       <c r="I56" s="4">
         <v>564</v>
       </c>
       <c r="J56" s="4">
+        <v>564</v>
+      </c>
+      <c r="K56" s="4">
         <v>591</v>
       </c>
-      <c r="K56" s="4">
+      <c r="L56" s="4">
         <v>583</v>
       </c>
-      <c r="L56" s="4">
+      <c r="M56" s="4">
         <v>538</v>
       </c>
-      <c r="M56" s="4">
+      <c r="N56" s="4">
         <v>563</v>
       </c>
-      <c r="N56" s="4">
+      <c r="O56" s="4">
         <v>562</v>
       </c>
-      <c r="O56" s="4">
+      <c r="P56" s="4">
         <v>567</v>
       </c>
-      <c r="P56" s="4">
+      <c r="Q56" s="4">
         <v>549</v>
       </c>
-      <c r="Q56" s="4">
+      <c r="R56" s="4">
         <v>520</v>
       </c>
-      <c r="R56" s="4">
+      <c r="S56" s="4">
         <v>549</v>
       </c>
-      <c r="S56" s="4">
+      <c r="T56" s="4">
         <v>562</v>
       </c>
-      <c r="T56" s="4">
+      <c r="U56" s="4">
         <v>589</v>
       </c>
-      <c r="U56" s="4">
+      <c r="V56" s="4">
         <v>512</v>
       </c>
-      <c r="V56" s="4">
+      <c r="W56" s="4">
         <v>544</v>
       </c>
-      <c r="W56" s="4">
+      <c r="X56" s="4">
         <v>559</v>
       </c>
-      <c r="X56" s="4">
+      <c r="Y56" s="4">
         <v>536</v>
       </c>
-      <c r="Y56" s="4">
+      <c r="Z56" s="4">
         <v>489</v>
       </c>
-      <c r="Z56" s="4">
+      <c r="AA56" s="4">
         <v>557</v>
       </c>
-      <c r="AA56" s="4">
+      <c r="AB56" s="4">
         <v>530</v>
       </c>
-      <c r="AB56" s="4">
+      <c r="AC56" s="4">
         <v>558</v>
       </c>
-      <c r="AC56" s="4">
+      <c r="AD56" s="4">
         <v>583</v>
       </c>
-      <c r="AD56" s="4">
+      <c r="AE56" s="4">
         <v>589</v>
       </c>
-      <c r="AE56" s="4">
+      <c r="AF56" s="4">
         <v>550</v>
-      </c>
-[...1 lines deleted...]
-        <v>505</v>
       </c>
     </row>
     <row r="57" spans="1:32">
       <c r="B57" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C57" s="4">
         <v>120</v>
       </c>
       <c r="D57" s="4">
         <v>120</v>
       </c>
       <c r="E57" s="4">
         <v>120</v>
       </c>
       <c r="F57" s="4">
         <v>120</v>
       </c>
       <c r="G57" s="4">
         <v>120</v>
       </c>
       <c r="H57" s="4">
         <v>120</v>
       </c>
       <c r="I57" s="4">