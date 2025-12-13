--- v0 (2025-12-11)
+++ v1 (2025-12-13)
@@ -431,50 +431,53 @@
   <si>
     <t>11.11.2022</t>
   </si>
   <si>
     <t>21.10.2022</t>
   </si>
   <si>
     <t>14.10.2022</t>
   </si>
   <si>
     <t>23.9.2022</t>
   </si>
   <si>
     <t>8.4.2022</t>
   </si>
   <si>
     <t>18.3.2022</t>
   </si>
   <si>
     <t>11.2.2022</t>
   </si>
   <si>
     <t>Miroslav Rejchrt</t>
   </si>
   <si>
+    <t>12.12.2025</t>
+  </si>
+  <si>
     <t>4.12.2025</t>
   </si>
   <si>
     <t>20.11.2025</t>
   </si>
   <si>
     <t>6.11.2025</t>
   </si>
   <si>
     <t>16.10.2025</t>
   </si>
   <si>
     <t>9.10.2025</t>
   </si>
   <si>
     <t>25.9.2025</t>
   </si>
   <si>
     <t>3.4.2025</t>
   </si>
   <si>
     <t>27.3.2025</t>
   </si>
   <si>
     <t>20.3.2025</t>
@@ -582,53 +585,50 @@
     <t>14.3.2024</t>
   </si>
   <si>
     <t>29.2.2024</t>
   </si>
   <si>
     <t>1.2.2024</t>
   </si>
   <si>
     <t>11.1.2024</t>
   </si>
   <si>
     <t>7.12.2023</t>
   </si>
   <si>
     <t>26.10.2023</t>
   </si>
   <si>
     <t>28.9.2023</t>
   </si>
   <si>
     <t>13.4.2023</t>
   </si>
   <si>
     <t>23.3.2023</t>
-  </si>
-[...1 lines deleted...]
-    <t>2.2.2023</t>
   </si>
   <si>
     <t>Adéla Molnár Exnerová</t>
   </si>
   <si>
     <t>12.2.2022</t>
   </si>
   <si>
     <t>Pavel Nevole</t>
   </si>
   <si>
     <t>21.11.2019</t>
   </si>
   <si>
     <t>17.10.2019</t>
   </si>
   <si>
     <t>3.10.2019</t>
   </si>
   <si>
     <t>19.9.2019</t>
   </si>
   <si>
     <t>Tomáš Mrázek</t>
   </si>
@@ -2522,218 +2522,218 @@
       </c>
     </row>
     <row r="23" spans="1:32">
       <c r="A23" s="2" t="s">
         <v>138</v>
       </c>
       <c r="B23" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C23" s="6" t="s">
         <v>139</v>
       </c>
       <c r="D23" s="6" t="s">
         <v>140</v>
       </c>
       <c r="E23" s="6" t="s">
         <v>141</v>
       </c>
       <c r="F23" s="6" t="s">
         <v>142</v>
       </c>
       <c r="G23" s="6" t="s">
         <v>143</v>
       </c>
       <c r="H23" s="6" t="s">
+        <v>144</v>
+      </c>
+      <c r="I23" s="6" t="s">
         <v>92</v>
-      </c>
-[...1 lines deleted...]
-        <v>144</v>
       </c>
       <c r="J23" s="6" t="s">
         <v>145</v>
       </c>
       <c r="K23" s="6" t="s">
         <v>146</v>
       </c>
       <c r="L23" s="6" t="s">
         <v>147</v>
       </c>
       <c r="M23" s="6" t="s">
+        <v>148</v>
+      </c>
+      <c r="N23" s="6" t="s">
         <v>95</v>
-      </c>
-[...1 lines deleted...]
-        <v>148</v>
       </c>
       <c r="O23" s="6" t="s">
         <v>149</v>
       </c>
       <c r="P23" s="6" t="s">
+        <v>150</v>
+      </c>
+      <c r="Q23" s="6" t="s">
         <v>96</v>
       </c>
-      <c r="Q23" s="6" t="s">
+      <c r="R23" s="6" t="s">
         <v>97</v>
-      </c>
-[...1 lines deleted...]
-        <v>150</v>
       </c>
       <c r="S23" s="6" t="s">
         <v>151</v>
       </c>
       <c r="T23" s="6" t="s">
         <v>152</v>
       </c>
       <c r="U23" s="6" t="s">
         <v>153</v>
       </c>
       <c r="V23" s="6" t="s">
         <v>154</v>
       </c>
       <c r="W23" s="6" t="s">
+        <v>155</v>
+      </c>
+      <c r="X23" s="6" t="s">
         <v>102</v>
       </c>
-      <c r="X23" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Y23" s="6" t="s">
+        <v>156</v>
+      </c>
+      <c r="Z23" s="6" t="s">
         <v>13</v>
-      </c>
-[...1 lines deleted...]
-        <v>156</v>
       </c>
       <c r="AA23" s="6" t="s">
         <v>157</v>
       </c>
       <c r="AB23" s="6" t="s">
+        <v>158</v>
+      </c>
+      <c r="AC23" s="6" t="s">
         <v>118</v>
       </c>
-      <c r="AC23" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AD23" s="6" t="s">
+        <v>159</v>
+      </c>
+      <c r="AE23" s="6" t="s">
         <v>119</v>
       </c>
-      <c r="AE23" s="6" t="s">
+      <c r="AF23" s="6" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>121</v>
       </c>
     </row>
     <row r="24" spans="1:32">
       <c r="B24" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C24" s="4">
+        <v>424</v>
+      </c>
+      <c r="D24" s="4">
         <v>437</v>
       </c>
-      <c r="D24" s="4">
+      <c r="E24" s="4">
         <v>410</v>
       </c>
-      <c r="E24" s="4">
+      <c r="F24" s="4">
         <v>413</v>
       </c>
-      <c r="F24" s="4">
+      <c r="G24" s="4">
         <v>455</v>
       </c>
-      <c r="G24" s="4">
+      <c r="H24" s="4">
         <v>428</v>
       </c>
-      <c r="H24" s="4">
+      <c r="I24" s="4">
         <v>403</v>
       </c>
-      <c r="I24" s="4">
+      <c r="J24" s="4">
         <v>417</v>
       </c>
-      <c r="J24" s="4">
+      <c r="K24" s="4">
         <v>398</v>
       </c>
-      <c r="K24" s="4">
+      <c r="L24" s="4">
         <v>443</v>
       </c>
-      <c r="L24" s="4">
+      <c r="M24" s="4">
         <v>451</v>
       </c>
-      <c r="M24" s="4">
+      <c r="N24" s="4">
         <v>433</v>
       </c>
-      <c r="N24" s="4">
+      <c r="O24" s="4">
         <v>406</v>
       </c>
-      <c r="O24" s="4">
+      <c r="P24" s="4">
         <v>412</v>
       </c>
-      <c r="P24" s="4">
+      <c r="Q24" s="4">
         <v>405</v>
       </c>
-      <c r="Q24" s="4">
+      <c r="R24" s="4">
         <v>443</v>
       </c>
-      <c r="R24" s="4">
+      <c r="S24" s="4">
         <v>472</v>
       </c>
-      <c r="S24" s="4">
+      <c r="T24" s="4">
         <v>442</v>
       </c>
-      <c r="T24" s="4">
+      <c r="U24" s="4">
         <v>455</v>
       </c>
-      <c r="U24" s="4">
+      <c r="V24" s="4">
         <v>446</v>
       </c>
-      <c r="V24" s="4">
+      <c r="W24" s="4">
         <v>418</v>
       </c>
-      <c r="W24" s="4">
+      <c r="X24" s="4">
         <v>451</v>
       </c>
-      <c r="X24" s="4">
+      <c r="Y24" s="4">
         <v>445</v>
       </c>
-      <c r="Y24" s="4">
+      <c r="Z24" s="4">
         <v>400</v>
       </c>
-      <c r="Z24" s="4">
+      <c r="AA24" s="4">
         <v>463</v>
       </c>
-      <c r="AA24" s="4">
+      <c r="AB24" s="4">
         <v>409</v>
       </c>
-      <c r="AB24" s="4">
+      <c r="AC24" s="4">
         <v>435</v>
       </c>
-      <c r="AC24" s="4">
+      <c r="AD24" s="4">
         <v>404</v>
       </c>
-      <c r="AD24" s="4">
+      <c r="AE24" s="4">
         <v>436</v>
       </c>
-      <c r="AE24" s="4">
+      <c r="AF24" s="4">
         <v>405</v>
-      </c>
-[...1 lines deleted...]
-        <v>468</v>
       </c>
     </row>
     <row r="25" spans="1:32">
       <c r="B25" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C25" s="6">
         <v>100</v>
       </c>
       <c r="D25" s="6">
         <v>100</v>
       </c>
       <c r="E25" s="6">
         <v>100</v>
       </c>
       <c r="F25" s="6">
         <v>100</v>
       </c>
       <c r="G25" s="6">
         <v>100</v>
       </c>
       <c r="H25" s="6">
         <v>100</v>
       </c>
       <c r="I25" s="6">
@@ -2789,141 +2789,141 @@
       </c>
       <c r="Z25" s="6">
         <v>100</v>
       </c>
       <c r="AA25" s="6">
         <v>100</v>
       </c>
       <c r="AB25" s="6">
         <v>100</v>
       </c>
       <c r="AC25" s="6">
         <v>100</v>
       </c>
       <c r="AD25" s="6">
         <v>100</v>
       </c>
       <c r="AE25" s="6">
         <v>100</v>
       </c>
       <c r="AF25" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="27" spans="1:32">
       <c r="A27" s="2" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="6" t="s">
         <v>87</v>
       </c>
       <c r="D27" s="6" t="s">
         <v>88</v>
       </c>
       <c r="E27" s="6" t="s">
         <v>89</v>
       </c>
       <c r="F27" s="6" t="s">
         <v>90</v>
       </c>
       <c r="G27" s="6" t="s">
         <v>91</v>
       </c>
       <c r="H27" s="6" t="s">
         <v>93</v>
       </c>
       <c r="I27" s="6" t="s">
         <v>94</v>
       </c>
       <c r="J27" s="6" t="s">
         <v>95</v>
       </c>
       <c r="K27" s="6" t="s">
         <v>96</v>
       </c>
       <c r="L27" s="6" t="s">
         <v>97</v>
       </c>
       <c r="M27" s="6" t="s">
         <v>98</v>
       </c>
       <c r="N27" s="6" t="s">
         <v>99</v>
       </c>
       <c r="O27" s="6" t="s">
         <v>100</v>
       </c>
       <c r="P27" s="6" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="Q27" s="6" t="s">
         <v>101</v>
       </c>
       <c r="R27" s="6" t="s">
         <v>103</v>
       </c>
       <c r="S27" s="6" t="s">
         <v>104</v>
       </c>
       <c r="T27" s="6" t="s">
         <v>105</v>
       </c>
       <c r="U27" s="6" t="s">
         <v>106</v>
       </c>
       <c r="V27" s="6" t="s">
         <v>107</v>
       </c>
       <c r="W27" s="6" t="s">
         <v>108</v>
       </c>
       <c r="X27" s="6" t="s">
         <v>109</v>
       </c>
       <c r="Y27" s="6" t="s">
         <v>111</v>
       </c>
       <c r="Z27" s="6" t="s">
         <v>112</v>
       </c>
       <c r="AA27" s="6" t="s">
         <v>113</v>
       </c>
       <c r="AB27" s="6" t="s">
         <v>114</v>
       </c>
       <c r="AC27" s="6" t="s">
         <v>115</v>
       </c>
       <c r="AD27" s="6" t="s">
         <v>116</v>
       </c>
       <c r="AE27" s="6" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="AF27" s="6" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="28" spans="1:32">
       <c r="B28" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C28" s="4">
         <v>447</v>
       </c>
       <c r="D28" s="4">
         <v>428</v>
       </c>
       <c r="E28" s="4">
         <v>411</v>
       </c>
       <c r="F28" s="4">
         <v>432</v>
       </c>
       <c r="G28" s="4">
         <v>416</v>
       </c>
       <c r="H28" s="4">
@@ -3077,144 +3077,144 @@
       </c>
       <c r="Z29" s="6">
         <v>100</v>
       </c>
       <c r="AA29" s="6">
         <v>100</v>
       </c>
       <c r="AB29" s="6">
         <v>100</v>
       </c>
       <c r="AC29" s="6">
         <v>100</v>
       </c>
       <c r="AD29" s="6">
         <v>100</v>
       </c>
       <c r="AE29" s="6">
         <v>100</v>
       </c>
       <c r="AF29" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="31" spans="1:32">
       <c r="A31" s="2" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="6" t="s">
         <v>97</v>
       </c>
       <c r="D31" s="6" t="s">
         <v>98</v>
       </c>
       <c r="E31" s="6" t="s">
         <v>99</v>
       </c>
       <c r="F31" s="6" t="s">
         <v>100</v>
       </c>
       <c r="G31" s="6" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="H31" s="6" t="s">
         <v>101</v>
       </c>
       <c r="I31" s="6" t="s">
         <v>103</v>
       </c>
       <c r="J31" s="6" t="s">
         <v>104</v>
       </c>
       <c r="K31" s="6" t="s">
         <v>105</v>
       </c>
       <c r="L31" s="6" t="s">
         <v>106</v>
       </c>
       <c r="M31" s="6" t="s">
         <v>107</v>
       </c>
       <c r="N31" s="6" t="s">
         <v>108</v>
       </c>
       <c r="O31" s="6" t="s">
         <v>109</v>
       </c>
       <c r="P31" s="6" t="s">
         <v>110</v>
       </c>
       <c r="Q31" s="6" t="s">
         <v>111</v>
       </c>
       <c r="R31" s="6" t="s">
         <v>112</v>
       </c>
       <c r="S31" s="6" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="T31" s="6" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="U31" s="6" t="s">
         <v>39</v>
       </c>
       <c r="V31" s="6" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="W31" s="6" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="X31" s="6" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="Y31" s="6" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="Z31" s="6" t="s">
         <v>48</v>
       </c>
       <c r="AA31" s="6" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="AB31" s="6" t="s">
         <v>49</v>
       </c>
       <c r="AC31" s="6" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="AD31" s="6" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="AE31" s="6" t="s">
         <v>19</v>
       </c>
       <c r="AF31" s="6" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
     </row>
     <row r="32" spans="1:32">
       <c r="B32" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C32" s="4">
         <v>422</v>
       </c>
       <c r="D32" s="4">
         <v>426</v>
       </c>
       <c r="E32" s="4">
         <v>473</v>
       </c>
       <c r="F32" s="4">
         <v>422</v>
       </c>
       <c r="G32" s="4">
         <v>405</v>
       </c>
       <c r="H32" s="4">
         <v>385</v>
       </c>
       <c r="I32" s="4">
@@ -3365,111 +3365,111 @@
       </c>
       <c r="Z33" s="6">
         <v>100</v>
       </c>
       <c r="AA33" s="6">
         <v>100</v>
       </c>
       <c r="AB33" s="6">
         <v>100</v>
       </c>
       <c r="AC33" s="6">
         <v>100</v>
       </c>
       <c r="AD33" s="6">
         <v>100</v>
       </c>
       <c r="AE33" s="6">
         <v>100</v>
       </c>
       <c r="AF33" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="35" spans="1:32">
       <c r="A35" s="2" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C35" s="6" t="s">
         <v>3</v>
       </c>
       <c r="D35" s="6" t="s">
         <v>37</v>
       </c>
       <c r="E35" s="6" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="F35" s="6" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="G35" s="6" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="H35" s="6" t="s">
         <v>8</v>
       </c>
       <c r="I35" s="6" t="s">
         <v>9</v>
       </c>
       <c r="J35" s="6" t="s">
         <v>10</v>
       </c>
       <c r="K35" s="6" t="s">
         <v>11</v>
       </c>
       <c r="L35" s="6" t="s">
         <v>12</v>
       </c>
       <c r="M35" s="6" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="N35" s="6" t="s">
         <v>118</v>
       </c>
       <c r="O35" s="6" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="P35" s="6" t="s">
         <v>119</v>
       </c>
       <c r="Q35" s="6" t="s">
         <v>120</v>
       </c>
       <c r="R35" s="6" t="s">
         <v>121</v>
       </c>
       <c r="S35" s="6" t="s">
         <v>124</v>
       </c>
       <c r="T35" s="6" t="s">
         <v>125</v>
       </c>
       <c r="U35" s="6" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="V35" s="6" t="s">
         <v>129</v>
       </c>
       <c r="W35" s="6" t="s">
         <v>131</v>
       </c>
       <c r="X35" s="6" t="s">
         <v>132</v>
       </c>
       <c r="Y35" s="6" t="s">
         <v>133</v>
       </c>
       <c r="Z35" s="6" t="s">
         <v>134</v>
       </c>
       <c r="AA35" s="6" t="s">
         <v>135</v>
       </c>
       <c r="AB35" s="6" t="s">
         <v>136</v>
       </c>
       <c r="AC35" s="6" t="s">
         <v>137</v>
       </c>
@@ -3653,239 +3653,239 @@
       </c>
       <c r="Z37" s="6">
         <v>100</v>
       </c>
       <c r="AA37" s="6">
         <v>100</v>
       </c>
       <c r="AB37" s="6">
         <v>100</v>
       </c>
       <c r="AC37" s="6">
         <v>100</v>
       </c>
       <c r="AD37" s="6">
         <v>100</v>
       </c>
       <c r="AE37" s="6">
         <v>100</v>
       </c>
       <c r="AF37" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="39" spans="1:32">
       <c r="A39" s="2" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="B39" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C39" s="6" t="s">
+        <v>139</v>
+      </c>
+      <c r="D39" s="6" t="s">
         <v>88</v>
       </c>
-      <c r="D39" s="6" t="s">
+      <c r="E39" s="6" t="s">
         <v>89</v>
       </c>
-      <c r="E39" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F39" s="6" t="s">
+        <v>143</v>
+      </c>
+      <c r="G39" s="6" t="s">
         <v>91</v>
-      </c>
-[...1 lines deleted...]
-        <v>144</v>
       </c>
       <c r="H39" s="6" t="s">
         <v>145</v>
       </c>
       <c r="I39" s="6" t="s">
         <v>146</v>
       </c>
       <c r="J39" s="6" t="s">
         <v>147</v>
       </c>
       <c r="K39" s="6" t="s">
         <v>148</v>
       </c>
       <c r="L39" s="6" t="s">
         <v>149</v>
       </c>
       <c r="M39" s="6" t="s">
         <v>150</v>
       </c>
       <c r="N39" s="6" t="s">
         <v>151</v>
       </c>
       <c r="O39" s="6" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
       <c r="P39" s="6" t="s">
         <v>154</v>
       </c>
       <c r="Q39" s="6" t="s">
         <v>155</v>
       </c>
       <c r="R39" s="6" t="s">
-        <v>179</v>
+        <v>156</v>
       </c>
       <c r="S39" s="6" t="s">
         <v>180</v>
       </c>
       <c r="T39" s="6" t="s">
         <v>181</v>
       </c>
       <c r="U39" s="6" t="s">
         <v>182</v>
       </c>
       <c r="V39" s="6" t="s">
         <v>183</v>
       </c>
       <c r="W39" s="6" t="s">
         <v>184</v>
       </c>
       <c r="X39" s="6" t="s">
         <v>185</v>
       </c>
       <c r="Y39" s="6" t="s">
         <v>186</v>
       </c>
       <c r="Z39" s="6" t="s">
+        <v>187</v>
+      </c>
+      <c r="AA39" s="6" t="s">
         <v>110</v>
-      </c>
-[...1 lines deleted...]
-        <v>187</v>
       </c>
       <c r="AB39" s="6" t="s">
         <v>188</v>
       </c>
       <c r="AC39" s="6" t="s">
         <v>189</v>
       </c>
       <c r="AD39" s="6" t="s">
+        <v>190</v>
+      </c>
+      <c r="AE39" s="6" t="s">
         <v>116</v>
       </c>
-      <c r="AE39" s="6" t="s">
+      <c r="AF39" s="6" t="s">
         <v>126</v>
-      </c>
-[...1 lines deleted...]
-        <v>190</v>
       </c>
     </row>
     <row r="40" spans="1:32">
       <c r="B40" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C40" s="4">
+        <v>421</v>
+      </c>
+      <c r="D40" s="4">
         <v>414</v>
       </c>
-      <c r="D40" s="4">
+      <c r="E40" s="4">
         <v>444</v>
       </c>
-      <c r="E40" s="4">
+      <c r="F40" s="4">
         <v>440</v>
       </c>
-      <c r="F40" s="4">
+      <c r="G40" s="4">
         <v>404</v>
       </c>
-      <c r="G40" s="4">
+      <c r="H40" s="4">
         <v>412</v>
       </c>
-      <c r="H40" s="4">
+      <c r="I40" s="4">
         <v>401</v>
       </c>
-      <c r="I40" s="4">
+      <c r="J40" s="4">
         <v>420</v>
       </c>
-      <c r="J40" s="4">
+      <c r="K40" s="4">
         <v>426</v>
       </c>
-      <c r="K40" s="4">
+      <c r="L40" s="4">
         <v>431</v>
       </c>
-      <c r="L40" s="4">
+      <c r="M40" s="4">
         <v>414</v>
       </c>
-      <c r="M40" s="4">
+      <c r="N40" s="4">
         <v>423</v>
       </c>
-      <c r="N40" s="4">
+      <c r="O40" s="4">
         <v>407</v>
       </c>
-      <c r="O40" s="4">
+      <c r="P40" s="4">
         <v>408</v>
       </c>
-      <c r="P40" s="4">
+      <c r="Q40" s="4">
         <v>429</v>
       </c>
-      <c r="Q40" s="4">
+      <c r="R40" s="4">
         <v>416</v>
       </c>
-      <c r="R40" s="4">
+      <c r="S40" s="4">
         <v>446</v>
       </c>
-      <c r="S40" s="4">
+      <c r="T40" s="4">
         <v>420</v>
       </c>
-      <c r="T40" s="4">
+      <c r="U40" s="4">
         <v>436</v>
       </c>
-      <c r="U40" s="4">
+      <c r="V40" s="4">
         <v>412</v>
       </c>
-      <c r="V40" s="4">
+      <c r="W40" s="4">
         <v>457</v>
       </c>
-      <c r="W40" s="4">
+      <c r="X40" s="4">
         <v>479</v>
       </c>
-      <c r="X40" s="4">
+      <c r="Y40" s="4">
         <v>390</v>
       </c>
-      <c r="Y40" s="4">
+      <c r="Z40" s="4">
         <v>393</v>
       </c>
-      <c r="Z40" s="4">
+      <c r="AA40" s="4">
         <v>427</v>
       </c>
-      <c r="AA40" s="4">
+      <c r="AB40" s="4">
         <v>480</v>
       </c>
-      <c r="AB40" s="4">
+      <c r="AC40" s="4">
         <v>419</v>
       </c>
-      <c r="AC40" s="4">
+      <c r="AD40" s="4">
         <v>458</v>
       </c>
-      <c r="AD40" s="4">
+      <c r="AE40" s="4">
         <v>410</v>
       </c>
-      <c r="AE40" s="4">
+      <c r="AF40" s="4">
         <v>408</v>
-      </c>
-[...1 lines deleted...]
-        <v>472</v>
       </c>
     </row>
     <row r="41" spans="1:32">
       <c r="B41" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C41" s="6">
         <v>100</v>
       </c>
       <c r="D41" s="6">
         <v>100</v>
       </c>
       <c r="E41" s="6">
         <v>100</v>
       </c>
       <c r="F41" s="6">
         <v>100</v>
       </c>
       <c r="G41" s="6">
         <v>100</v>
       </c>
       <c r="H41" s="6">
         <v>100</v>
       </c>
       <c r="I41" s="6">
@@ -3989,51 +3989,51 @@
       <c r="I43" s="6" t="s">
         <v>108</v>
       </c>
       <c r="J43" s="6" t="s">
         <v>110</v>
       </c>
       <c r="K43" s="6" t="s">
         <v>111</v>
       </c>
       <c r="L43" s="6" t="s">
         <v>112</v>
       </c>
       <c r="M43" s="6" t="s">
         <v>113</v>
       </c>
       <c r="N43" s="6" t="s">
         <v>114</v>
       </c>
       <c r="O43" s="6" t="s">
         <v>115</v>
       </c>
       <c r="P43" s="6" t="s">
         <v>116</v>
       </c>
       <c r="Q43" s="6" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="R43" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S43" s="6" t="s">
         <v>39</v>
       </c>
       <c r="T43" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U43" s="6" t="s">
         <v>41</v>
       </c>
       <c r="V43" s="6" t="s">
         <v>42</v>
       </c>
       <c r="W43" s="6" t="s">
         <v>43</v>
       </c>
       <c r="X43" s="6" t="s">
         <v>44</v>
       </c>
       <c r="Y43" s="6" t="s">
         <v>45</v>
       </c>
@@ -4322,227 +4322,227 @@
       </c>
       <c r="G49" s="6">
         <v>100</v>
       </c>
       <c r="H49" s="6">
         <v>100</v>
       </c>
       <c r="I49" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="51" spans="1:32">
       <c r="A51" s="2" t="s">
         <v>198</v>
       </c>
       <c r="B51" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C51" s="6" t="s">
         <v>139</v>
       </c>
       <c r="D51" s="6" t="s">
         <v>140</v>
       </c>
       <c r="E51" s="6" t="s">
+        <v>141</v>
+      </c>
+      <c r="F51" s="6" t="s">
         <v>89</v>
-      </c>
-[...1 lines deleted...]
-        <v>141</v>
       </c>
       <c r="G51" s="6" t="s">
         <v>142</v>
       </c>
       <c r="H51" s="6" t="s">
         <v>143</v>
       </c>
       <c r="I51" s="6" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="J51" s="6" t="s">
         <v>146</v>
       </c>
       <c r="K51" s="6" t="s">
         <v>147</v>
       </c>
       <c r="L51" s="6" t="s">
         <v>148</v>
       </c>
       <c r="M51" s="6" t="s">
         <v>149</v>
       </c>
       <c r="N51" s="6" t="s">
         <v>150</v>
       </c>
       <c r="O51" s="6" t="s">
         <v>151</v>
       </c>
       <c r="P51" s="6" t="s">
         <v>152</v>
       </c>
       <c r="Q51" s="6" t="s">
         <v>153</v>
       </c>
       <c r="R51" s="6" t="s">
         <v>154</v>
       </c>
       <c r="S51" s="6" t="s">
         <v>155</v>
       </c>
       <c r="T51" s="6" t="s">
-        <v>179</v>
+        <v>156</v>
       </c>
       <c r="U51" s="6" t="s">
         <v>180</v>
       </c>
       <c r="V51" s="6" t="s">
         <v>181</v>
       </c>
       <c r="W51" s="6" t="s">
         <v>182</v>
       </c>
       <c r="X51" s="6" t="s">
         <v>183</v>
       </c>
       <c r="Y51" s="6" t="s">
         <v>184</v>
       </c>
       <c r="Z51" s="6" t="s">
         <v>185</v>
       </c>
       <c r="AA51" s="6" t="s">
+        <v>186</v>
+      </c>
+      <c r="AB51" s="6" t="s">
         <v>199</v>
       </c>
-      <c r="AB51" s="6" t="s">
+      <c r="AC51" s="6" t="s">
         <v>200</v>
       </c>
-      <c r="AC51" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AD51" s="6" t="s">
+        <v>188</v>
+      </c>
+      <c r="AE51" s="6" t="s">
         <v>201</v>
       </c>
-      <c r="AE51" s="6" t="s">
+      <c r="AF51" s="6" t="s">
         <v>113</v>
-      </c>
-[...1 lines deleted...]
-        <v>188</v>
       </c>
     </row>
     <row r="52" spans="1:32">
       <c r="B52" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C52" s="4">
+        <v>403</v>
+      </c>
+      <c r="D52" s="4">
         <v>439</v>
       </c>
-      <c r="D52" s="4">
+      <c r="E52" s="4">
         <v>430</v>
       </c>
-      <c r="E52" s="4">
+      <c r="F52" s="4">
         <v>407</v>
       </c>
-      <c r="F52" s="4">
+      <c r="G52" s="4">
         <v>408</v>
       </c>
-      <c r="G52" s="4">
+      <c r="H52" s="4">
         <v>414</v>
       </c>
-      <c r="H52" s="4">
+      <c r="I52" s="4">
         <v>402</v>
       </c>
-      <c r="I52" s="4">
+      <c r="J52" s="4">
         <v>389</v>
       </c>
-      <c r="J52" s="4">
+      <c r="K52" s="4">
         <v>427</v>
       </c>
-      <c r="K52" s="4">
+      <c r="L52" s="4">
         <v>395</v>
       </c>
-      <c r="L52" s="4">
+      <c r="M52" s="4">
         <v>370</v>
       </c>
-      <c r="M52" s="4">
+      <c r="N52" s="4">
         <v>441</v>
       </c>
-      <c r="N52" s="4">
+      <c r="O52" s="4">
         <v>392</v>
       </c>
-      <c r="O52" s="4">
+      <c r="P52" s="4">
         <v>417</v>
       </c>
-      <c r="P52" s="4">
+      <c r="Q52" s="4">
         <v>423</v>
       </c>
-      <c r="Q52" s="4">
+      <c r="R52" s="4">
         <v>419</v>
       </c>
-      <c r="R52" s="4">
+      <c r="S52" s="4">
         <v>423</v>
       </c>
-      <c r="S52" s="4">
+      <c r="T52" s="4">
         <v>426</v>
       </c>
-      <c r="T52" s="4">
+      <c r="U52" s="4">
         <v>378</v>
       </c>
-      <c r="U52" s="4">
+      <c r="V52" s="4">
         <v>430</v>
       </c>
-      <c r="V52" s="4">
+      <c r="W52" s="4">
         <v>405</v>
       </c>
-      <c r="W52" s="4">
+      <c r="X52" s="4">
         <v>420</v>
       </c>
-      <c r="X52" s="4">
+      <c r="Y52" s="4">
         <v>367</v>
       </c>
-      <c r="Y52" s="4">
+      <c r="Z52" s="4">
         <v>437</v>
       </c>
-      <c r="Z52" s="4">
+      <c r="AA52" s="4">
         <v>429</v>
       </c>
-      <c r="AA52" s="4">
+      <c r="AB52" s="4">
         <v>428</v>
       </c>
-      <c r="AB52" s="4">
+      <c r="AC52" s="4">
         <v>389</v>
-      </c>
-[...1 lines deleted...]
-        <v>381</v>
       </c>
       <c r="AD52" s="4">
         <v>381</v>
       </c>
       <c r="AE52" s="4">
+        <v>381</v>
+      </c>
+      <c r="AF52" s="4">
         <v>426</v>
-      </c>
-[...1 lines deleted...]
-        <v>411</v>
       </c>
     </row>
     <row r="53" spans="1:32">
       <c r="B53" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C53" s="6">
         <v>100</v>
       </c>
       <c r="D53" s="6">
         <v>100</v>
       </c>
       <c r="E53" s="6">
         <v>100</v>
       </c>
       <c r="F53" s="6">
         <v>100</v>
       </c>
       <c r="G53" s="6">
         <v>100</v>
       </c>
       <c r="H53" s="6">
         <v>100</v>
       </c>
       <c r="I53" s="6">