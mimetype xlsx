--- v0 (2025-12-10)
+++ v1 (2025-12-13)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="68">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="69">
   <si>
     <t>Výsledky hráčů družstva TJ Sokol Blíževedly B na kuželně Blíževedly</t>
   </si>
   <si>
     <t>Vlastimil Václavík</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
     <t>28.2.2020</t>
   </si>
   <si>
     <t>14.2.2020</t>
   </si>
   <si>
     <t>6.12.2019</t>
   </si>
   <si>
     <t>15.11.2019</t>
   </si>
   <si>
     <t>1.11.2019</t>
   </si>
   <si>
@@ -177,50 +177,53 @@
     <t>26.3.2022</t>
   </si>
   <si>
     <t>12.3.2022</t>
   </si>
   <si>
     <t>1.3.2022</t>
   </si>
   <si>
     <t>12.2.2022</t>
   </si>
   <si>
     <t>20.11.2021</t>
   </si>
   <si>
     <t>6.11.2021</t>
   </si>
   <si>
     <t>Stanislava Kroupová</t>
   </si>
   <si>
     <t>19.1.2018</t>
   </si>
   <si>
     <t>Jana Hřebenová</t>
+  </si>
+  <si>
+    <t>12.12.2025</t>
   </si>
   <si>
     <t>28.11.2025</t>
   </si>
   <si>
     <t>17.10.2025</t>
   </si>
   <si>
     <t>11.10.2024</t>
   </si>
   <si>
     <t>31.1.2020</t>
   </si>
   <si>
     <t>Miloš Merkl</t>
   </si>
   <si>
     <t>14.11.2025</t>
   </si>
   <si>
     <t>31.10.2025</t>
   </si>
   <si>
     <t>10.10.2025</t>
   </si>
@@ -1172,129 +1175,138 @@
       </c>
       <c r="E13" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="15" spans="1:32">
       <c r="A15" s="2" t="s">
         <v>54</v>
       </c>
       <c r="B15" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C15" s="6" t="s">
         <v>55</v>
       </c>
       <c r="D15" s="6" t="s">
         <v>56</v>
       </c>
       <c r="E15" s="6" t="s">
         <v>57</v>
       </c>
       <c r="F15" s="6" t="s">
         <v>58</v>
       </c>
       <c r="G15" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="H15" s="6" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:32">
       <c r="B16" s="5" t="s">
         <v>19</v>
       </c>
       <c r="C16" s="4">
+        <v>346</v>
+      </c>
+      <c r="D16" s="4">
         <v>341</v>
       </c>
-      <c r="D16" s="4">
+      <c r="E16" s="4">
         <v>342</v>
       </c>
-      <c r="E16" s="4">
+      <c r="F16" s="4">
         <v>337</v>
       </c>
-      <c r="F16" s="4">
+      <c r="G16" s="4">
         <v>313</v>
       </c>
-      <c r="G16" s="4">
+      <c r="H16" s="4">
         <v>366</v>
       </c>
     </row>
     <row r="17" spans="1:32">
       <c r="B17" s="5" t="s">
         <v>20</v>
       </c>
       <c r="C17" s="6">
         <v>100</v>
       </c>
       <c r="D17" s="6">
         <v>100</v>
       </c>
       <c r="E17" s="6">
         <v>100</v>
       </c>
       <c r="F17" s="6">
         <v>100</v>
       </c>
       <c r="G17" s="6">
         <v>100</v>
       </c>
+      <c r="H17" s="6">
+        <v>100</v>
+      </c>
     </row>
     <row r="19" spans="1:32">
       <c r="A19" s="2" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="B19" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C19" s="6" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="D19" s="6" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="E19" s="6" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="F19" s="6" t="s">
         <v>22</v>
       </c>
       <c r="G19" s="6" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H19" s="6" t="s">
         <v>26</v>
       </c>
       <c r="I19" s="6" t="s">
         <v>50</v>
       </c>
       <c r="J19" s="6" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="K19" s="6" t="s">
         <v>4</v>
       </c>
       <c r="L19" s="6" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="M19" s="6" t="s">
         <v>7</v>
       </c>
       <c r="N19" s="6" t="s">
         <v>8</v>
       </c>
       <c r="O19" s="6" t="s">
         <v>10</v>
       </c>
       <c r="P19" s="6" t="s">
         <v>53</v>
       </c>
       <c r="Q19" s="6" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="20" spans="1:32">
       <c r="B20" s="5" t="s">
         <v>19</v>
       </c>
       <c r="C20" s="4">
         <v>329</v>
       </c>
       <c r="D20" s="4">
@@ -1370,69 +1382,69 @@
       </c>
       <c r="K21" s="6">
         <v>100</v>
       </c>
       <c r="L21" s="6">
         <v>100</v>
       </c>
       <c r="M21" s="6">
         <v>100</v>
       </c>
       <c r="N21" s="6">
         <v>100</v>
       </c>
       <c r="O21" s="6">
         <v>100</v>
       </c>
       <c r="P21" s="6">
         <v>100</v>
       </c>
       <c r="Q21" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="23" spans="1:32">
       <c r="A23" s="2" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="B23" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C23" s="6" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="D23" s="6" t="s">
         <v>3</v>
       </c>
       <c r="E23" s="6" t="s">
         <v>4</v>
       </c>
       <c r="F23" s="6" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="G23" s="6" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="H23" s="6" t="s">
         <v>5</v>
       </c>
       <c r="I23" s="6" t="s">
         <v>6</v>
       </c>
       <c r="J23" s="6" t="s">
         <v>7</v>
       </c>
       <c r="K23" s="6" t="s">
         <v>9</v>
       </c>
       <c r="L23" s="6" t="s">
         <v>12</v>
       </c>
       <c r="M23" s="6" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="24" spans="1:32">
       <c r="B24" s="5" t="s">
         <v>19</v>
       </c>
       <c r="C24" s="4">
@@ -1487,66 +1499,66 @@
       </c>
       <c r="G25" s="6">
         <v>100</v>
       </c>
       <c r="H25" s="6">
         <v>100</v>
       </c>
       <c r="I25" s="6">
         <v>100</v>
       </c>
       <c r="J25" s="6">
         <v>100</v>
       </c>
       <c r="K25" s="6">
         <v>100</v>
       </c>
       <c r="L25" s="6">
         <v>100</v>
       </c>
       <c r="M25" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="27" spans="1:32">
       <c r="A27" s="2" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="6" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="D27" s="6" t="s">
         <v>3</v>
       </c>
       <c r="E27" s="6" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="F27" s="6" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="G27" s="6" t="s">
         <v>5</v>
       </c>
       <c r="H27" s="6" t="s">
         <v>9</v>
       </c>
       <c r="I27" s="6" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="28" spans="1:32">
       <c r="B28" s="5" t="s">
         <v>19</v>
       </c>
       <c r="C28" s="4">
         <v>391</v>
       </c>
       <c r="D28" s="4">
         <v>380</v>
       </c>
       <c r="E28" s="4">
         <v>359</v>
       </c>
       <c r="F28" s="4">