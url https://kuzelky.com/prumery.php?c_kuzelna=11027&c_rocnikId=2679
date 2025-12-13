--- v0 (2025-12-08)
+++ v1 (2025-12-13)
@@ -12,61 +12,64 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="145">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="146">
   <si>
     <t>Výsledky hráčů družstva KO Česká Kamenice B na kuželně Česká Kamenice</t>
   </si>
   <si>
     <t>Olga Urbanová</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
+    <t>11.12.2025</t>
+  </si>
+  <si>
     <t>9.10.2025</t>
   </si>
   <si>
     <t>20.3.2025</t>
   </si>
   <si>
     <t>7.11.2024</t>
   </si>
   <si>
     <t>16.3.2023</t>
   </si>
   <si>
     <t>2.3.2023</t>
   </si>
   <si>
     <t>16.2.2023</t>
   </si>
   <si>
     <t>12.3.2022</t>
   </si>
   <si>
     <t>5.3.2022</t>
   </si>
   <si>
     <t>19.2.2022</t>
@@ -110,249 +113,249 @@
   <si>
     <t>26.9.2019</t>
   </si>
   <si>
     <t>19.9.2019</t>
   </si>
   <si>
     <t>5.4.2019</t>
   </si>
   <si>
     <t>21.3.2019</t>
   </si>
   <si>
     <t>7.3.2019</t>
   </si>
   <si>
     <t>7.2.2019</t>
   </si>
   <si>
     <t>17.1.2019</t>
   </si>
   <si>
     <t>10.1.2019</t>
   </si>
   <si>
+    <t>Výkon:</t>
+  </si>
+  <si>
+    <t>Počet hodů:</t>
+  </si>
+  <si>
+    <t>František Končický</t>
+  </si>
+  <si>
+    <t>8.3.2018</t>
+  </si>
+  <si>
+    <t>8.2.2018</t>
+  </si>
+  <si>
+    <t>11.1.2018</t>
+  </si>
+  <si>
+    <t>30.11.2017</t>
+  </si>
+  <si>
+    <t>21.9.2017</t>
+  </si>
+  <si>
+    <t>Miroslav Král</t>
+  </si>
+  <si>
+    <t>27.11.2025</t>
+  </si>
+  <si>
+    <t>20.11.2025</t>
+  </si>
+  <si>
+    <t>16.10.2025</t>
+  </si>
+  <si>
+    <t>3.4.2025</t>
+  </si>
+  <si>
+    <t>6.3.2025</t>
+  </si>
+  <si>
+    <t>8.2.2025</t>
+  </si>
+  <si>
+    <t>30.1.2025</t>
+  </si>
+  <si>
+    <t>2.12.2024</t>
+  </si>
+  <si>
+    <t>17.10.2024</t>
+  </si>
+  <si>
+    <t>10.10.2024</t>
+  </si>
+  <si>
+    <t>26.9.2024</t>
+  </si>
+  <si>
+    <t>4.4.2024</t>
+  </si>
+  <si>
+    <t>14.3.2024</t>
+  </si>
+  <si>
+    <t>22.2.2024</t>
+  </si>
+  <si>
+    <t>15.2.2024</t>
+  </si>
+  <si>
+    <t>11.1.2024</t>
+  </si>
+  <si>
+    <t>30.11.2023</t>
+  </si>
+  <si>
+    <t>9.11.2023</t>
+  </si>
+  <si>
+    <t>19.10.2023</t>
+  </si>
+  <si>
+    <t>12.10.2023</t>
+  </si>
+  <si>
+    <t>21.9.2023</t>
+  </si>
+  <si>
+    <t>9.2.2023</t>
+  </si>
+  <si>
+    <t>19.1.2023</t>
+  </si>
+  <si>
+    <t>17.11.2022</t>
+  </si>
+  <si>
+    <t>3.11.2022</t>
+  </si>
+  <si>
+    <t>29.9.2022</t>
+  </si>
+  <si>
+    <t>Věra Šimečková</t>
+  </si>
+  <si>
+    <t>28.11.2025</t>
+  </si>
+  <si>
+    <t>7.11.2025</t>
+  </si>
+  <si>
+    <t>17.10.2025</t>
+  </si>
+  <si>
+    <t>26.9.2025</t>
+  </si>
+  <si>
+    <t>21.3.2025</t>
+  </si>
+  <si>
+    <t>7.3.2025</t>
+  </si>
+  <si>
+    <t>21.2.2025</t>
+  </si>
+  <si>
+    <t>31.1.2025</t>
+  </si>
+  <si>
+    <t>29.11.2024</t>
+  </si>
+  <si>
+    <t>22.11.2024</t>
+  </si>
+  <si>
+    <t>8.11.2024</t>
+  </si>
+  <si>
+    <t>18.10.2024</t>
+  </si>
+  <si>
+    <t>12.10.2024</t>
+  </si>
+  <si>
+    <t>27.9.2024</t>
+  </si>
+  <si>
+    <t>6.4.2024</t>
+  </si>
+  <si>
+    <t>26.10.2023</t>
+  </si>
+  <si>
+    <t>13.10.2023</t>
+  </si>
+  <si>
+    <t>3.3.2023</t>
+  </si>
+  <si>
+    <t>19.2.2023</t>
+  </si>
+  <si>
+    <t>17.2.2023</t>
+  </si>
+  <si>
+    <t>20.1.2023</t>
+  </si>
+  <si>
+    <t>9.12.2022</t>
+  </si>
+  <si>
+    <t>4.11.2022</t>
+  </si>
+  <si>
+    <t>14.10.2022</t>
+  </si>
+  <si>
+    <t>Eva Říhová</t>
+  </si>
+  <si>
+    <t>25.9.2025</t>
+  </si>
+  <si>
+    <t>8.12.2022</t>
+  </si>
+  <si>
+    <t>5.4.2022</t>
+  </si>
+  <si>
+    <t>25.9.2021</t>
+  </si>
+  <si>
+    <t>4.4.2019</t>
+  </si>
+  <si>
     <t>29.11.2018</t>
-  </si>
-[...196 lines deleted...]
-    <t>4.4.2019</t>
   </si>
   <si>
     <t>9.11.2018</t>
   </si>
   <si>
     <t>11.10.2018</t>
   </si>
   <si>
     <t>Anna Kronďáková</t>
   </si>
   <si>
     <t>26.10.2017</t>
   </si>
   <si>
     <t>Libor Hekerle</t>
   </si>
   <si>
     <t>6.11.2025</t>
   </si>
   <si>
     <t>28.11.2019</t>
   </si>
   <si>
     <t>Jiří Malec</t>
   </si>
@@ -991,138 +994,138 @@
       </c>
       <c r="AA3" s="6" t="s">
         <v>27</v>
       </c>
       <c r="AB3" s="6" t="s">
         <v>28</v>
       </c>
       <c r="AC3" s="6" t="s">
         <v>29</v>
       </c>
       <c r="AD3" s="6" t="s">
         <v>30</v>
       </c>
       <c r="AE3" s="6" t="s">
         <v>31</v>
       </c>
       <c r="AF3" s="6" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="4" spans="1:32">
       <c r="B4" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C4" s="4">
+        <v>394</v>
+      </c>
+      <c r="D4" s="4">
         <v>395</v>
       </c>
-      <c r="D4" s="4">
+      <c r="E4" s="4">
         <v>388</v>
       </c>
-      <c r="E4" s="4">
+      <c r="F4" s="4">
         <v>381</v>
       </c>
-      <c r="F4" s="4">
+      <c r="G4" s="4">
         <v>393</v>
       </c>
-      <c r="G4" s="4">
+      <c r="H4" s="4">
         <v>410</v>
       </c>
-      <c r="H4" s="4">
+      <c r="I4" s="4">
         <v>362</v>
       </c>
-      <c r="I4" s="4">
+      <c r="J4" s="4">
         <v>327</v>
       </c>
-      <c r="J4" s="4">
+      <c r="K4" s="4">
         <v>350</v>
       </c>
-      <c r="K4" s="4">
+      <c r="L4" s="4">
         <v>367</v>
       </c>
-      <c r="L4" s="4">
+      <c r="M4" s="4">
         <v>377</v>
       </c>
-      <c r="M4" s="4">
+      <c r="N4" s="4">
         <v>353</v>
       </c>
-      <c r="N4" s="4">
+      <c r="O4" s="4">
         <v>423</v>
       </c>
-      <c r="O4" s="4">
+      <c r="P4" s="4">
         <v>380</v>
       </c>
-      <c r="P4" s="4">
+      <c r="Q4" s="4">
         <v>365</v>
       </c>
-      <c r="Q4" s="4">
+      <c r="R4" s="4">
         <v>404</v>
       </c>
-      <c r="R4" s="4">
+      <c r="S4" s="4">
         <v>345</v>
       </c>
-      <c r="S4" s="4">
+      <c r="T4" s="4">
         <v>419</v>
       </c>
-      <c r="T4" s="4">
+      <c r="U4" s="4">
         <v>378</v>
       </c>
-      <c r="U4" s="4">
+      <c r="V4" s="4">
         <v>419</v>
       </c>
-      <c r="V4" s="4">
+      <c r="W4" s="4">
         <v>416</v>
       </c>
-      <c r="W4" s="4">
+      <c r="X4" s="4">
         <v>396</v>
       </c>
-      <c r="X4" s="4">
+      <c r="Y4" s="4">
         <v>401</v>
       </c>
-      <c r="Y4" s="4">
+      <c r="Z4" s="4">
         <v>361</v>
       </c>
-      <c r="Z4" s="4">
+      <c r="AA4" s="4">
         <v>363</v>
       </c>
-      <c r="AA4" s="4">
+      <c r="AB4" s="4">
         <v>409</v>
       </c>
-      <c r="AB4" s="4">
+      <c r="AC4" s="4">
         <v>401</v>
       </c>
-      <c r="AC4" s="4">
+      <c r="AD4" s="4">
         <v>405</v>
       </c>
-      <c r="AD4" s="4">
+      <c r="AE4" s="4">
         <v>426</v>
       </c>
-      <c r="AE4" s="4">
+      <c r="AF4" s="4">
         <v>396</v>
-      </c>
-[...1 lines deleted...]
-        <v>372</v>
       </c>
     </row>
     <row r="5" spans="1:32">
       <c r="B5" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C5" s="6">
         <v>100</v>
       </c>
       <c r="D5" s="6">
         <v>100</v>
       </c>
       <c r="E5" s="6">
         <v>100</v>
       </c>
       <c r="F5" s="6">
         <v>100</v>
       </c>
       <c r="G5" s="6">
         <v>100</v>
       </c>
       <c r="H5" s="6">
         <v>100</v>
       </c>
       <c r="I5" s="6">
@@ -1256,114 +1259,114 @@
       </c>
       <c r="F9" s="6">
         <v>100</v>
       </c>
       <c r="G9" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="11" spans="1:32">
       <c r="A11" s="2" t="s">
         <v>41</v>
       </c>
       <c r="B11" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C11" s="6" t="s">
         <v>42</v>
       </c>
       <c r="D11" s="6" t="s">
         <v>43</v>
       </c>
       <c r="E11" s="6" t="s">
         <v>44</v>
       </c>
       <c r="F11" s="6" t="s">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G11" s="6" t="s">
         <v>45</v>
       </c>
       <c r="H11" s="6" t="s">
         <v>46</v>
       </c>
       <c r="I11" s="6" t="s">
         <v>47</v>
       </c>
       <c r="J11" s="6" t="s">
         <v>48</v>
       </c>
       <c r="K11" s="6" t="s">
         <v>49</v>
       </c>
       <c r="L11" s="6" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="M11" s="6" t="s">
         <v>50</v>
       </c>
       <c r="N11" s="6" t="s">
         <v>51</v>
       </c>
       <c r="O11" s="6" t="s">
         <v>52</v>
       </c>
       <c r="P11" s="6" t="s">
         <v>53</v>
       </c>
       <c r="Q11" s="6" t="s">
         <v>54</v>
       </c>
       <c r="R11" s="6" t="s">
         <v>55</v>
       </c>
       <c r="S11" s="6" t="s">
         <v>56</v>
       </c>
       <c r="T11" s="6" t="s">
         <v>57</v>
       </c>
       <c r="U11" s="6" t="s">
         <v>58</v>
       </c>
       <c r="V11" s="6" t="s">
         <v>59</v>
       </c>
       <c r="W11" s="6" t="s">
         <v>60</v>
       </c>
       <c r="X11" s="6" t="s">
         <v>61</v>
       </c>
       <c r="Y11" s="6" t="s">
         <v>62</v>
       </c>
       <c r="Z11" s="6" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="AA11" s="6" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="AB11" s="6" t="s">
         <v>63</v>
       </c>
       <c r="AC11" s="6" t="s">
         <v>64</v>
       </c>
       <c r="AD11" s="6" t="s">
         <v>65</v>
       </c>
       <c r="AE11" s="6" t="s">
         <v>66</v>
       </c>
       <c r="AF11" s="6" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="12" spans="1:32">
       <c r="B12" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C12" s="4">
         <v>410</v>
       </c>
       <c r="D12" s="4">
@@ -1844,117 +1847,117 @@
       <c r="B19" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C19" s="6" t="s">
         <v>94</v>
       </c>
       <c r="D19" s="6" t="s">
         <v>59</v>
       </c>
       <c r="E19" s="6" t="s">
         <v>63</v>
       </c>
       <c r="F19" s="6" t="s">
         <v>64</v>
       </c>
       <c r="G19" s="6" t="s">
         <v>95</v>
       </c>
       <c r="H19" s="6" t="s">
         <v>67</v>
       </c>
       <c r="I19" s="6" t="s">
         <v>96</v>
       </c>
       <c r="J19" s="6" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="K19" s="6" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="L19" s="6" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="M19" s="6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="N19" s="6" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="O19" s="6" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="P19" s="6" t="s">
         <v>97</v>
       </c>
       <c r="Q19" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="R19" s="6" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="S19" s="6" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="T19" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="U19" s="6" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="V19" s="6" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="W19" s="6" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="X19" s="6" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="Y19" s="6" t="s">
         <v>98</v>
       </c>
       <c r="Z19" s="6" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="AA19" s="6" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="AB19" s="6" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="AC19" s="6" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="AD19" s="6" t="s">
-        <v>32</v>
+        <v>99</v>
       </c>
       <c r="AE19" s="6" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="AF19" s="6" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
     </row>
     <row r="20" spans="1:32">
       <c r="B20" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C20" s="4">
         <v>370</v>
       </c>
       <c r="D20" s="4">
         <v>431</v>
       </c>
       <c r="E20" s="4">
         <v>386</v>
       </c>
       <c r="F20" s="4">
         <v>398</v>
       </c>
       <c r="G20" s="4">
         <v>402</v>
       </c>
       <c r="H20" s="4">
         <v>399</v>
       </c>
       <c r="I20" s="4">
@@ -2105,320 +2108,329 @@
       </c>
       <c r="Z21" s="6">
         <v>100</v>
       </c>
       <c r="AA21" s="6">
         <v>100</v>
       </c>
       <c r="AB21" s="6">
         <v>100</v>
       </c>
       <c r="AC21" s="6">
         <v>100</v>
       </c>
       <c r="AD21" s="6">
         <v>100</v>
       </c>
       <c r="AE21" s="6">
         <v>100</v>
       </c>
       <c r="AF21" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="23" spans="1:32">
       <c r="A23" s="2" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="B23" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C23" s="6" t="s">
+        <v>3</v>
+      </c>
+      <c r="D23" s="6" t="s">
         <v>42</v>
       </c>
-      <c r="D23" s="6" t="s">
+      <c r="E23" s="6" t="s">
         <v>44</v>
       </c>
-      <c r="E23" s="6" t="s">
+      <c r="F23" s="6" t="s">
         <v>94</v>
       </c>
-      <c r="F23" s="6" t="s">
+      <c r="G23" s="6" t="s">
         <v>46</v>
       </c>
-      <c r="G23" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H23" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="I23" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="I23" s="6" t="s">
-        <v>102</v>
+      <c r="J23" s="6" t="s">
+        <v>103</v>
       </c>
     </row>
     <row r="24" spans="1:32">
       <c r="B24" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C24" s="4">
+        <v>355</v>
+      </c>
+      <c r="D24" s="4">
         <v>405</v>
       </c>
-      <c r="D24" s="4">
+      <c r="E24" s="4">
         <v>417</v>
       </c>
-      <c r="E24" s="4">
+      <c r="F24" s="4">
         <v>389</v>
       </c>
-      <c r="F24" s="4">
+      <c r="G24" s="4">
         <v>381</v>
       </c>
-      <c r="G24" s="4">
+      <c r="H24" s="4">
         <v>356</v>
       </c>
-      <c r="H24" s="4">
+      <c r="I24" s="4">
         <v>407</v>
       </c>
-      <c r="I24" s="4">
+      <c r="J24" s="4">
         <v>369</v>
       </c>
     </row>
     <row r="25" spans="1:32">
       <c r="B25" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C25" s="6">
         <v>100</v>
       </c>
       <c r="D25" s="6">
         <v>100</v>
       </c>
       <c r="E25" s="6">
         <v>100</v>
       </c>
       <c r="F25" s="6">
         <v>100</v>
       </c>
       <c r="G25" s="6">
         <v>100</v>
       </c>
       <c r="H25" s="6">
         <v>100</v>
       </c>
       <c r="I25" s="6">
         <v>100</v>
       </c>
+      <c r="J25" s="6">
+        <v>100</v>
+      </c>
     </row>
     <row r="27" spans="1:32">
       <c r="A27" s="2" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="6" t="s">
+        <v>3</v>
+      </c>
+      <c r="D27" s="6" t="s">
         <v>43</v>
       </c>
-      <c r="D27" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E27" s="6" t="s">
+        <v>105</v>
+      </c>
+      <c r="F27" s="6" t="s">
         <v>44</v>
       </c>
-      <c r="F27" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G27" s="6" t="s">
+        <v>4</v>
+      </c>
+      <c r="H27" s="6" t="s">
         <v>94</v>
       </c>
-      <c r="H27" s="6" t="s">
+      <c r="I27" s="6" t="s">
         <v>45</v>
       </c>
-      <c r="I27" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J27" s="6" t="s">
+        <v>5</v>
+      </c>
+      <c r="K27" s="6" t="s">
         <v>47</v>
       </c>
-      <c r="K27" s="6" t="s">
+      <c r="L27" s="6" t="s">
         <v>48</v>
       </c>
-      <c r="L27" s="6" t="s">
+      <c r="M27" s="6" t="s">
         <v>49</v>
       </c>
-      <c r="M27" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N27" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="O27" s="6" t="s">
         <v>50</v>
       </c>
-      <c r="O27" s="6" t="s">
+      <c r="P27" s="6" t="s">
         <v>51</v>
       </c>
-      <c r="P27" s="6" t="s">
+      <c r="Q27" s="6" t="s">
         <v>52</v>
       </c>
-      <c r="Q27" s="6" t="s">
+      <c r="R27" s="6" t="s">
         <v>53</v>
       </c>
-      <c r="R27" s="6" t="s">
+      <c r="S27" s="6" t="s">
         <v>54</v>
       </c>
-      <c r="S27" s="6" t="s">
+      <c r="T27" s="6" t="s">
         <v>56</v>
       </c>
-      <c r="T27" s="6" t="s">
+      <c r="U27" s="6" t="s">
         <v>58</v>
       </c>
-      <c r="U27" s="6" t="s">
+      <c r="V27" s="6" t="s">
         <v>84</v>
       </c>
-      <c r="V27" s="6" t="s">
+      <c r="W27" s="6" t="s">
         <v>60</v>
       </c>
-      <c r="W27" s="6" t="s">
+      <c r="X27" s="6" t="s">
         <v>62</v>
-      </c>
-[...1 lines deleted...]
-        <v>7</v>
       </c>
       <c r="Y27" s="6" t="s">
         <v>8</v>
       </c>
       <c r="Z27" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="AA27" s="6" t="s">
         <v>63</v>
-      </c>
-[...1 lines deleted...]
-        <v>18</v>
       </c>
       <c r="AB27" s="6" t="s">
         <v>19</v>
       </c>
       <c r="AC27" s="6" t="s">
         <v>20</v>
       </c>
       <c r="AD27" s="6" t="s">
-        <v>105</v>
+        <v>21</v>
       </c>
       <c r="AE27" s="6" t="s">
-        <v>22</v>
+        <v>106</v>
       </c>
       <c r="AF27" s="6" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="28" spans="1:32">
       <c r="B28" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C28" s="4">
+        <v>405</v>
+      </c>
+      <c r="D28" s="4">
         <v>382</v>
       </c>
-      <c r="D28" s="4">
+      <c r="E28" s="4">
         <v>393</v>
       </c>
-      <c r="E28" s="4">
+      <c r="F28" s="4">
         <v>404</v>
       </c>
-      <c r="F28" s="4">
+      <c r="G28" s="4">
         <v>431</v>
       </c>
-      <c r="G28" s="4">
+      <c r="H28" s="4">
         <v>410</v>
       </c>
-      <c r="H28" s="4">
+      <c r="I28" s="4">
         <v>456</v>
       </c>
-      <c r="I28" s="4">
+      <c r="J28" s="4">
         <v>418</v>
       </c>
-      <c r="J28" s="4">
+      <c r="K28" s="4">
         <v>415</v>
       </c>
-      <c r="K28" s="4">
+      <c r="L28" s="4">
         <v>387</v>
       </c>
-      <c r="L28" s="4">
+      <c r="M28" s="4">
         <v>418</v>
       </c>
-      <c r="M28" s="4">
+      <c r="N28" s="4">
         <v>427</v>
       </c>
-      <c r="N28" s="4">
+      <c r="O28" s="4">
         <v>411</v>
       </c>
-      <c r="O28" s="4">
+      <c r="P28" s="4">
         <v>420</v>
       </c>
-      <c r="P28" s="4">
+      <c r="Q28" s="4">
         <v>415</v>
       </c>
-      <c r="Q28" s="4">
+      <c r="R28" s="4">
         <v>399</v>
       </c>
-      <c r="R28" s="4">
+      <c r="S28" s="4">
         <v>366</v>
       </c>
-      <c r="S28" s="4">
+      <c r="T28" s="4">
         <v>371</v>
       </c>
-      <c r="T28" s="4">
+      <c r="U28" s="4">
         <v>389</v>
       </c>
-      <c r="U28" s="4">
+      <c r="V28" s="4">
         <v>405</v>
       </c>
-      <c r="V28" s="4">
+      <c r="W28" s="4">
         <v>442</v>
       </c>
-      <c r="W28" s="4">
+      <c r="X28" s="4">
         <v>390</v>
       </c>
-      <c r="X28" s="4">
+      <c r="Y28" s="4">
         <v>379</v>
       </c>
-      <c r="Y28" s="4">
+      <c r="Z28" s="4">
         <v>367</v>
       </c>
-      <c r="Z28" s="4">
+      <c r="AA28" s="4">
         <v>428</v>
       </c>
-      <c r="AA28" s="4">
+      <c r="AB28" s="4">
         <v>377</v>
       </c>
-      <c r="AB28" s="4">
+      <c r="AC28" s="4">
         <v>380</v>
       </c>
-      <c r="AC28" s="4">
+      <c r="AD28" s="4">
         <v>383</v>
       </c>
-      <c r="AD28" s="4">
+      <c r="AE28" s="4">
         <v>397</v>
       </c>
-      <c r="AE28" s="4">
+      <c r="AF28" s="4">
         <v>346</v>
-      </c>
-[...1 lines deleted...]
-        <v>410</v>
       </c>
     </row>
     <row r="29" spans="1:32">
       <c r="B29" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C29" s="6">
         <v>100</v>
       </c>
       <c r="D29" s="6">
         <v>100</v>
       </c>
       <c r="E29" s="6">
         <v>100</v>
       </c>
       <c r="F29" s="6">
         <v>100</v>
       </c>
       <c r="G29" s="6">
         <v>100</v>
       </c>
       <c r="H29" s="6">
         <v>100</v>
       </c>
       <c r="I29" s="6">
@@ -2474,144 +2486,144 @@
       </c>
       <c r="Z29" s="6">
         <v>100</v>
       </c>
       <c r="AA29" s="6">
         <v>100</v>
       </c>
       <c r="AB29" s="6">
         <v>100</v>
       </c>
       <c r="AC29" s="6">
         <v>100</v>
       </c>
       <c r="AD29" s="6">
         <v>100</v>
       </c>
       <c r="AE29" s="6">
         <v>100</v>
       </c>
       <c r="AF29" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="31" spans="1:32">
       <c r="A31" s="2" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="6" t="s">
         <v>42</v>
       </c>
       <c r="D31" s="6" t="s">
         <v>43</v>
       </c>
       <c r="E31" s="6" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="F31" s="6" t="s">
         <v>45</v>
       </c>
       <c r="G31" s="6" t="s">
         <v>46</v>
       </c>
       <c r="H31" s="6" t="s">
         <v>55</v>
       </c>
       <c r="I31" s="6" t="s">
         <v>57</v>
       </c>
       <c r="J31" s="6" t="s">
         <v>58</v>
       </c>
       <c r="K31" s="6" t="s">
         <v>59</v>
       </c>
       <c r="L31" s="6" t="s">
         <v>61</v>
       </c>
       <c r="M31" s="6" t="s">
         <v>62</v>
       </c>
       <c r="N31" s="6" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="O31" s="6" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="P31" s="6" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="Q31" s="6" t="s">
         <v>63</v>
       </c>
       <c r="R31" s="6" t="s">
         <v>64</v>
       </c>
       <c r="S31" s="6" t="s">
         <v>95</v>
       </c>
       <c r="T31" s="6" t="s">
         <v>65</v>
       </c>
       <c r="U31" s="6" t="s">
         <v>66</v>
       </c>
       <c r="V31" s="6" t="s">
         <v>67</v>
       </c>
       <c r="W31" s="6" t="s">
         <v>96</v>
       </c>
       <c r="X31" s="6" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="Y31" s="6" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="Z31" s="6" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="AA31" s="6" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="AB31" s="6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="AC31" s="6" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="AD31" s="6" t="s">
         <v>97</v>
       </c>
       <c r="AE31" s="6" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="AF31" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
     </row>
     <row r="32" spans="1:32">
       <c r="B32" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C32" s="4">
         <v>369</v>
       </c>
       <c r="D32" s="4">
         <v>438</v>
       </c>
       <c r="E32" s="4">
         <v>413</v>
       </c>
       <c r="F32" s="4">
         <v>415</v>
       </c>
       <c r="G32" s="4">
         <v>408</v>
       </c>
       <c r="H32" s="4">
         <v>399</v>
       </c>
       <c r="I32" s="4">
@@ -2762,186 +2774,186 @@
       </c>
       <c r="Z33" s="6">
         <v>100</v>
       </c>
       <c r="AA33" s="6">
         <v>100</v>
       </c>
       <c r="AB33" s="6">
         <v>100</v>
       </c>
       <c r="AC33" s="6">
         <v>100</v>
       </c>
       <c r="AD33" s="6">
         <v>100</v>
       </c>
       <c r="AE33" s="6">
         <v>100</v>
       </c>
       <c r="AF33" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="35" spans="1:32">
       <c r="A35" s="2" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="B35" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="36" spans="1:32">
       <c r="B36" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="37" spans="1:32">
       <c r="B37" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="39" spans="1:32">
       <c r="A39" s="2" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="B39" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="40" spans="1:32">
       <c r="B40" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="41" spans="1:32">
       <c r="B41" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="43" spans="1:32">
       <c r="A43" s="2" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="B43" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="44" spans="1:32">
       <c r="B44" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="45" spans="1:32">
       <c r="B45" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="47" spans="1:32">
       <c r="A47" s="2" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="B47" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C47" s="6" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="D47" s="6" t="s">
         <v>70</v>
       </c>
       <c r="E47" s="6" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="F47" s="6" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="G47" s="6" t="s">
         <v>73</v>
       </c>
       <c r="H47" s="6" t="s">
         <v>74</v>
       </c>
       <c r="I47" s="6" t="s">
         <v>75</v>
       </c>
       <c r="J47" s="6" t="s">
         <v>76</v>
       </c>
       <c r="K47" s="6" t="s">
         <v>77</v>
       </c>
       <c r="L47" s="6" t="s">
         <v>78</v>
       </c>
       <c r="M47" s="6" t="s">
         <v>79</v>
       </c>
       <c r="N47" s="6" t="s">
         <v>80</v>
       </c>
       <c r="O47" s="6" t="s">
         <v>81</v>
       </c>
       <c r="P47" s="6" t="s">
         <v>82</v>
       </c>
       <c r="Q47" s="6" t="s">
         <v>83</v>
       </c>
       <c r="R47" s="6" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="S47" s="6" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="T47" s="6" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="U47" s="6" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="V47" s="6" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="W47" s="6" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="X47" s="6" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="Y47" s="6" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="Z47" s="6" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="AA47" s="6" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="AB47" s="6" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="AC47" s="6" t="s">
         <v>86</v>
       </c>
       <c r="AD47" s="6" t="s">
         <v>87</v>
       </c>
       <c r="AE47" s="6" t="s">
         <v>89</v>
       </c>
       <c r="AF47" s="6" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="48" spans="1:32">
       <c r="B48" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C48" s="4">
         <v>473</v>
       </c>
       <c r="D48" s="4">
         <v>440</v>
       </c>
       <c r="E48" s="4">
@@ -3104,84 +3116,84 @@
       </c>
       <c r="Z49" s="6">
         <v>100</v>
       </c>
       <c r="AA49" s="6">
         <v>100</v>
       </c>
       <c r="AB49" s="6">
         <v>100</v>
       </c>
       <c r="AC49" s="6">
         <v>100</v>
       </c>
       <c r="AD49" s="6">
         <v>100</v>
       </c>
       <c r="AE49" s="6">
         <v>100</v>
       </c>
       <c r="AF49" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="51" spans="1:32">
       <c r="A51" s="2" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="B51" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C51" s="6" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D51" s="6" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="E51" s="6" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="F51" s="6" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="G51" s="6" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="H51" s="6" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="I51" s="6" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="J51" s="6" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="K51" s="6" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="L51" s="6" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
     </row>
     <row r="52" spans="1:32">
       <c r="B52" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C52" s="4">
         <v>371</v>
       </c>
       <c r="D52" s="4">
         <v>377</v>
       </c>
       <c r="E52" s="4">
         <v>330</v>
       </c>
       <c r="F52" s="4">
         <v>344</v>
       </c>
       <c r="G52" s="4">
         <v>396</v>
       </c>
       <c r="H52" s="4">
         <v>351</v>
       </c>
       <c r="I52" s="4">
@@ -3212,239 +3224,239 @@
       </c>
       <c r="F53" s="6">
         <v>100</v>
       </c>
       <c r="G53" s="6">
         <v>100</v>
       </c>
       <c r="H53" s="6">
         <v>100</v>
       </c>
       <c r="I53" s="6">
         <v>100</v>
       </c>
       <c r="J53" s="6">
         <v>100</v>
       </c>
       <c r="K53" s="6">
         <v>100</v>
       </c>
       <c r="L53" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="55" spans="1:32">
       <c r="A55" s="2" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="B55" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C55" s="6" t="s">
+        <v>3</v>
+      </c>
+      <c r="D55" s="6" t="s">
         <v>69</v>
       </c>
-      <c r="D55" s="6" t="s">
+      <c r="E55" s="6" t="s">
         <v>42</v>
       </c>
-      <c r="E55" s="6" t="s">
+      <c r="F55" s="6" t="s">
         <v>43</v>
       </c>
-      <c r="F55" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G55" s="6" t="s">
+        <v>105</v>
+      </c>
+      <c r="H55" s="6" t="s">
         <v>44</v>
       </c>
-      <c r="H55" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I55" s="6" t="s">
+        <v>4</v>
+      </c>
+      <c r="J55" s="6" t="s">
         <v>94</v>
       </c>
-      <c r="J55" s="6" t="s">
+      <c r="K55" s="6" t="s">
         <v>45</v>
       </c>
-      <c r="K55" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L55" s="6" t="s">
+        <v>5</v>
+      </c>
+      <c r="M55" s="6" t="s">
         <v>46</v>
       </c>
-      <c r="M55" s="6" t="s">
+      <c r="N55" s="6" t="s">
         <v>47</v>
       </c>
-      <c r="N55" s="6" t="s">
+      <c r="O55" s="6" t="s">
         <v>48</v>
       </c>
-      <c r="O55" s="6" t="s">
+      <c r="P55" s="6" t="s">
         <v>49</v>
       </c>
-      <c r="P55" s="6" t="s">
+      <c r="Q55" s="6" t="s">
         <v>79</v>
       </c>
-      <c r="Q55" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="R55" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="S55" s="6" t="s">
         <v>50</v>
       </c>
-      <c r="S55" s="6" t="s">
+      <c r="T55" s="6" t="s">
         <v>51</v>
       </c>
-      <c r="T55" s="6" t="s">
+      <c r="U55" s="6" t="s">
         <v>52</v>
       </c>
-      <c r="U55" s="6" t="s">
+      <c r="V55" s="6" t="s">
         <v>53</v>
-      </c>
-[...1 lines deleted...]
-        <v>116</v>
       </c>
       <c r="W55" s="6" t="s">
         <v>117</v>
       </c>
       <c r="X55" s="6" t="s">
+        <v>118</v>
+      </c>
+      <c r="Y55" s="6" t="s">
         <v>55</v>
       </c>
-      <c r="Y55" s="6" t="s">
+      <c r="Z55" s="6" t="s">
         <v>56</v>
       </c>
-      <c r="Z55" s="6" t="s">
+      <c r="AA55" s="6" t="s">
         <v>57</v>
       </c>
-      <c r="AA55" s="6" t="s">
+      <c r="AB55" s="6" t="s">
         <v>58</v>
       </c>
-      <c r="AB55" s="6" t="s">
+      <c r="AC55" s="6" t="s">
         <v>59</v>
       </c>
-      <c r="AC55" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AD55" s="6" t="s">
+        <v>123</v>
+      </c>
+      <c r="AE55" s="6" t="s">
         <v>84</v>
       </c>
-      <c r="AE55" s="6" t="s">
+      <c r="AF55" s="6" t="s">
         <v>60</v>
-      </c>
-[...1 lines deleted...]
-        <v>61</v>
       </c>
     </row>
     <row r="56" spans="1:32">
       <c r="B56" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C56" s="4">
+        <v>458</v>
+      </c>
+      <c r="D56" s="4">
         <v>414</v>
       </c>
-      <c r="D56" s="4">
+      <c r="E56" s="4">
         <v>450</v>
-      </c>
-[...1 lines deleted...]
-        <v>435</v>
       </c>
       <c r="F56" s="4">
         <v>435</v>
       </c>
       <c r="G56" s="4">
+        <v>435</v>
+      </c>
+      <c r="H56" s="4">
         <v>420</v>
       </c>
-      <c r="H56" s="4">
+      <c r="I56" s="4">
         <v>417</v>
       </c>
-      <c r="I56" s="4">
+      <c r="J56" s="4">
         <v>412</v>
       </c>
-      <c r="J56" s="4">
+      <c r="K56" s="4">
         <v>408</v>
       </c>
-      <c r="K56" s="4">
+      <c r="L56" s="4">
         <v>460</v>
       </c>
-      <c r="L56" s="4">
+      <c r="M56" s="4">
         <v>392</v>
       </c>
-      <c r="M56" s="4">
+      <c r="N56" s="4">
         <v>386</v>
       </c>
-      <c r="N56" s="4">
+      <c r="O56" s="4">
         <v>424</v>
       </c>
-      <c r="O56" s="4">
+      <c r="P56" s="4">
         <v>408</v>
       </c>
-      <c r="P56" s="4">
+      <c r="Q56" s="4">
         <v>424</v>
       </c>
-      <c r="Q56" s="4">
+      <c r="R56" s="4">
         <v>392</v>
       </c>
-      <c r="R56" s="4">
+      <c r="S56" s="4">
         <v>399</v>
       </c>
-      <c r="S56" s="4">
+      <c r="T56" s="4">
         <v>415</v>
       </c>
-      <c r="T56" s="4">
+      <c r="U56" s="4">
         <v>416</v>
       </c>
-      <c r="U56" s="4">
+      <c r="V56" s="4">
         <v>420</v>
       </c>
-      <c r="V56" s="4">
+      <c r="W56" s="4">
         <v>431</v>
       </c>
-      <c r="W56" s="4">
+      <c r="X56" s="4">
         <v>419</v>
       </c>
-      <c r="X56" s="4">
+      <c r="Y56" s="4">
         <v>416</v>
       </c>
-      <c r="Y56" s="4">
+      <c r="Z56" s="4">
         <v>427</v>
       </c>
-      <c r="Z56" s="4">
+      <c r="AA56" s="4">
         <v>424</v>
       </c>
-      <c r="AA56" s="4">
+      <c r="AB56" s="4">
         <v>401</v>
       </c>
-      <c r="AB56" s="4">
+      <c r="AC56" s="4">
         <v>440</v>
       </c>
-      <c r="AC56" s="4">
+      <c r="AD56" s="4">
         <v>393</v>
       </c>
-      <c r="AD56" s="4">
+      <c r="AE56" s="4">
         <v>420</v>
       </c>
-      <c r="AE56" s="4">
+      <c r="AF56" s="4">
         <v>417</v>
-      </c>
-[...1 lines deleted...]
-        <v>457</v>
       </c>
     </row>
     <row r="57" spans="1:32">
       <c r="B57" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C57" s="6">
         <v>100</v>
       </c>
       <c r="D57" s="6">
         <v>100</v>
       </c>
       <c r="E57" s="6">
         <v>100</v>
       </c>
       <c r="F57" s="6">
         <v>100</v>
       </c>
       <c r="G57" s="6">
         <v>100</v>
       </c>
       <c r="H57" s="6">
         <v>100</v>
       </c>
       <c r="I57" s="6">
@@ -3500,84 +3512,84 @@
       </c>
       <c r="Z57" s="6">
         <v>100</v>
       </c>
       <c r="AA57" s="6">
         <v>100</v>
       </c>
       <c r="AB57" s="6">
         <v>100</v>
       </c>
       <c r="AC57" s="6">
         <v>100</v>
       </c>
       <c r="AD57" s="6">
         <v>100</v>
       </c>
       <c r="AE57" s="6">
         <v>100</v>
       </c>
       <c r="AF57" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="59" spans="1:32">
       <c r="A59" s="2" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="B59" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C59" s="6" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="D59" s="6" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="E59" s="6" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="F59" s="6" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="G59" s="6" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="H59" s="6" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="I59" s="6" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="J59" s="6" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="K59" s="6" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="L59" s="6" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
     </row>
     <row r="60" spans="1:32">
       <c r="B60" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C60" s="4">
         <v>386</v>
       </c>
       <c r="D60" s="4">
         <v>371</v>
       </c>
       <c r="E60" s="4">
         <v>381</v>
       </c>
       <c r="F60" s="4">
         <v>404</v>
       </c>
       <c r="G60" s="4">
         <v>373</v>
       </c>
       <c r="H60" s="4">
         <v>365</v>
       </c>
       <c r="I60" s="4">