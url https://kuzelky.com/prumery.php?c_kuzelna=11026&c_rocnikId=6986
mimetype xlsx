--- v0 (2025-12-06)
+++ v1 (2025-12-14)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="108">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="109">
   <si>
     <t>Výsledky hráčů družstva TJ Dynamo Liberec na kuželně Sport Park Liberec</t>
   </si>
   <si>
     <t>Jiří Mitáček ml.</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
     <t>3.12.2022</t>
   </si>
   <si>
     <t>12.11.2022</t>
   </si>
   <si>
     <t>22.10.2022</t>
   </si>
   <si>
     <t>12.2.2022</t>
   </si>
   <si>
     <t>20.11.2021</t>
   </si>
   <si>
@@ -143,144 +143,147 @@
   <si>
     <t>4.11.2023</t>
   </si>
   <si>
     <t>16.9.2023</t>
   </si>
   <si>
     <t>15.4.2023</t>
   </si>
   <si>
     <t>25.3.2023</t>
   </si>
   <si>
     <t>25.2.2023</t>
   </si>
   <si>
     <t>11.2.2023</t>
   </si>
   <si>
     <t>21.1.2023</t>
   </si>
   <si>
     <t>František Obruča</t>
   </si>
   <si>
+    <t>6.12.2025</t>
+  </si>
+  <si>
     <t>1.11.2025</t>
   </si>
   <si>
     <t>20.9.2025</t>
   </si>
   <si>
     <t>5.4.2025</t>
   </si>
   <si>
     <t>29.3.2025</t>
   </si>
   <si>
     <t>1.3.2025</t>
   </si>
   <si>
     <t>15.2.2025</t>
   </si>
   <si>
     <t>18.1.2025</t>
   </si>
   <si>
     <t>16.11.2024</t>
   </si>
   <si>
     <t>5.10.2024</t>
   </si>
   <si>
     <t>21.9.2024</t>
   </si>
   <si>
     <t>23.3.2024</t>
   </si>
   <si>
     <t>24.2.2024</t>
   </si>
   <si>
     <t>10.2.2024</t>
   </si>
   <si>
     <t>18.11.2023</t>
   </si>
   <si>
     <t>14.10.2023</t>
   </si>
   <si>
     <t>11.3.2023</t>
   </si>
   <si>
+    <t>Vojtěch Pecina</t>
+  </si>
+  <si>
+    <t>17.9.2022</t>
+  </si>
+  <si>
+    <t>26.3.2022</t>
+  </si>
+  <si>
+    <t>12.3.2022</t>
+  </si>
+  <si>
+    <t>26.2.2022</t>
+  </si>
+  <si>
+    <t>22.1.2022</t>
+  </si>
+  <si>
+    <t>27.11.2021</t>
+  </si>
+  <si>
+    <t>18.9.2021</t>
+  </si>
+  <si>
+    <t>12.9.2020</t>
+  </si>
+  <si>
+    <t>22.2.2020</t>
+  </si>
+  <si>
+    <t>9.11.2019</t>
+  </si>
+  <si>
+    <t>19.10.2019</t>
+  </si>
+  <si>
+    <t>Josef Zejda ml.</t>
+  </si>
+  <si>
+    <t>9.3.2024</t>
+  </si>
+  <si>
+    <t>Ladislav Wajsar st.</t>
+  </si>
+  <si>
     <t>1.10.2022</t>
-  </si>
-[...43 lines deleted...]
-    <t>Ladislav Wajsar st.</t>
   </si>
   <si>
     <t>Ladislav Wajsar ml.</t>
   </si>
   <si>
     <t>25.3.2022</t>
   </si>
   <si>
     <t>11.3.2022</t>
   </si>
   <si>
     <t>25.2.2022</t>
   </si>
   <si>
     <t>11.2.2022</t>
   </si>
   <si>
     <t>21.1.2022</t>
   </si>
   <si>
     <t>10.12.2021</t>
   </si>
   <si>
     <t>26.11.2021</t>
   </si>
@@ -1184,233 +1187,233 @@
       </c>
       <c r="AB9" s="4">
         <v>120</v>
       </c>
       <c r="AC9" s="4">
         <v>120</v>
       </c>
       <c r="AD9" s="4">
         <v>120</v>
       </c>
       <c r="AE9" s="4">
         <v>120</v>
       </c>
       <c r="AF9" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="11" spans="1:32">
       <c r="A11" s="2" t="s">
         <v>42</v>
       </c>
       <c r="B11" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C11" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="D11" s="6" t="s">
         <v>16</v>
       </c>
-      <c r="D11" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E11" s="6" t="s">
+        <v>44</v>
+      </c>
+      <c r="F11" s="6" t="s">
         <v>18</v>
-      </c>
-[...1 lines deleted...]
-        <v>44</v>
       </c>
       <c r="G11" s="6" t="s">
         <v>45</v>
       </c>
       <c r="H11" s="6" t="s">
         <v>46</v>
       </c>
       <c r="I11" s="6" t="s">
+        <v>47</v>
+      </c>
+      <c r="J11" s="6" t="s">
         <v>23</v>
-      </c>
-[...1 lines deleted...]
-        <v>47</v>
       </c>
       <c r="K11" s="6" t="s">
         <v>48</v>
       </c>
       <c r="L11" s="6" t="s">
         <v>49</v>
       </c>
       <c r="M11" s="6" t="s">
+        <v>50</v>
+      </c>
+      <c r="N11" s="6" t="s">
         <v>26</v>
-      </c>
-[...1 lines deleted...]
-        <v>50</v>
       </c>
       <c r="O11" s="6" t="s">
         <v>51</v>
       </c>
       <c r="P11" s="6" t="s">
         <v>52</v>
       </c>
       <c r="Q11" s="6" t="s">
+        <v>53</v>
+      </c>
+      <c r="R11" s="6" t="s">
         <v>32</v>
-      </c>
-[...1 lines deleted...]
-        <v>53</v>
       </c>
       <c r="S11" s="6" t="s">
         <v>54</v>
       </c>
       <c r="T11" s="6" t="s">
         <v>55</v>
       </c>
       <c r="U11" s="6" t="s">
+        <v>56</v>
+      </c>
+      <c r="V11" s="6" t="s">
         <v>33</v>
       </c>
-      <c r="V11" s="6" t="s">
+      <c r="W11" s="6" t="s">
         <v>34</v>
-      </c>
-[...1 lines deleted...]
-        <v>56</v>
       </c>
       <c r="X11" s="6" t="s">
         <v>57</v>
       </c>
       <c r="Y11" s="6" t="s">
+        <v>58</v>
+      </c>
+      <c r="Z11" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="Z11" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AA11" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="AB11" s="6" t="s">
         <v>39</v>
       </c>
-      <c r="AB11" s="6" t="s">
+      <c r="AC11" s="6" t="s">
         <v>40</v>
       </c>
-      <c r="AC11" s="6" t="s">
+      <c r="AD11" s="6" t="s">
         <v>3</v>
       </c>
-      <c r="AD11" s="6" t="s">
+      <c r="AE11" s="6" t="s">
         <v>4</v>
       </c>
-      <c r="AE11" s="6" t="s">
+      <c r="AF11" s="6" t="s">
         <v>5</v>
-      </c>
-[...1 lines deleted...]
-        <v>59</v>
       </c>
     </row>
     <row r="12" spans="1:32">
       <c r="B12" s="5" t="s">
         <v>12</v>
       </c>
       <c r="C12" s="4">
+        <v>547</v>
+      </c>
+      <c r="D12" s="4">
         <v>566</v>
       </c>
-      <c r="D12" s="4">
+      <c r="E12" s="4">
         <v>569</v>
       </c>
-      <c r="E12" s="4">
+      <c r="F12" s="4">
         <v>586</v>
       </c>
-      <c r="F12" s="4">
+      <c r="G12" s="4">
         <v>594</v>
       </c>
-      <c r="G12" s="4">
+      <c r="H12" s="4">
         <v>564</v>
       </c>
-      <c r="H12" s="4">
+      <c r="I12" s="4">
         <v>569</v>
       </c>
-      <c r="I12" s="4">
+      <c r="J12" s="4">
         <v>601</v>
       </c>
-      <c r="J12" s="4">
+      <c r="K12" s="4">
         <v>573</v>
       </c>
-      <c r="K12" s="4">
+      <c r="L12" s="4">
         <v>575</v>
       </c>
-      <c r="L12" s="4">
+      <c r="M12" s="4">
         <v>587</v>
       </c>
-      <c r="M12" s="4">
+      <c r="N12" s="4">
         <v>572</v>
       </c>
-      <c r="N12" s="4">
+      <c r="O12" s="4">
         <v>573</v>
       </c>
-      <c r="O12" s="4">
+      <c r="P12" s="4">
         <v>582</v>
       </c>
-      <c r="P12" s="4">
+      <c r="Q12" s="4">
         <v>542</v>
       </c>
-      <c r="Q12" s="4">
+      <c r="R12" s="4">
         <v>566</v>
       </c>
-      <c r="R12" s="4">
+      <c r="S12" s="4">
         <v>604</v>
       </c>
-      <c r="S12" s="4">
+      <c r="T12" s="4">
         <v>548</v>
       </c>
-      <c r="T12" s="4">
+      <c r="U12" s="4">
         <v>582</v>
       </c>
-      <c r="U12" s="4">
+      <c r="V12" s="4">
         <v>577</v>
       </c>
-      <c r="V12" s="4">
+      <c r="W12" s="4">
         <v>581</v>
       </c>
-      <c r="W12" s="4">
+      <c r="X12" s="4">
         <v>545</v>
       </c>
-      <c r="X12" s="4">
+      <c r="Y12" s="4">
         <v>574</v>
       </c>
-      <c r="Y12" s="4">
+      <c r="Z12" s="4">
         <v>628</v>
       </c>
-      <c r="Z12" s="4">
+      <c r="AA12" s="4">
         <v>567</v>
       </c>
-      <c r="AA12" s="4">
+      <c r="AB12" s="4">
         <v>640</v>
       </c>
-      <c r="AB12" s="4">
+      <c r="AC12" s="4">
         <v>641</v>
       </c>
-      <c r="AC12" s="4">
+      <c r="AD12" s="4">
         <v>534</v>
       </c>
-      <c r="AD12" s="4">
+      <c r="AE12" s="4">
         <v>564</v>
       </c>
-      <c r="AE12" s="4">
+      <c r="AF12" s="4">
         <v>540</v>
-      </c>
-[...1 lines deleted...]
-        <v>608</v>
       </c>
     </row>
     <row r="13" spans="1:32">
       <c r="B13" s="5" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="4">
         <v>120</v>
       </c>
       <c r="D13" s="4">
         <v>120</v>
       </c>
       <c r="E13" s="4">
         <v>120</v>
       </c>
       <c r="F13" s="4">
         <v>120</v>
       </c>
       <c r="G13" s="4">
         <v>120</v>
       </c>
       <c r="H13" s="4">
         <v>120</v>
       </c>
       <c r="I13" s="4">
@@ -1475,75 +1478,75 @@
       </c>
       <c r="AC13" s="4">
         <v>120</v>
       </c>
       <c r="AD13" s="4">
         <v>120</v>
       </c>
       <c r="AE13" s="4">
         <v>120</v>
       </c>
       <c r="AF13" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="15" spans="1:32">
       <c r="A15" s="2" t="s">
         <v>60</v>
       </c>
       <c r="B15" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C15" s="6" t="s">
         <v>32</v>
       </c>
       <c r="D15" s="6" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="E15" s="6" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="F15" s="6" t="s">
         <v>33</v>
       </c>
       <c r="G15" s="6" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="H15" s="6" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="I15" s="6" t="s">
         <v>36</v>
       </c>
       <c r="J15" s="6" t="s">
         <v>37</v>
       </c>
       <c r="K15" s="6" t="s">
         <v>38</v>
       </c>
       <c r="L15" s="6" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="M15" s="6" t="s">
         <v>40</v>
       </c>
       <c r="N15" s="6" t="s">
         <v>41</v>
       </c>
       <c r="O15" s="6" t="s">
         <v>3</v>
       </c>
       <c r="P15" s="6" t="s">
         <v>4</v>
       </c>
       <c r="Q15" s="6" t="s">
         <v>61</v>
       </c>
       <c r="R15" s="6" t="s">
         <v>62</v>
       </c>
       <c r="S15" s="6" t="s">
         <v>63</v>
       </c>
       <c r="T15" s="6" t="s">
         <v>64</v>
       </c>
@@ -1760,233 +1763,233 @@
       </c>
       <c r="AB17" s="4">
         <v>120</v>
       </c>
       <c r="AC17" s="4">
         <v>120</v>
       </c>
       <c r="AD17" s="4">
         <v>120</v>
       </c>
       <c r="AE17" s="4">
         <v>120</v>
       </c>
       <c r="AF17" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="19" spans="1:32">
       <c r="A19" s="2" t="s">
         <v>72</v>
       </c>
       <c r="B19" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C19" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="D19" s="6" t="s">
         <v>16</v>
       </c>
-      <c r="D19" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E19" s="6" t="s">
+        <v>44</v>
+      </c>
+      <c r="F19" s="6" t="s">
         <v>18</v>
-      </c>
-[...1 lines deleted...]
-        <v>44</v>
       </c>
       <c r="G19" s="6" t="s">
         <v>45</v>
       </c>
       <c r="H19" s="6" t="s">
         <v>46</v>
       </c>
       <c r="I19" s="6" t="s">
+        <v>47</v>
+      </c>
+      <c r="J19" s="6" t="s">
         <v>23</v>
-      </c>
-[...1 lines deleted...]
-        <v>47</v>
       </c>
       <c r="K19" s="6" t="s">
         <v>48</v>
       </c>
       <c r="L19" s="6" t="s">
         <v>49</v>
       </c>
       <c r="M19" s="6" t="s">
+        <v>50</v>
+      </c>
+      <c r="N19" s="6" t="s">
         <v>26</v>
       </c>
-      <c r="N19" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O19" s="6" t="s">
+        <v>51</v>
+      </c>
+      <c r="P19" s="6" t="s">
         <v>28</v>
-      </c>
-[...1 lines deleted...]
-        <v>51</v>
       </c>
       <c r="Q19" s="6" t="s">
         <v>52</v>
       </c>
       <c r="R19" s="6" t="s">
+        <v>53</v>
+      </c>
+      <c r="S19" s="6" t="s">
         <v>32</v>
       </c>
-      <c r="S19" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="T19" s="6" t="s">
+        <v>54</v>
+      </c>
+      <c r="U19" s="6" t="s">
         <v>73</v>
       </c>
-      <c r="U19" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="V19" s="6" t="s">
+        <v>56</v>
+      </c>
+      <c r="W19" s="6" t="s">
         <v>33</v>
       </c>
-      <c r="W19" s="6" t="s">
+      <c r="X19" s="6" t="s">
         <v>34</v>
       </c>
-      <c r="X19" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Y19" s="6" t="s">
+        <v>57</v>
+      </c>
+      <c r="Z19" s="6" t="s">
         <v>35</v>
       </c>
-      <c r="Z19" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AA19" s="6" t="s">
+        <v>58</v>
+      </c>
+      <c r="AB19" s="6" t="s">
         <v>36</v>
       </c>
-      <c r="AB19" s="6" t="s">
+      <c r="AC19" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="AC19" s="6" t="s">
+      <c r="AD19" s="6" t="s">
         <v>38</v>
       </c>
-      <c r="AD19" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AE19" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="AF19" s="6" t="s">
         <v>39</v>
-      </c>
-[...1 lines deleted...]
-        <v>40</v>
       </c>
     </row>
     <row r="20" spans="1:32">
       <c r="B20" s="5" t="s">
         <v>12</v>
       </c>
       <c r="C20" s="4">
+        <v>528</v>
+      </c>
+      <c r="D20" s="4">
         <v>566</v>
       </c>
-      <c r="D20" s="4">
+      <c r="E20" s="4">
         <v>501</v>
       </c>
-      <c r="E20" s="4">
+      <c r="F20" s="4">
         <v>567</v>
       </c>
-      <c r="F20" s="4">
+      <c r="G20" s="4">
         <v>525</v>
       </c>
-      <c r="G20" s="4">
+      <c r="H20" s="4">
         <v>559</v>
       </c>
-      <c r="H20" s="4">
+      <c r="I20" s="4">
         <v>523</v>
       </c>
-      <c r="I20" s="4">
+      <c r="J20" s="4">
         <v>535</v>
       </c>
-      <c r="J20" s="4">
+      <c r="K20" s="4">
         <v>563</v>
       </c>
-      <c r="K20" s="4">
+      <c r="L20" s="4">
         <v>569</v>
       </c>
-      <c r="L20" s="4">
+      <c r="M20" s="4">
         <v>530</v>
       </c>
-      <c r="M20" s="4">
+      <c r="N20" s="4">
         <v>572</v>
       </c>
-      <c r="N20" s="4">
+      <c r="O20" s="4">
         <v>556</v>
       </c>
-      <c r="O20" s="4">
+      <c r="P20" s="4">
         <v>561</v>
       </c>
-      <c r="P20" s="4">
+      <c r="Q20" s="4">
         <v>528</v>
       </c>
-      <c r="Q20" s="4">
+      <c r="R20" s="4">
         <v>531</v>
       </c>
-      <c r="R20" s="4">
+      <c r="S20" s="4">
         <v>591</v>
       </c>
-      <c r="S20" s="4">
+      <c r="T20" s="4">
         <v>551</v>
       </c>
-      <c r="T20" s="4">
+      <c r="U20" s="4">
         <v>546</v>
       </c>
-      <c r="U20" s="4">
+      <c r="V20" s="4">
         <v>573</v>
       </c>
-      <c r="V20" s="4">
+      <c r="W20" s="4">
         <v>568</v>
       </c>
-      <c r="W20" s="4">
+      <c r="X20" s="4">
         <v>547</v>
       </c>
-      <c r="X20" s="4">
+      <c r="Y20" s="4">
         <v>560</v>
       </c>
-      <c r="Y20" s="4">
+      <c r="Z20" s="4">
         <v>563</v>
       </c>
-      <c r="Z20" s="4">
+      <c r="AA20" s="4">
         <v>528</v>
       </c>
-      <c r="AA20" s="4">
+      <c r="AB20" s="4">
         <v>549</v>
       </c>
-      <c r="AB20" s="4">
+      <c r="AC20" s="4">
         <v>607</v>
       </c>
-      <c r="AC20" s="4">
+      <c r="AD20" s="4">
         <v>537</v>
       </c>
-      <c r="AD20" s="4">
+      <c r="AE20" s="4">
         <v>578</v>
       </c>
-      <c r="AE20" s="4">
+      <c r="AF20" s="4">
         <v>571</v>
-      </c>
-[...1 lines deleted...]
-        <v>607</v>
       </c>
     </row>
     <row r="21" spans="1:32">
       <c r="B21" s="5" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="4">
         <v>120</v>
       </c>
       <c r="D21" s="4">
         <v>120</v>
       </c>
       <c r="E21" s="4">
         <v>120</v>
       </c>
       <c r="F21" s="4">
         <v>120</v>
       </c>
       <c r="G21" s="4">
         <v>120</v>
       </c>
       <c r="H21" s="4">
         <v>120</v>
       </c>
       <c r="I21" s="4">
@@ -2048,233 +2051,233 @@
       </c>
       <c r="AB21" s="4">
         <v>120</v>
       </c>
       <c r="AC21" s="4">
         <v>120</v>
       </c>
       <c r="AD21" s="4">
         <v>120</v>
       </c>
       <c r="AE21" s="4">
         <v>120</v>
       </c>
       <c r="AF21" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="23" spans="1:32">
       <c r="A23" s="2" t="s">
         <v>74</v>
       </c>
       <c r="B23" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C23" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="D23" s="6" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>43</v>
       </c>
       <c r="E23" s="6" t="s">
         <v>44</v>
       </c>
       <c r="F23" s="6" t="s">
         <v>45</v>
       </c>
       <c r="G23" s="6" t="s">
         <v>46</v>
       </c>
       <c r="H23" s="6" t="s">
+        <v>47</v>
+      </c>
+      <c r="I23" s="6" t="s">
         <v>23</v>
       </c>
-      <c r="I23" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J23" s="6" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="K23" s="6" t="s">
+        <v>50</v>
+      </c>
+      <c r="L23" s="6" t="s">
         <v>26</v>
       </c>
-      <c r="L23" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M23" s="6" t="s">
+        <v>51</v>
+      </c>
+      <c r="N23" s="6" t="s">
         <v>28</v>
-      </c>
-[...1 lines deleted...]
-        <v>51</v>
       </c>
       <c r="O23" s="6" t="s">
         <v>52</v>
       </c>
       <c r="P23" s="6" t="s">
         <v>53</v>
       </c>
       <c r="Q23" s="6" t="s">
+        <v>54</v>
+      </c>
+      <c r="R23" s="6" t="s">
         <v>73</v>
-      </c>
-[...1 lines deleted...]
-        <v>54</v>
       </c>
       <c r="S23" s="6" t="s">
         <v>55</v>
       </c>
       <c r="T23" s="6" t="s">
+        <v>56</v>
+      </c>
+      <c r="U23" s="6" t="s">
         <v>35</v>
       </c>
-      <c r="U23" s="6" t="s">
+      <c r="V23" s="6" t="s">
         <v>36</v>
       </c>
-      <c r="V23" s="6" t="s">
+      <c r="W23" s="6" t="s">
         <v>38</v>
       </c>
-      <c r="W23" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="X23" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="Y23" s="6" t="s">
         <v>39</v>
       </c>
-      <c r="Y23" s="6" t="s">
+      <c r="Z23" s="6" t="s">
         <v>40</v>
       </c>
-      <c r="Z23" s="6" t="s">
+      <c r="AA23" s="6" t="s">
         <v>41</v>
       </c>
-      <c r="AA23" s="6" t="s">
+      <c r="AB23" s="6" t="s">
         <v>4</v>
       </c>
-      <c r="AB23" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AC23" s="6" t="s">
+        <v>75</v>
+      </c>
+      <c r="AD23" s="6" t="s">
         <v>61</v>
       </c>
-      <c r="AD23" s="6" t="s">
+      <c r="AE23" s="6" t="s">
         <v>63</v>
       </c>
-      <c r="AE23" s="6" t="s">
+      <c r="AF23" s="6" t="s">
         <v>6</v>
-      </c>
-[...1 lines deleted...]
-        <v>67</v>
       </c>
     </row>
     <row r="24" spans="1:32">
       <c r="B24" s="5" t="s">
         <v>12</v>
       </c>
       <c r="C24" s="4">
-        <v>545</v>
+        <v>524</v>
       </c>
       <c r="D24" s="4">
         <v>545</v>
       </c>
       <c r="E24" s="4">
+        <v>545</v>
+      </c>
+      <c r="F24" s="4">
         <v>569</v>
       </c>
-      <c r="F24" s="4">
+      <c r="G24" s="4">
         <v>543</v>
       </c>
-      <c r="G24" s="4">
+      <c r="H24" s="4">
         <v>517</v>
       </c>
-      <c r="H24" s="4">
+      <c r="I24" s="4">
         <v>579</v>
       </c>
-      <c r="I24" s="4">
+      <c r="J24" s="4">
         <v>577</v>
       </c>
-      <c r="J24" s="4">
+      <c r="K24" s="4">
         <v>517</v>
       </c>
-      <c r="K24" s="4">
+      <c r="L24" s="4">
         <v>537</v>
       </c>
-      <c r="L24" s="4">
+      <c r="M24" s="4">
         <v>528</v>
       </c>
-      <c r="M24" s="4">
+      <c r="N24" s="4">
         <v>509</v>
       </c>
-      <c r="N24" s="4">
+      <c r="O24" s="4">
         <v>524</v>
       </c>
-      <c r="O24" s="4">
+      <c r="P24" s="4">
         <v>519</v>
       </c>
-      <c r="P24" s="4">
+      <c r="Q24" s="4">
         <v>582</v>
       </c>
-      <c r="Q24" s="4">
+      <c r="R24" s="4">
         <v>545</v>
       </c>
-      <c r="R24" s="4">
+      <c r="S24" s="4">
         <v>541</v>
       </c>
-      <c r="S24" s="4">
+      <c r="T24" s="4">
         <v>548</v>
       </c>
-      <c r="T24" s="4">
+      <c r="U24" s="4">
         <v>562</v>
       </c>
-      <c r="U24" s="4">
+      <c r="V24" s="4">
         <v>515</v>
       </c>
-      <c r="V24" s="4">
+      <c r="W24" s="4">
         <v>557</v>
       </c>
-      <c r="W24" s="4">
+      <c r="X24" s="4">
         <v>558</v>
       </c>
-      <c r="X24" s="4">
+      <c r="Y24" s="4">
         <v>543</v>
       </c>
-      <c r="Y24" s="4">
+      <c r="Z24" s="4">
         <v>581</v>
       </c>
-      <c r="Z24" s="4">
+      <c r="AA24" s="4">
         <v>537</v>
       </c>
-      <c r="AA24" s="4">
+      <c r="AB24" s="4">
         <v>594</v>
       </c>
-      <c r="AB24" s="4">
+      <c r="AC24" s="4">
         <v>542</v>
       </c>
-      <c r="AC24" s="4">
+      <c r="AD24" s="4">
         <v>564</v>
       </c>
-      <c r="AD24" s="4">
+      <c r="AE24" s="4">
         <v>531</v>
       </c>
-      <c r="AE24" s="4">
+      <c r="AF24" s="4">
         <v>577</v>
-      </c>
-[...1 lines deleted...]
-        <v>560</v>
       </c>
     </row>
     <row r="25" spans="1:32">
       <c r="B25" s="5" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="4">
         <v>120</v>
       </c>
       <c r="D25" s="4">
         <v>120</v>
       </c>
       <c r="E25" s="4">
         <v>120</v>
       </c>
       <c r="F25" s="4">
         <v>120</v>
       </c>
       <c r="G25" s="4">
         <v>120</v>
       </c>
       <c r="H25" s="4">
         <v>120</v>
       </c>
       <c r="I25" s="4">
@@ -2330,144 +2333,144 @@
       </c>
       <c r="Z25" s="4">
         <v>120</v>
       </c>
       <c r="AA25" s="4">
         <v>120</v>
       </c>
       <c r="AB25" s="4">
         <v>120</v>
       </c>
       <c r="AC25" s="4">
         <v>120</v>
       </c>
       <c r="AD25" s="4">
         <v>120</v>
       </c>
       <c r="AE25" s="4">
         <v>120</v>
       </c>
       <c r="AF25" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="27" spans="1:32">
       <c r="A27" s="2" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="6" t="s">
-        <v>59</v>
+        <v>75</v>
       </c>
       <c r="D27" s="6" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="E27" s="6" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="F27" s="6" t="s">
         <v>64</v>
       </c>
       <c r="G27" s="6" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="H27" s="6" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="I27" s="6" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="J27" s="6" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="K27" s="6" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="L27" s="6" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="M27" s="6" t="s">
         <v>9</v>
       </c>
       <c r="N27" s="6" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="O27" s="6" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="P27" s="6" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="Q27" s="6" t="s">
         <v>69</v>
       </c>
       <c r="R27" s="6" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="S27" s="6" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="T27" s="6" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="U27" s="6" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="V27" s="6" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="W27" s="6" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="X27" s="6" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="Y27" s="6" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="Z27" s="6" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="AA27" s="6" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="AB27" s="6" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="AC27" s="6" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="AD27" s="6" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="AE27" s="6" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="AF27" s="6" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
     </row>
     <row r="28" spans="1:32">
       <c r="B28" s="5" t="s">
         <v>12</v>
       </c>
       <c r="C28" s="4">
         <v>532</v>
       </c>
       <c r="D28" s="7">
         <v>436</v>
       </c>
       <c r="E28" s="7">
         <v>461</v>
       </c>
       <c r="F28" s="4">
         <v>547</v>
       </c>
       <c r="G28" s="7">
         <v>413</v>
       </c>
       <c r="H28" s="7">
         <v>395</v>
       </c>
       <c r="I28" s="7">
@@ -2618,132 +2621,132 @@
       </c>
       <c r="Z29" s="6">
         <v>100</v>
       </c>
       <c r="AA29" s="6">
         <v>100</v>
       </c>
       <c r="AB29" s="6">
         <v>100</v>
       </c>
       <c r="AC29" s="6">
         <v>100</v>
       </c>
       <c r="AD29" s="6">
         <v>100</v>
       </c>
       <c r="AE29" s="6">
         <v>100</v>
       </c>
       <c r="AF29" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="31" spans="1:32">
       <c r="A31" s="2" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="6" t="s">
         <v>16</v>
       </c>
       <c r="D31" s="6" t="s">
         <v>17</v>
       </c>
       <c r="E31" s="6" t="s">
         <v>20</v>
       </c>
       <c r="F31" s="6" t="s">
         <v>21</v>
       </c>
       <c r="G31" s="6" t="s">
         <v>22</v>
       </c>
       <c r="H31" s="6" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="I31" s="6" t="s">
         <v>25</v>
       </c>
       <c r="J31" s="6" t="s">
         <v>26</v>
       </c>
       <c r="K31" s="6" t="s">
         <v>27</v>
       </c>
       <c r="L31" s="6" t="s">
         <v>29</v>
       </c>
       <c r="M31" s="6" t="s">
         <v>30</v>
       </c>
       <c r="N31" s="6" t="s">
         <v>31</v>
       </c>
       <c r="O31" s="6" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="P31" s="6" t="s">
         <v>35</v>
       </c>
       <c r="Q31" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R31" s="6" t="s">
         <v>37</v>
       </c>
       <c r="S31" s="6" t="s">
         <v>38</v>
       </c>
       <c r="T31" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U31" s="6" t="s">
         <v>40</v>
       </c>
       <c r="V31" s="6" t="s">
         <v>61</v>
       </c>
       <c r="W31" s="6" t="s">
         <v>62</v>
       </c>
       <c r="X31" s="6" t="s">
         <v>64</v>
       </c>
       <c r="Y31" s="6" t="s">
         <v>6</v>
       </c>
       <c r="Z31" s="6" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="AA31" s="6" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="AB31" s="6" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
     </row>
     <row r="32" spans="1:32">
       <c r="B32" s="5" t="s">
         <v>12</v>
       </c>
       <c r="C32" s="7">
         <v>443</v>
       </c>
       <c r="D32" s="7">
         <v>431</v>
       </c>
       <c r="E32" s="7">
         <v>462</v>
       </c>
       <c r="F32" s="7">
         <v>477</v>
       </c>
       <c r="G32" s="7">
         <v>435</v>
       </c>
       <c r="H32" s="7">
         <v>462</v>
       </c>
       <c r="I32" s="7">
@@ -2870,144 +2873,144 @@
       </c>
       <c r="V33" s="4">
         <v>120</v>
       </c>
       <c r="W33" s="4">
         <v>120</v>
       </c>
       <c r="X33" s="4">
         <v>120</v>
       </c>
       <c r="Y33" s="4">
         <v>120</v>
       </c>
       <c r="Z33" s="6">
         <v>100</v>
       </c>
       <c r="AA33" s="4">
         <v>120</v>
       </c>
       <c r="AB33" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="35" spans="1:32">
       <c r="A35" s="2" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C35" s="6" t="s">
         <v>28</v>
       </c>
       <c r="D35" s="6" t="s">
         <v>32</v>
       </c>
       <c r="E35" s="6" t="s">
         <v>73</v>
       </c>
       <c r="F35" s="6" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="G35" s="6" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="H35" s="6" t="s">
         <v>35</v>
       </c>
       <c r="I35" s="6" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="J35" s="6" t="s">
         <v>36</v>
       </c>
       <c r="K35" s="6" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="L35" s="6" t="s">
         <v>39</v>
       </c>
       <c r="M35" s="6" t="s">
         <v>41</v>
       </c>
       <c r="N35" s="6" t="s">
         <v>3</v>
       </c>
       <c r="O35" s="6" t="s">
         <v>5</v>
       </c>
       <c r="P35" s="6" t="s">
-        <v>59</v>
+        <v>75</v>
       </c>
       <c r="Q35" s="6" t="s">
         <v>63</v>
       </c>
       <c r="R35" s="6" t="s">
         <v>65</v>
       </c>
       <c r="S35" s="6" t="s">
         <v>66</v>
       </c>
       <c r="T35" s="6" t="s">
         <v>7</v>
       </c>
       <c r="U35" s="6" t="s">
         <v>8</v>
       </c>
       <c r="V35" s="6" t="s">
         <v>9</v>
       </c>
       <c r="W35" s="6" t="s">
         <v>67</v>
       </c>
       <c r="X35" s="6" t="s">
         <v>68</v>
       </c>
       <c r="Y35" s="6" t="s">
         <v>69</v>
       </c>
       <c r="Z35" s="6" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="AA35" s="6" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="AB35" s="6" t="s">
         <v>70</v>
       </c>
       <c r="AC35" s="6" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="AD35" s="6" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="AE35" s="6" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="AF35" s="6" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
     </row>
     <row r="36" spans="1:32">
       <c r="B36" s="5" t="s">
         <v>12</v>
       </c>
       <c r="C36" s="4">
         <v>566</v>
       </c>
       <c r="D36" s="4">
         <v>571</v>
       </c>
       <c r="E36" s="4">
         <v>580</v>
       </c>
       <c r="F36" s="4">
         <v>540</v>
       </c>
       <c r="G36" s="4">
         <v>561</v>
       </c>
       <c r="H36" s="4">
         <v>539</v>
       </c>
       <c r="I36" s="4">