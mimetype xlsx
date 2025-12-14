--- v0 (2025-12-08)
+++ v1 (2025-12-14)
@@ -23,50 +23,53 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="108">
   <si>
     <t>Výsledky hráčů družstva TJ Kuželky Česká Lípa  na kuželně TJ Kuželky Česká Lípa</t>
   </si>
   <si>
     <t>Petr Steinz</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
+    <t>10.12.2025</t>
+  </si>
+  <si>
     <t>26.11.2025</t>
   </si>
   <si>
     <t>12.11.2025</t>
   </si>
   <si>
     <t>29.10.2025</t>
   </si>
   <si>
     <t>15.10.2025</t>
   </si>
   <si>
     <t>17.9.2025</t>
   </si>
   <si>
     <t>5.4.2025</t>
   </si>
   <si>
     <t>22.3.2025</t>
   </si>
   <si>
     <t>1.3.2025</t>
   </si>
   <si>
     <t>15.2.2025</t>
@@ -108,53 +111,50 @@
     <t>6.12.2023</t>
   </si>
   <si>
     <t>29.11.2023</t>
   </si>
   <si>
     <t>8.11.2023</t>
   </si>
   <si>
     <t>18.10.2023</t>
   </si>
   <si>
     <t>27.9.2023</t>
   </si>
   <si>
     <t>12.4.2023</t>
   </si>
   <si>
     <t>22.3.2023</t>
   </si>
   <si>
     <t>18.3.2023</t>
   </si>
   <si>
     <t>22.2.2023</t>
-  </si>
-[...1 lines deleted...]
-    <t>8.2.2023</t>
   </si>
   <si>
     <t>Výkon:</t>
   </si>
   <si>
     <t>Počet hodů:</t>
   </si>
   <si>
     <t>Vladimír Ludvík</t>
   </si>
   <si>
     <t>29.11.2025</t>
   </si>
   <si>
     <t>1.11.2025</t>
   </si>
   <si>
     <t>18.10.2025</t>
   </si>
   <si>
     <t>4.10.2025</t>
   </si>
   <si>
     <t>20.9.2025</t>
   </si>
@@ -892,138 +892,138 @@
       </c>
       <c r="AA3" s="7" t="s">
         <v>27</v>
       </c>
       <c r="AB3" s="7" t="s">
         <v>28</v>
       </c>
       <c r="AC3" s="7" t="s">
         <v>29</v>
       </c>
       <c r="AD3" s="7" t="s">
         <v>30</v>
       </c>
       <c r="AE3" s="7" t="s">
         <v>31</v>
       </c>
       <c r="AF3" s="7" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="4" spans="1:32">
       <c r="B4" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C4" s="4">
+        <v>428</v>
+      </c>
+      <c r="D4" s="4">
         <v>449</v>
       </c>
-      <c r="D4" s="4">
+      <c r="E4" s="4">
         <v>414</v>
       </c>
-      <c r="E4" s="4">
+      <c r="F4" s="4">
         <v>459</v>
       </c>
-      <c r="F4" s="4">
+      <c r="G4" s="4">
         <v>446</v>
       </c>
-      <c r="G4" s="4">
+      <c r="H4" s="4">
         <v>434</v>
       </c>
-      <c r="H4" s="4">
+      <c r="I4" s="4">
         <v>454</v>
       </c>
-      <c r="I4" s="4">
+      <c r="J4" s="4">
         <v>396</v>
       </c>
-      <c r="J4" s="4">
+      <c r="K4" s="4">
         <v>450</v>
       </c>
-      <c r="K4" s="4">
+      <c r="L4" s="4">
         <v>452</v>
       </c>
-      <c r="L4" s="4">
+      <c r="M4" s="4">
         <v>429</v>
       </c>
-      <c r="M4" s="4">
+      <c r="N4" s="4">
         <v>510</v>
       </c>
-      <c r="N4" s="4">
+      <c r="O4" s="4">
         <v>447</v>
       </c>
-      <c r="O4" s="4">
+      <c r="P4" s="4">
         <v>438</v>
       </c>
-      <c r="P4" s="4">
+      <c r="Q4" s="4">
         <v>411</v>
       </c>
-      <c r="Q4" s="4">
+      <c r="R4" s="4">
         <v>451</v>
       </c>
-      <c r="R4" s="4">
+      <c r="S4" s="4">
         <v>438</v>
       </c>
-      <c r="S4" s="4">
+      <c r="T4" s="4">
         <v>436</v>
       </c>
-      <c r="T4" s="4">
+      <c r="U4" s="4">
         <v>462</v>
       </c>
-      <c r="U4" s="4">
+      <c r="V4" s="4">
         <v>453</v>
       </c>
-      <c r="V4" s="4">
+      <c r="W4" s="4">
         <v>461</v>
       </c>
-      <c r="W4" s="4">
+      <c r="X4" s="4">
         <v>455</v>
       </c>
-      <c r="X4" s="4">
+      <c r="Y4" s="4">
         <v>468</v>
       </c>
-      <c r="Y4" s="4">
+      <c r="Z4" s="4">
         <v>424</v>
       </c>
-      <c r="Z4" s="4">
+      <c r="AA4" s="4">
         <v>459</v>
       </c>
-      <c r="AA4" s="4">
+      <c r="AB4" s="4">
         <v>468</v>
       </c>
-      <c r="AB4" s="4">
+      <c r="AC4" s="4">
         <v>419</v>
       </c>
-      <c r="AC4" s="4">
+      <c r="AD4" s="4">
         <v>447</v>
       </c>
-      <c r="AD4" s="5">
+      <c r="AE4" s="5">
         <v>538</v>
       </c>
-      <c r="AE4" s="4">
+      <c r="AF4" s="4">
         <v>450</v>
-      </c>
-[...1 lines deleted...]
-        <v>461</v>
       </c>
     </row>
     <row r="5" spans="1:32">
       <c r="B5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="C5" s="7">
         <v>100</v>
       </c>
       <c r="D5" s="7">
         <v>100</v>
       </c>
       <c r="E5" s="7">
         <v>100</v>
       </c>
       <c r="F5" s="7">
         <v>100</v>
       </c>
       <c r="G5" s="7">
         <v>100</v>
       </c>
       <c r="H5" s="7">
         <v>100</v>
       </c>
       <c r="I5" s="7">
@@ -1067,144 +1067,144 @@
       </c>
       <c r="V5" s="7">
         <v>100</v>
       </c>
       <c r="W5" s="7">
         <v>100</v>
       </c>
       <c r="X5" s="7">
         <v>100</v>
       </c>
       <c r="Y5" s="7">
         <v>100</v>
       </c>
       <c r="Z5" s="7">
         <v>100</v>
       </c>
       <c r="AA5" s="7">
         <v>100</v>
       </c>
       <c r="AB5" s="7">
         <v>100</v>
       </c>
       <c r="AC5" s="7">
         <v>100</v>
       </c>
-      <c r="AD5" s="5">
-[...3 lines deleted...]
-        <v>100</v>
+      <c r="AD5" s="7">
+        <v>100</v>
+      </c>
+      <c r="AE5" s="5">
+        <v>120</v>
       </c>
       <c r="AF5" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="7" spans="1:32">
       <c r="A7" s="2" t="s">
         <v>35</v>
       </c>
       <c r="B7" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C7" s="7" t="s">
         <v>36</v>
       </c>
       <c r="D7" s="7" t="s">
         <v>37</v>
       </c>
       <c r="E7" s="7" t="s">
         <v>38</v>
       </c>
       <c r="F7" s="7" t="s">
         <v>39</v>
       </c>
       <c r="G7" s="7" t="s">
         <v>40</v>
       </c>
       <c r="H7" s="7" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="I7" s="7" t="s">
         <v>41</v>
       </c>
       <c r="J7" s="7" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="K7" s="7" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="L7" s="7" t="s">
         <v>42</v>
       </c>
       <c r="M7" s="7" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="N7" s="7" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="O7" s="7" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="P7" s="7" t="s">
         <v>43</v>
       </c>
       <c r="Q7" s="7" t="s">
         <v>44</v>
       </c>
       <c r="R7" s="7" t="s">
         <v>45</v>
       </c>
       <c r="S7" s="7" t="s">
         <v>46</v>
       </c>
       <c r="T7" s="7" t="s">
         <v>47</v>
       </c>
       <c r="U7" s="7" t="s">
         <v>48</v>
       </c>
       <c r="V7" s="7" t="s">
         <v>49</v>
       </c>
       <c r="W7" s="7" t="s">
         <v>50</v>
       </c>
       <c r="X7" s="7" t="s">
         <v>51</v>
       </c>
       <c r="Y7" s="7" t="s">
         <v>52</v>
       </c>
       <c r="Z7" s="7" t="s">
         <v>53</v>
       </c>
       <c r="AA7" s="7" t="s">
         <v>54</v>
       </c>
       <c r="AB7" s="7" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="AC7" s="7" t="s">
         <v>55</v>
       </c>
       <c r="AD7" s="7" t="s">
         <v>56</v>
       </c>
       <c r="AE7" s="7" t="s">
         <v>57</v>
       </c>
       <c r="AF7" s="7" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="8" spans="1:32">
       <c r="B8" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C8" s="5">
         <v>564</v>
       </c>
       <c r="D8" s="5">
         <v>560</v>
       </c>
       <c r="E8" s="5">
@@ -1391,66 +1391,66 @@
       <c r="A11" s="2" t="s">
         <v>59</v>
       </c>
       <c r="B11" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C11" s="7" t="s">
         <v>36</v>
       </c>
       <c r="D11" s="7" t="s">
         <v>60</v>
       </c>
       <c r="E11" s="7" t="s">
         <v>37</v>
       </c>
       <c r="F11" s="7" t="s">
         <v>38</v>
       </c>
       <c r="G11" s="7" t="s">
         <v>39</v>
       </c>
       <c r="H11" s="7" t="s">
         <v>61</v>
       </c>
       <c r="I11" s="7" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="J11" s="7" t="s">
         <v>41</v>
       </c>
       <c r="K11" s="7" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="L11" s="7" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="M11" s="7" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="N11" s="7" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="O11" s="7" t="s">
         <v>43</v>
       </c>
       <c r="P11" s="7" t="s">
         <v>62</v>
       </c>
       <c r="Q11" s="7" t="s">
         <v>63</v>
       </c>
       <c r="R11" s="7" t="s">
         <v>44</v>
       </c>
       <c r="S11" s="7" t="s">
         <v>64</v>
       </c>
       <c r="T11" s="7" t="s">
         <v>46</v>
       </c>
       <c r="U11" s="7" t="s">
         <v>47</v>
       </c>
       <c r="V11" s="7" t="s">
         <v>48</v>
       </c>
@@ -1961,69 +1961,69 @@
       <c r="B19" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C19" s="7" t="s">
         <v>36</v>
       </c>
       <c r="D19" s="7" t="s">
         <v>60</v>
       </c>
       <c r="E19" s="7" t="s">
         <v>37</v>
       </c>
       <c r="F19" s="7" t="s">
         <v>38</v>
       </c>
       <c r="G19" s="7" t="s">
         <v>39</v>
       </c>
       <c r="H19" s="7" t="s">
         <v>40</v>
       </c>
       <c r="I19" s="7" t="s">
         <v>61</v>
       </c>
       <c r="J19" s="7" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="K19" s="7" t="s">
         <v>41</v>
       </c>
       <c r="L19" s="7" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="M19" s="7" t="s">
         <v>42</v>
       </c>
       <c r="N19" s="7" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="O19" s="7" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="P19" s="7" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="Q19" s="7" t="s">
         <v>43</v>
       </c>
       <c r="R19" s="7" t="s">
         <v>62</v>
       </c>
       <c r="S19" s="7" t="s">
         <v>63</v>
       </c>
       <c r="T19" s="7" t="s">
         <v>44</v>
       </c>
       <c r="U19" s="7" t="s">
         <v>45</v>
       </c>
       <c r="V19" s="7" t="s">
         <v>46</v>
       </c>
       <c r="W19" s="7" t="s">
         <v>47</v>
       </c>
       <c r="X19" s="7" t="s">
         <v>48</v>
       </c>
@@ -2249,114 +2249,114 @@
       <c r="B23" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C23" s="7" t="s">
         <v>36</v>
       </c>
       <c r="D23" s="7" t="s">
         <v>60</v>
       </c>
       <c r="E23" s="7" t="s">
         <v>37</v>
       </c>
       <c r="F23" s="7" t="s">
         <v>38</v>
       </c>
       <c r="G23" s="7" t="s">
         <v>39</v>
       </c>
       <c r="H23" s="7" t="s">
         <v>40</v>
       </c>
       <c r="I23" s="7" t="s">
         <v>61</v>
       </c>
       <c r="J23" s="7" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="K23" s="7" t="s">
         <v>41</v>
       </c>
       <c r="L23" s="7" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="M23" s="7" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="N23" s="7" t="s">
         <v>42</v>
       </c>
       <c r="O23" s="7" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="P23" s="7" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="Q23" s="7" t="s">
         <v>43</v>
       </c>
       <c r="R23" s="7" t="s">
         <v>62</v>
       </c>
       <c r="S23" s="7" t="s">
         <v>63</v>
       </c>
       <c r="T23" s="7" t="s">
         <v>44</v>
       </c>
       <c r="U23" s="7" t="s">
         <v>64</v>
       </c>
       <c r="V23" s="7" t="s">
         <v>45</v>
       </c>
       <c r="W23" s="7" t="s">
         <v>46</v>
       </c>
       <c r="X23" s="7" t="s">
         <v>47</v>
       </c>
       <c r="Y23" s="7" t="s">
         <v>49</v>
       </c>
       <c r="Z23" s="7" t="s">
         <v>50</v>
       </c>
       <c r="AA23" s="7" t="s">
         <v>51</v>
       </c>
       <c r="AB23" s="7" t="s">
         <v>52</v>
       </c>
       <c r="AC23" s="7" t="s">
         <v>53</v>
       </c>
       <c r="AD23" s="7" t="s">
         <v>54</v>
       </c>
       <c r="AE23" s="7" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="AF23" s="7" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="24" spans="1:32">
       <c r="B24" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C24" s="5">
         <v>554</v>
       </c>
       <c r="D24" s="5">
         <v>552</v>
       </c>
       <c r="E24" s="5">
         <v>552</v>
       </c>
       <c r="F24" s="5">
         <v>564</v>
       </c>
       <c r="G24" s="5">
         <v>551</v>
       </c>
       <c r="H24" s="5">
@@ -2528,105 +2528,105 @@
       </c>
       <c r="AF25" s="5">
         <v>120</v>
       </c>
     </row>
     <row r="27" spans="1:32">
       <c r="A27" s="2" t="s">
         <v>101</v>
       </c>
       <c r="B27" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="7" t="s">
         <v>60</v>
       </c>
       <c r="D27" s="7" t="s">
         <v>37</v>
       </c>
       <c r="E27" s="7" t="s">
         <v>40</v>
       </c>
       <c r="F27" s="7" t="s">
         <v>61</v>
       </c>
       <c r="G27" s="7" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="H27" s="7" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="I27" s="7" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="J27" s="7" t="s">
         <v>42</v>
       </c>
       <c r="K27" s="7" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="L27" s="7" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="M27" s="7" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="N27" s="7" t="s">
         <v>62</v>
       </c>
       <c r="O27" s="7" t="s">
         <v>63</v>
       </c>
       <c r="P27" s="7" t="s">
         <v>64</v>
       </c>
       <c r="Q27" s="7" t="s">
         <v>45</v>
       </c>
       <c r="R27" s="7" t="s">
         <v>47</v>
       </c>
       <c r="S27" s="7" t="s">
         <v>48</v>
       </c>
       <c r="T27" s="7" t="s">
         <v>49</v>
       </c>
       <c r="U27" s="7" t="s">
         <v>50</v>
       </c>
       <c r="V27" s="7" t="s">
         <v>51</v>
       </c>
       <c r="W27" s="7" t="s">
         <v>52</v>
       </c>
       <c r="X27" s="7" t="s">
         <v>54</v>
       </c>
       <c r="Y27" s="7" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="Z27" s="7" t="s">
         <v>55</v>
       </c>
       <c r="AA27" s="7" t="s">
         <v>56</v>
       </c>
       <c r="AB27" s="7" t="s">
         <v>57</v>
       </c>
       <c r="AC27" s="7" t="s">
         <v>58</v>
       </c>
       <c r="AD27" s="7" t="s">
         <v>72</v>
       </c>
       <c r="AE27" s="7" t="s">
         <v>102</v>
       </c>
       <c r="AF27" s="7" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="28" spans="1:32">
       <c r="B28" s="6" t="s">