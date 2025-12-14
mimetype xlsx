--- v0 (2025-12-06)
+++ v1 (2025-12-14)
@@ -1435,51 +1435,51 @@
       </c>
       <c r="AA15" s="6" t="s">
         <v>59</v>
       </c>
       <c r="AB15" s="6" t="s">
         <v>14</v>
       </c>
       <c r="AC15" s="6" t="s">
         <v>15</v>
       </c>
       <c r="AD15" s="6" t="s">
         <v>46</v>
       </c>
       <c r="AE15" s="6" t="s">
         <v>47</v>
       </c>
       <c r="AF15" s="6" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="16" spans="1:32">
       <c r="B16" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C16" s="4">
-        <v>388</v>
+        <v>487</v>
       </c>
       <c r="D16" s="4">
         <v>429</v>
       </c>
       <c r="E16" s="4">
         <v>480</v>
       </c>
       <c r="F16" s="4">
         <v>436</v>
       </c>
       <c r="G16" s="4">
         <v>459</v>
       </c>
       <c r="H16" s="4">
         <v>440</v>
       </c>
       <c r="I16" s="4">
         <v>459</v>
       </c>
       <c r="J16" s="4">
         <v>441</v>
       </c>
       <c r="K16" s="4">
         <v>402</v>
       </c>