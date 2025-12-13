--- v0 (2025-12-08)
+++ v1 (2025-12-13)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="128">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="129">
   <si>
     <t>Výsledky hráčů družstva TJ Sokol Slavonice na kuželně TJ Sokol Slavonice</t>
   </si>
   <si>
     <t>Pavel Blažek</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
     <t>29.11.2025</t>
   </si>
   <si>
     <t>8.11.2025</t>
   </si>
   <si>
     <t>18.10.2025</t>
   </si>
   <si>
     <t>27.9.2025</t>
   </si>
   <si>
     <t>5.4.2025</t>
   </si>
   <si>
@@ -122,50 +122,53 @@
   <si>
     <t>19.11.2022</t>
   </si>
   <si>
     <t>22.10.2022</t>
   </si>
   <si>
     <t>17.9.2022</t>
   </si>
   <si>
     <t>12.3.2022</t>
   </si>
   <si>
     <t>12.2.2022</t>
   </si>
   <si>
     <t>Výkon:</t>
   </si>
   <si>
     <t>Počet hodů:</t>
   </si>
   <si>
     <t>Jiří Svoboda</t>
   </si>
   <si>
+    <t>12.12.2025</t>
+  </si>
+  <si>
     <t>5.12.2025</t>
   </si>
   <si>
     <t>21.11.2025</t>
   </si>
   <si>
     <t>17.10.2025</t>
   </si>
   <si>
     <t>3.10.2025</t>
   </si>
   <si>
     <t>11.4.2025</t>
   </si>
   <si>
     <t>14.3.2025</t>
   </si>
   <si>
     <t>28.2.2025</t>
   </si>
   <si>
     <t>21.2.2025</t>
   </si>
   <si>
     <t>14.2.2025</t>
@@ -209,111 +212,111 @@
   <si>
     <t>26.2.2022</t>
   </si>
   <si>
     <t>22.1.2022</t>
   </si>
   <si>
     <t>4.12.2021</t>
   </si>
   <si>
     <t>27.11.2021</t>
   </si>
   <si>
     <t>6.11.2021</t>
   </si>
   <si>
     <t>2.10.2021</t>
   </si>
   <si>
     <t>19.9.2020</t>
   </si>
   <si>
     <t>5.9.2020</t>
   </si>
   <si>
+    <t>Miroslav Bartoška</t>
+  </si>
+  <si>
+    <t>15.11.2024</t>
+  </si>
+  <si>
+    <t>27.9.2024</t>
+  </si>
+  <si>
+    <t>4.11.2022</t>
+  </si>
+  <si>
+    <t>30.9.2022</t>
+  </si>
+  <si>
+    <t>25.2.2022</t>
+  </si>
+  <si>
+    <t>4.2.2022</t>
+  </si>
+  <si>
+    <t>14.1.2022</t>
+  </si>
+  <si>
+    <t>12.11.2021</t>
+  </si>
+  <si>
+    <t>5.11.2021</t>
+  </si>
+  <si>
+    <t>22.10.2021</t>
+  </si>
+  <si>
+    <t>6.8.2021</t>
+  </si>
+  <si>
+    <t>24.7.2021</t>
+  </si>
+  <si>
+    <t>30.11.2019</t>
+  </si>
+  <si>
+    <t>16.11.2019</t>
+  </si>
+  <si>
+    <t>Jiří Ondrák ml.</t>
+  </si>
+  <si>
+    <t>1.4.2023</t>
+  </si>
+  <si>
+    <t>1.10.2022</t>
+  </si>
+  <si>
+    <t>20.11.2021</t>
+  </si>
+  <si>
+    <t>18.9.2021</t>
+  </si>
+  <si>
     <t>29.2.2020</t>
-  </si>
-[...58 lines deleted...]
-    <t>18.9.2021</t>
   </si>
   <si>
     <t>22.2.2020</t>
   </si>
   <si>
     <t>18.1.2020</t>
   </si>
   <si>
     <t>28.9.2019</t>
   </si>
   <si>
     <t>14.9.2019</t>
   </si>
   <si>
     <t>18.1.2019</t>
   </si>
   <si>
     <t>30.11.2018</t>
   </si>
   <si>
     <t>24.11.2018</t>
   </si>
   <si>
     <t>9.11.2018</t>
   </si>
@@ -835,51 +838,51 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:AF49"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="V49" sqref="V49"/>
+      <selection activeCell="W49" sqref="W49"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="9.5703125" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="26.28515625" customWidth="true" style="2"/>
     <col min="2" max="2" width="11.140625" customWidth="true" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:32" customHeight="1" ht="21">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:32">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C3" s="6" t="s">
         <v>3</v>
       </c>
       <c r="D3" s="6" t="s">
         <v>4</v>
@@ -1240,138 +1243,138 @@
       </c>
       <c r="AA7" s="6" t="s">
         <v>60</v>
       </c>
       <c r="AB7" s="6" t="s">
         <v>61</v>
       </c>
       <c r="AC7" s="6" t="s">
         <v>62</v>
       </c>
       <c r="AD7" s="6" t="s">
         <v>63</v>
       </c>
       <c r="AE7" s="6" t="s">
         <v>64</v>
       </c>
       <c r="AF7" s="6" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="8" spans="1:32">
       <c r="B8" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C8" s="7">
+        <v>477</v>
+      </c>
+      <c r="D8" s="7">
         <v>455</v>
       </c>
-      <c r="D8" s="7">
+      <c r="E8" s="7">
         <v>457</v>
       </c>
-      <c r="E8" s="7">
+      <c r="F8" s="7">
         <v>478</v>
       </c>
-      <c r="F8" s="7">
+      <c r="G8" s="7">
         <v>437</v>
       </c>
-      <c r="G8" s="7">
+      <c r="H8" s="7">
         <v>422</v>
       </c>
-      <c r="H8" s="7">
+      <c r="I8" s="7">
         <v>506</v>
       </c>
-      <c r="I8" s="7">
+      <c r="J8" s="7">
         <v>417</v>
       </c>
-      <c r="J8" s="7">
+      <c r="K8" s="7">
         <v>477</v>
       </c>
-      <c r="K8" s="7">
+      <c r="L8" s="7">
         <v>439</v>
       </c>
-      <c r="L8" s="7">
+      <c r="M8" s="7">
         <v>459</v>
       </c>
-      <c r="M8" s="7">
+      <c r="N8" s="7">
         <v>488</v>
       </c>
-      <c r="N8" s="7">
+      <c r="O8" s="7">
         <v>463</v>
       </c>
-      <c r="O8" s="7">
+      <c r="P8" s="7">
         <v>482</v>
       </c>
-      <c r="P8" s="7">
+      <c r="Q8" s="7">
         <v>449</v>
       </c>
-      <c r="Q8" s="7">
+      <c r="R8" s="7">
         <v>418</v>
       </c>
-      <c r="R8" s="7">
+      <c r="S8" s="7">
         <v>411</v>
       </c>
-      <c r="S8" s="7">
+      <c r="T8" s="7">
         <v>418</v>
       </c>
-      <c r="T8" s="7">
+      <c r="U8" s="7">
         <v>426</v>
       </c>
-      <c r="U8" s="7">
+      <c r="V8" s="7">
         <v>405</v>
-      </c>
-[...1 lines deleted...]
-        <v>418</v>
       </c>
       <c r="W8" s="7">
         <v>418</v>
       </c>
-      <c r="X8" s="4">
+      <c r="X8" s="7">
+        <v>418</v>
+      </c>
+      <c r="Y8" s="4">
         <v>538</v>
       </c>
-      <c r="Y8" s="4">
+      <c r="Z8" s="4">
         <v>521</v>
       </c>
-      <c r="Z8" s="4">
+      <c r="AA8" s="4">
         <v>576</v>
       </c>
-      <c r="AA8" s="4">
+      <c r="AB8" s="4">
         <v>541</v>
       </c>
-      <c r="AB8" s="4">
+      <c r="AC8" s="4">
         <v>522</v>
       </c>
-      <c r="AC8" s="4">
+      <c r="AD8" s="4">
         <v>517</v>
       </c>
-      <c r="AD8" s="4">
+      <c r="AE8" s="4">
         <v>536</v>
       </c>
-      <c r="AE8" s="4">
+      <c r="AF8" s="4">
         <v>508</v>
-      </c>
-[...1 lines deleted...]
-        <v>550</v>
       </c>
     </row>
     <row r="9" spans="1:32">
       <c r="B9" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C9" s="6">
         <v>100</v>
       </c>
       <c r="D9" s="6">
         <v>100</v>
       </c>
       <c r="E9" s="6">
         <v>100</v>
       </c>
       <c r="F9" s="6">
         <v>100</v>
       </c>
       <c r="G9" s="6">
         <v>100</v>
       </c>
       <c r="H9" s="6">
         <v>100</v>
       </c>
       <c r="I9" s="6">
@@ -1397,168 +1400,168 @@
       </c>
       <c r="P9" s="6">
         <v>100</v>
       </c>
       <c r="Q9" s="6">
         <v>100</v>
       </c>
       <c r="R9" s="6">
         <v>100</v>
       </c>
       <c r="S9" s="6">
         <v>100</v>
       </c>
       <c r="T9" s="6">
         <v>100</v>
       </c>
       <c r="U9" s="6">
         <v>100</v>
       </c>
       <c r="V9" s="6">
         <v>100</v>
       </c>
       <c r="W9" s="6">
         <v>100</v>
       </c>
-      <c r="X9" s="4">
-        <v>120</v>
+      <c r="X9" s="6">
+        <v>100</v>
       </c>
       <c r="Y9" s="4">
         <v>120</v>
       </c>
       <c r="Z9" s="4">
         <v>120</v>
       </c>
       <c r="AA9" s="4">
         <v>120</v>
       </c>
       <c r="AB9" s="4">
         <v>120</v>
       </c>
       <c r="AC9" s="4">
         <v>120</v>
       </c>
       <c r="AD9" s="4">
         <v>120</v>
       </c>
       <c r="AE9" s="4">
         <v>120</v>
       </c>
       <c r="AF9" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="11" spans="1:32">
       <c r="A11" s="2" t="s">
         <v>66</v>
       </c>
       <c r="B11" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C11" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D11" s="6" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="E11" s="6" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="F11" s="6" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="G11" s="6" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="H11" s="6" t="s">
         <v>67</v>
       </c>
       <c r="I11" s="6" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="J11" s="6" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="K11" s="6" t="s">
         <v>68</v>
       </c>
       <c r="L11" s="6" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="M11" s="6" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="N11" s="6" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="O11" s="6" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="P11" s="6" t="s">
         <v>69</v>
       </c>
       <c r="Q11" s="6" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="R11" s="6" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="S11" s="6" t="s">
         <v>70</v>
       </c>
       <c r="T11" s="6" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="U11" s="6" t="s">
         <v>71</v>
       </c>
       <c r="V11" s="6" t="s">
         <v>72</v>
       </c>
       <c r="W11" s="6" t="s">
         <v>73</v>
       </c>
       <c r="X11" s="6" t="s">
         <v>74</v>
       </c>
       <c r="Y11" s="6" t="s">
         <v>75</v>
       </c>
       <c r="Z11" s="6" t="s">
         <v>76</v>
       </c>
       <c r="AA11" s="6" t="s">
         <v>77</v>
       </c>
       <c r="AB11" s="6" t="s">
         <v>78</v>
       </c>
       <c r="AC11" s="6" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="AD11" s="6" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="AE11" s="6" t="s">
         <v>79</v>
       </c>
       <c r="AF11" s="6" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="12" spans="1:32">
       <c r="B12" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C12" s="7">
         <v>513</v>
       </c>
       <c r="D12" s="7">
         <v>437</v>
       </c>
       <c r="E12" s="7">
         <v>474</v>
       </c>
       <c r="F12" s="7">
         <v>492</v>
       </c>
       <c r="G12" s="7">
@@ -1724,135 +1727,135 @@
       </c>
       <c r="AC13" s="4">
         <v>120</v>
       </c>
       <c r="AD13" s="4">
         <v>120</v>
       </c>
       <c r="AE13" s="4">
         <v>120</v>
       </c>
       <c r="AF13" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="15" spans="1:32">
       <c r="A15" s="2" t="s">
         <v>81</v>
       </c>
       <c r="B15" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C15" s="6" t="s">
         <v>67</v>
       </c>
       <c r="D15" s="6" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="E15" s="6" t="s">
         <v>19</v>
       </c>
       <c r="F15" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G15" s="6" t="s">
         <v>21</v>
       </c>
       <c r="H15" s="6" t="s">
         <v>82</v>
       </c>
       <c r="I15" s="6" t="s">
         <v>23</v>
       </c>
       <c r="J15" s="6" t="s">
         <v>26</v>
       </c>
       <c r="K15" s="6" t="s">
         <v>27</v>
       </c>
       <c r="L15" s="6" t="s">
         <v>83</v>
       </c>
       <c r="M15" s="6" t="s">
         <v>32</v>
       </c>
       <c r="N15" s="6" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="O15" s="6" t="s">
         <v>84</v>
       </c>
       <c r="P15" s="6" t="s">
         <v>85</v>
       </c>
       <c r="Q15" s="6" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="R15" s="6" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="S15" s="6" t="s">
-        <v>65</v>
+        <v>86</v>
       </c>
       <c r="T15" s="6" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="U15" s="6" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="V15" s="6" t="s">
         <v>79</v>
       </c>
       <c r="W15" s="6" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="X15" s="6" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="Y15" s="6" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="Z15" s="6" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="AA15" s="6" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="AB15" s="6" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="AC15" s="6" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="AD15" s="6" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="AE15" s="6" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="AF15" s="6" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
     </row>
     <row r="16" spans="1:32">
       <c r="B16" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C16" s="7">
         <v>389</v>
       </c>
       <c r="D16" s="7">
         <v>455</v>
       </c>
       <c r="E16" s="4">
         <v>517</v>
       </c>
       <c r="F16" s="4">
         <v>510</v>
       </c>
       <c r="G16" s="4">
         <v>516</v>
       </c>
       <c r="H16" s="4">
         <v>530</v>
       </c>
       <c r="I16" s="4">
@@ -2003,239 +2006,239 @@
       </c>
       <c r="Z17" s="6">
         <v>100</v>
       </c>
       <c r="AA17" s="4">
         <v>120</v>
       </c>
       <c r="AB17" s="6">
         <v>100</v>
       </c>
       <c r="AC17" s="6">
         <v>100</v>
       </c>
       <c r="AD17" s="6">
         <v>100</v>
       </c>
       <c r="AE17" s="4">
         <v>120</v>
       </c>
       <c r="AF17" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="19" spans="1:32">
       <c r="A19" s="2" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="B19" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C19" s="6" t="s">
         <v>36</v>
       </c>
       <c r="D19" s="6" t="s">
         <v>37</v>
       </c>
       <c r="E19" s="6" t="s">
-        <v>99</v>
+        <v>38</v>
       </c>
       <c r="F19" s="6" t="s">
-        <v>38</v>
+        <v>100</v>
       </c>
       <c r="G19" s="6" t="s">
         <v>39</v>
       </c>
       <c r="H19" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I19" s="6" t="s">
         <v>41</v>
       </c>
       <c r="J19" s="6" t="s">
         <v>42</v>
       </c>
       <c r="K19" s="6" t="s">
         <v>43</v>
       </c>
       <c r="L19" s="6" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="M19" s="6" t="s">
         <v>46</v>
       </c>
       <c r="N19" s="6" t="s">
+        <v>47</v>
+      </c>
+      <c r="O19" s="6" t="s">
         <v>67</v>
-      </c>
-[...1 lines deleted...]
-        <v>47</v>
       </c>
       <c r="P19" s="6" t="s">
         <v>48</v>
       </c>
       <c r="Q19" s="6" t="s">
+        <v>49</v>
+      </c>
+      <c r="R19" s="6" t="s">
         <v>68</v>
-      </c>
-[...1 lines deleted...]
-        <v>49</v>
       </c>
       <c r="S19" s="6" t="s">
         <v>50</v>
       </c>
       <c r="T19" s="6" t="s">
         <v>51</v>
       </c>
       <c r="U19" s="6" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="V19" s="6" t="s">
+        <v>54</v>
+      </c>
+      <c r="W19" s="6" t="s">
         <v>69</v>
-      </c>
-[...1 lines deleted...]
-        <v>54</v>
       </c>
       <c r="X19" s="6" t="s">
         <v>55</v>
       </c>
       <c r="Y19" s="6" t="s">
+        <v>56</v>
+      </c>
+      <c r="Z19" s="6" t="s">
         <v>70</v>
       </c>
-      <c r="Z19" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AA19" s="6" t="s">
+        <v>57</v>
+      </c>
+      <c r="AB19" s="6" t="s">
         <v>31</v>
       </c>
-      <c r="AB19" s="6" t="s">
+      <c r="AC19" s="6" t="s">
         <v>32</v>
-      </c>
-[...1 lines deleted...]
-        <v>58</v>
       </c>
       <c r="AD19" s="6" t="s">
         <v>59</v>
       </c>
       <c r="AE19" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="AF19" s="6" t="s">
         <v>84</v>
-      </c>
-[...1 lines deleted...]
-        <v>85</v>
       </c>
     </row>
     <row r="20" spans="1:32">
       <c r="B20" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C20" s="7">
+        <v>433</v>
+      </c>
+      <c r="D20" s="7">
         <v>451</v>
       </c>
-      <c r="D20" s="7">
+      <c r="E20" s="7">
         <v>466</v>
       </c>
-      <c r="E20" s="7">
+      <c r="F20" s="7">
         <v>458</v>
       </c>
-      <c r="F20" s="7">
+      <c r="G20" s="7">
         <v>475</v>
       </c>
-      <c r="G20" s="7">
+      <c r="H20" s="7">
         <v>446</v>
       </c>
-      <c r="H20" s="7">
+      <c r="I20" s="7">
         <v>461</v>
       </c>
-      <c r="I20" s="7">
+      <c r="J20" s="7">
         <v>448</v>
       </c>
-      <c r="J20" s="7">
+      <c r="K20" s="7">
         <v>444</v>
       </c>
-      <c r="K20" s="7">
+      <c r="L20" s="7">
         <v>479</v>
       </c>
-      <c r="L20" s="7">
+      <c r="M20" s="7">
         <v>439</v>
       </c>
-      <c r="M20" s="7">
+      <c r="N20" s="7">
         <v>464</v>
       </c>
-      <c r="N20" s="7">
+      <c r="O20" s="7">
         <v>465</v>
       </c>
-      <c r="O20" s="7">
+      <c r="P20" s="7">
         <v>467</v>
       </c>
-      <c r="P20" s="7">
+      <c r="Q20" s="7">
         <v>444</v>
       </c>
-      <c r="Q20" s="7">
+      <c r="R20" s="7">
         <v>448</v>
       </c>
-      <c r="R20" s="7">
+      <c r="S20" s="7">
         <v>467</v>
       </c>
-      <c r="S20" s="7">
+      <c r="T20" s="7">
         <v>487</v>
       </c>
-      <c r="T20" s="7">
+      <c r="U20" s="7">
         <v>466</v>
       </c>
-      <c r="U20" s="7">
+      <c r="V20" s="7">
         <v>403</v>
       </c>
-      <c r="V20" s="7">
+      <c r="W20" s="7">
         <v>440</v>
       </c>
-      <c r="W20" s="7">
+      <c r="X20" s="7">
         <v>432</v>
       </c>
-      <c r="X20" s="7">
+      <c r="Y20" s="7">
         <v>446</v>
       </c>
-      <c r="Y20" s="7">
+      <c r="Z20" s="7">
         <v>434</v>
       </c>
-      <c r="Z20" s="7">
+      <c r="AA20" s="7">
         <v>428</v>
       </c>
-      <c r="AA20" s="4">
+      <c r="AB20" s="4">
         <v>559</v>
       </c>
-      <c r="AB20" s="4">
+      <c r="AC20" s="4">
         <v>530</v>
       </c>
-      <c r="AC20" s="4">
+      <c r="AD20" s="4">
         <v>525</v>
       </c>
-      <c r="AD20" s="4">
+      <c r="AE20" s="4">
         <v>516</v>
       </c>
-      <c r="AE20" s="4">
+      <c r="AF20" s="4">
         <v>500</v>
-      </c>
-[...1 lines deleted...]
-        <v>507</v>
       </c>
     </row>
     <row r="21" spans="1:32">
       <c r="B21" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C21" s="6">
         <v>100</v>
       </c>
       <c r="D21" s="6">
         <v>100</v>
       </c>
       <c r="E21" s="6">
         <v>100</v>
       </c>
       <c r="F21" s="6">
         <v>100</v>
       </c>
       <c r="G21" s="6">
         <v>100</v>
       </c>
       <c r="H21" s="6">
         <v>100</v>
       </c>
       <c r="I21" s="6">
@@ -2270,141 +2273,141 @@
       </c>
       <c r="S21" s="6">
         <v>100</v>
       </c>
       <c r="T21" s="6">
         <v>100</v>
       </c>
       <c r="U21" s="6">
         <v>100</v>
       </c>
       <c r="V21" s="6">
         <v>100</v>
       </c>
       <c r="W21" s="6">
         <v>100</v>
       </c>
       <c r="X21" s="6">
         <v>100</v>
       </c>
       <c r="Y21" s="6">
         <v>100</v>
       </c>
       <c r="Z21" s="6">
         <v>100</v>
       </c>
-      <c r="AA21" s="4">
-        <v>120</v>
+      <c r="AA21" s="6">
+        <v>100</v>
       </c>
       <c r="AB21" s="4">
         <v>120</v>
       </c>
       <c r="AC21" s="4">
         <v>120</v>
       </c>
       <c r="AD21" s="4">
         <v>120</v>
       </c>
       <c r="AE21" s="4">
         <v>120</v>
       </c>
       <c r="AF21" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="23" spans="1:32">
       <c r="A23" s="2" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="B23" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C23" s="6" t="s">
         <v>3</v>
       </c>
       <c r="D23" s="6" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="E23" s="6" t="s">
         <v>4</v>
       </c>
       <c r="F23" s="6" t="s">
         <v>5</v>
       </c>
       <c r="G23" s="6" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="H23" s="6" t="s">
         <v>6</v>
       </c>
       <c r="I23" s="6" t="s">
         <v>7</v>
       </c>
       <c r="J23" s="6" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="K23" s="6" t="s">
         <v>8</v>
       </c>
       <c r="L23" s="6" t="s">
         <v>9</v>
       </c>
       <c r="M23" s="6" t="s">
         <v>10</v>
       </c>
       <c r="N23" s="6" t="s">
         <v>11</v>
       </c>
       <c r="O23" s="6" t="s">
         <v>12</v>
       </c>
       <c r="P23" s="6" t="s">
         <v>14</v>
       </c>
       <c r="Q23" s="6" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="R23" s="6" t="s">
         <v>15</v>
       </c>
       <c r="S23" s="6" t="s">
         <v>16</v>
       </c>
       <c r="T23" s="6" t="s">
         <v>17</v>
       </c>
       <c r="U23" s="6" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="V23" s="6" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="W23" s="6" t="s">
         <v>19</v>
       </c>
       <c r="X23" s="6" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="Y23" s="6" t="s">
         <v>21</v>
       </c>
       <c r="Z23" s="6" t="s">
         <v>22</v>
       </c>
       <c r="AA23" s="6" t="s">
         <v>23</v>
       </c>
       <c r="AB23" s="6" t="s">
         <v>24</v>
       </c>
       <c r="AC23" s="6" t="s">
         <v>25</v>
       </c>
       <c r="AD23" s="6" t="s">
         <v>26</v>
       </c>
       <c r="AE23" s="6" t="s">
         <v>27</v>
       </c>
       <c r="AF23" s="6" t="s">
         <v>28</v>
       </c>
@@ -2579,144 +2582,144 @@
       </c>
       <c r="Z25" s="4">
         <v>120</v>
       </c>
       <c r="AA25" s="4">
         <v>120</v>
       </c>
       <c r="AB25" s="4">
         <v>120</v>
       </c>
       <c r="AC25" s="4">
         <v>120</v>
       </c>
       <c r="AD25" s="4">
         <v>120</v>
       </c>
       <c r="AE25" s="4">
         <v>120</v>
       </c>
       <c r="AF25" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="27" spans="1:32">
       <c r="A27" s="2" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="6" t="s">
         <v>3</v>
       </c>
       <c r="D27" s="6" t="s">
         <v>4</v>
       </c>
       <c r="E27" s="6" t="s">
         <v>5</v>
       </c>
       <c r="F27" s="6" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="G27" s="6" t="s">
         <v>6</v>
       </c>
       <c r="H27" s="6" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="I27" s="6" t="s">
         <v>8</v>
       </c>
       <c r="J27" s="6" t="s">
         <v>9</v>
       </c>
       <c r="K27" s="6" t="s">
         <v>13</v>
       </c>
       <c r="L27" s="6" t="s">
         <v>14</v>
       </c>
       <c r="M27" s="6" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="N27" s="6" t="s">
         <v>15</v>
       </c>
       <c r="O27" s="6" t="s">
         <v>16</v>
       </c>
       <c r="P27" s="6" t="s">
         <v>17</v>
       </c>
       <c r="Q27" s="6" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="R27" s="6" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="S27" s="6" t="s">
         <v>18</v>
       </c>
       <c r="T27" s="6" t="s">
         <v>20</v>
       </c>
       <c r="U27" s="6" t="s">
         <v>82</v>
       </c>
       <c r="V27" s="6" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="W27" s="6" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="X27" s="6" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="Y27" s="6" t="s">
         <v>69</v>
       </c>
       <c r="Z27" s="6" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="AA27" s="6" t="s">
         <v>70</v>
       </c>
       <c r="AB27" s="6" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="AC27" s="6" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="AD27" s="6" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="AE27" s="6" t="s">
         <v>71</v>
       </c>
       <c r="AF27" s="6" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
     </row>
     <row r="28" spans="1:32">
       <c r="B28" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C28" s="4">
         <v>593</v>
       </c>
       <c r="D28" s="4">
         <v>552</v>
       </c>
       <c r="E28" s="4">
         <v>548</v>
       </c>
       <c r="F28" s="4">
         <v>568</v>
       </c>
       <c r="G28" s="4">
         <v>586</v>
       </c>
       <c r="H28" s="4">
         <v>521</v>
       </c>
       <c r="I28" s="4">
@@ -2867,111 +2870,111 @@
       </c>
       <c r="Z29" s="6">
         <v>100</v>
       </c>
       <c r="AA29" s="6">
         <v>100</v>
       </c>
       <c r="AB29" s="6">
         <v>100</v>
       </c>
       <c r="AC29" s="6">
         <v>100</v>
       </c>
       <c r="AD29" s="6">
         <v>100</v>
       </c>
       <c r="AE29" s="6">
         <v>100</v>
       </c>
       <c r="AF29" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="31" spans="1:32">
       <c r="A31" s="2" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="6" t="s">
         <v>4</v>
       </c>
       <c r="D31" s="6" t="s">
         <v>5</v>
       </c>
       <c r="E31" s="6" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="F31" s="6" t="s">
         <v>7</v>
       </c>
       <c r="G31" s="6" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="H31" s="6" t="s">
         <v>9</v>
       </c>
       <c r="I31" s="6" t="s">
         <v>10</v>
       </c>
       <c r="J31" s="6" t="s">
         <v>11</v>
       </c>
       <c r="K31" s="6" t="s">
         <v>12</v>
       </c>
       <c r="L31" s="6" t="s">
         <v>13</v>
       </c>
       <c r="M31" s="6" t="s">
         <v>14</v>
       </c>
       <c r="N31" s="6" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="O31" s="6" t="s">
         <v>15</v>
       </c>
       <c r="P31" s="6" t="s">
         <v>16</v>
       </c>
       <c r="Q31" s="6" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="R31" s="6" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="S31" s="6" t="s">
         <v>18</v>
       </c>
       <c r="T31" s="6" t="s">
         <v>19</v>
       </c>
       <c r="U31" s="6" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="V31" s="6" t="s">
         <v>20</v>
       </c>
       <c r="W31" s="6" t="s">
         <v>21</v>
       </c>
       <c r="X31" s="6" t="s">
         <v>22</v>
       </c>
       <c r="Y31" s="6" t="s">
         <v>82</v>
       </c>
       <c r="Z31" s="6" t="s">
         <v>23</v>
       </c>
       <c r="AA31" s="6" t="s">
         <v>24</v>
       </c>
       <c r="AB31" s="6" t="s">
         <v>25</v>
       </c>
       <c r="AC31" s="6" t="s">
         <v>27</v>
       </c>
@@ -3155,247 +3158,247 @@
       </c>
       <c r="Z33" s="4">
         <v>120</v>
       </c>
       <c r="AA33" s="4">
         <v>120</v>
       </c>
       <c r="AB33" s="4">
         <v>120</v>
       </c>
       <c r="AC33" s="4">
         <v>120</v>
       </c>
       <c r="AD33" s="4">
         <v>120</v>
       </c>
       <c r="AE33" s="4">
         <v>120</v>
       </c>
       <c r="AF33" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="35" spans="1:32">
       <c r="A35" s="2" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C35" s="6" t="s">
+        <v>36</v>
+      </c>
+      <c r="D35" s="6" t="s">
         <v>3</v>
       </c>
-      <c r="D35" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E35" s="6" t="s">
+        <v>102</v>
+      </c>
+      <c r="F35" s="6" t="s">
         <v>4</v>
       </c>
-      <c r="F35" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G35" s="6" t="s">
+        <v>103</v>
+      </c>
+      <c r="H35" s="6" t="s">
         <v>7</v>
       </c>
-      <c r="H35" s="6" t="s">
+      <c r="I35" s="6" t="s">
         <v>8</v>
       </c>
-      <c r="I35" s="6" t="s">
+      <c r="J35" s="6" t="s">
         <v>10</v>
       </c>
-      <c r="J35" s="6" t="s">
+      <c r="K35" s="6" t="s">
         <v>11</v>
       </c>
-      <c r="K35" s="6" t="s">
+      <c r="L35" s="6" t="s">
         <v>13</v>
       </c>
-      <c r="L35" s="6" t="s">
+      <c r="M35" s="6" t="s">
         <v>14</v>
       </c>
-      <c r="M35" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N35" s="6" t="s">
+        <v>105</v>
+      </c>
+      <c r="O35" s="6" t="s">
         <v>17</v>
       </c>
-      <c r="O35" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P35" s="6" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="Q35" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="R35" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="R35" s="6" t="s">
+      <c r="S35" s="6" t="s">
         <v>22</v>
       </c>
-      <c r="S35" s="6" t="s">
+      <c r="T35" s="6" t="s">
         <v>23</v>
       </c>
-      <c r="T35" s="6" t="s">
+      <c r="U35" s="6" t="s">
         <v>25</v>
       </c>
-      <c r="U35" s="6" t="s">
+      <c r="V35" s="6" t="s">
         <v>26</v>
       </c>
-      <c r="V35" s="6" t="s">
+      <c r="W35" s="6" t="s">
         <v>27</v>
       </c>
-      <c r="W35" s="6" t="s">
+      <c r="X35" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="X35" s="6" t="s">
+      <c r="Y35" s="6" t="s">
         <v>83</v>
       </c>
-      <c r="Y35" s="6" t="s">
+      <c r="Z35" s="6" t="s">
         <v>30</v>
       </c>
-      <c r="Z35" s="6" t="s">
+      <c r="AA35" s="6" t="s">
         <v>31</v>
       </c>
-      <c r="AA35" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AB35" s="6" t="s">
+        <v>58</v>
+      </c>
+      <c r="AC35" s="6" t="s">
         <v>32</v>
-      </c>
-[...1 lines deleted...]
-        <v>58</v>
       </c>
       <c r="AD35" s="6" t="s">
         <v>59</v>
       </c>
       <c r="AE35" s="6" t="s">
         <v>60</v>
       </c>
       <c r="AF35" s="6" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
     </row>
     <row r="36" spans="1:32">
       <c r="B36" s="5" t="s">
         <v>33</v>
       </c>
-      <c r="C36" s="4">
+      <c r="C36" s="7">
+        <v>441</v>
+      </c>
+      <c r="D36" s="4">
         <v>586</v>
       </c>
-      <c r="D36" s="4">
+      <c r="E36" s="4">
         <v>538</v>
       </c>
-      <c r="E36" s="4">
+      <c r="F36" s="4">
         <v>534</v>
       </c>
-      <c r="F36" s="4">
+      <c r="G36" s="4">
         <v>553</v>
       </c>
-      <c r="G36" s="4">
+      <c r="H36" s="4">
         <v>580</v>
       </c>
-      <c r="H36" s="4">
+      <c r="I36" s="4">
         <v>537</v>
       </c>
-      <c r="I36" s="4">
+      <c r="J36" s="4">
         <v>565</v>
       </c>
-      <c r="J36" s="4">
+      <c r="K36" s="4">
         <v>560</v>
       </c>
-      <c r="K36" s="4">
+      <c r="L36" s="4">
         <v>589</v>
       </c>
-      <c r="L36" s="4">
+      <c r="M36" s="4">
         <v>594</v>
-      </c>
-[...1 lines deleted...]
-        <v>539</v>
       </c>
       <c r="N36" s="4">
         <v>539</v>
       </c>
       <c r="O36" s="4">
+        <v>539</v>
+      </c>
+      <c r="P36" s="4">
         <v>555</v>
       </c>
-      <c r="P36" s="4">
+      <c r="Q36" s="4">
         <v>525</v>
       </c>
-      <c r="Q36" s="4">
+      <c r="R36" s="4">
         <v>540</v>
       </c>
-      <c r="R36" s="4">
+      <c r="S36" s="4">
         <v>544</v>
       </c>
-      <c r="S36" s="4">
+      <c r="T36" s="4">
         <v>555</v>
       </c>
-      <c r="T36" s="4">
+      <c r="U36" s="4">
         <v>575</v>
-      </c>
-[...1 lines deleted...]
-        <v>555</v>
       </c>
       <c r="V36" s="4">
         <v>555</v>
       </c>
       <c r="W36" s="4">
+        <v>555</v>
+      </c>
+      <c r="X36" s="4">
         <v>554</v>
       </c>
-      <c r="X36" s="4">
+      <c r="Y36" s="4">
         <v>531</v>
       </c>
-      <c r="Y36" s="4">
+      <c r="Z36" s="4">
         <v>570</v>
       </c>
-      <c r="Z36" s="4">
+      <c r="AA36" s="4">
         <v>537</v>
-      </c>
-[...1 lines deleted...]
-        <v>530</v>
       </c>
       <c r="AB36" s="4">
         <v>530</v>
       </c>
       <c r="AC36" s="4">
         <v>530</v>
       </c>
       <c r="AD36" s="4">
+        <v>530</v>
+      </c>
+      <c r="AE36" s="4">
         <v>510</v>
       </c>
-      <c r="AE36" s="4">
+      <c r="AF36" s="4">
         <v>578</v>
-      </c>
-[...1 lines deleted...]
-        <v>521</v>
       </c>
     </row>
     <row r="37" spans="1:32">
       <c r="B37" s="5" t="s">
         <v>34</v>
       </c>
-      <c r="C37" s="4">
-        <v>120</v>
+      <c r="C37" s="6">
+        <v>100</v>
       </c>
       <c r="D37" s="4">
         <v>120</v>
       </c>
       <c r="E37" s="4">
         <v>120</v>
       </c>
       <c r="F37" s="4">
         <v>120</v>
       </c>
       <c r="G37" s="4">
         <v>120</v>
       </c>
       <c r="H37" s="4">
         <v>120</v>
       </c>
       <c r="I37" s="4">
         <v>120</v>
       </c>
       <c r="J37" s="4">
         <v>120</v>
       </c>
       <c r="K37" s="4">
         <v>120</v>
       </c>
@@ -3443,117 +3446,117 @@
       </c>
       <c r="Z37" s="4">
         <v>120</v>
       </c>
       <c r="AA37" s="4">
         <v>120</v>
       </c>
       <c r="AB37" s="4">
         <v>120</v>
       </c>
       <c r="AC37" s="4">
         <v>120</v>
       </c>
       <c r="AD37" s="4">
         <v>120</v>
       </c>
       <c r="AE37" s="4">
         <v>120</v>
       </c>
       <c r="AF37" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="39" spans="1:32">
       <c r="A39" s="2" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="B39" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C39" s="6" t="s">
         <v>3</v>
       </c>
       <c r="D39" s="6" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="E39" s="6" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="F39" s="6" t="s">
         <v>6</v>
       </c>
       <c r="G39" s="6" t="s">
         <v>7</v>
       </c>
       <c r="H39" s="6" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="I39" s="6" t="s">
         <v>8</v>
       </c>
       <c r="J39" s="6" t="s">
         <v>9</v>
       </c>
       <c r="K39" s="6" t="s">
         <v>10</v>
       </c>
       <c r="L39" s="6" t="s">
         <v>12</v>
       </c>
       <c r="M39" s="6" t="s">
         <v>13</v>
       </c>
       <c r="N39" s="6" t="s">
         <v>14</v>
       </c>
       <c r="O39" s="6" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="P39" s="6" t="s">
         <v>15</v>
       </c>
       <c r="Q39" s="6" t="s">
         <v>16</v>
       </c>
       <c r="R39" s="6" t="s">
         <v>17</v>
       </c>
       <c r="S39" s="6" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="T39" s="6" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="U39" s="6" t="s">
         <v>18</v>
       </c>
       <c r="V39" s="6" t="s">
         <v>19</v>
       </c>
       <c r="W39" s="6" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="X39" s="6" t="s">
         <v>20</v>
       </c>
       <c r="Y39" s="6" t="s">
         <v>21</v>
       </c>
       <c r="Z39" s="6" t="s">
         <v>22</v>
       </c>
       <c r="AA39" s="6" t="s">
         <v>82</v>
       </c>
       <c r="AB39" s="6" t="s">
         <v>24</v>
       </c>
       <c r="AC39" s="6" t="s">
         <v>26</v>
       </c>
       <c r="AD39" s="6" t="s">
         <v>27</v>
       </c>
       <c r="AE39" s="6" t="s">
         <v>28</v>
       </c>
@@ -3731,114 +3734,114 @@
       </c>
       <c r="Z41" s="4">
         <v>120</v>
       </c>
       <c r="AA41" s="4">
         <v>120</v>
       </c>
       <c r="AB41" s="4">
         <v>120</v>
       </c>
       <c r="AC41" s="4">
         <v>120</v>
       </c>
       <c r="AD41" s="4">
         <v>120</v>
       </c>
       <c r="AE41" s="4">
         <v>120</v>
       </c>
       <c r="AF41" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="43" spans="1:32">
       <c r="A43" s="2" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="B43" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C43" s="6" t="s">
         <v>3</v>
       </c>
       <c r="D43" s="6" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="E43" s="6" t="s">
         <v>4</v>
       </c>
       <c r="F43" s="6" t="s">
         <v>5</v>
       </c>
       <c r="G43" s="6" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="H43" s="6" t="s">
         <v>6</v>
       </c>
       <c r="I43" s="6" t="s">
         <v>7</v>
       </c>
       <c r="J43" s="6" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="K43" s="6" t="s">
         <v>8</v>
       </c>
       <c r="L43" s="6" t="s">
         <v>9</v>
       </c>
       <c r="M43" s="6" t="s">
         <v>10</v>
       </c>
       <c r="N43" s="6" t="s">
         <v>11</v>
       </c>
       <c r="O43" s="6" t="s">
         <v>12</v>
       </c>
       <c r="P43" s="6" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="Q43" s="6" t="s">
         <v>15</v>
       </c>
       <c r="R43" s="6" t="s">
         <v>16</v>
       </c>
       <c r="S43" s="6" t="s">
         <v>17</v>
       </c>
       <c r="T43" s="6" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="U43" s="6" t="s">
         <v>18</v>
       </c>
       <c r="V43" s="6" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="W43" s="6" t="s">
         <v>22</v>
       </c>
       <c r="X43" s="6" t="s">
         <v>82</v>
       </c>
       <c r="Y43" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Z43" s="6" t="s">
         <v>24</v>
       </c>
       <c r="AA43" s="6" t="s">
         <v>25</v>
       </c>
       <c r="AB43" s="6" t="s">
         <v>26</v>
       </c>
       <c r="AC43" s="6" t="s">
         <v>28</v>
       </c>
       <c r="AD43" s="6" t="s">
         <v>29</v>
       </c>
@@ -4019,243 +4022,252 @@
       </c>
       <c r="Z45" s="4">
         <v>120</v>
       </c>
       <c r="AA45" s="4">
         <v>120</v>
       </c>
       <c r="AB45" s="4">
         <v>120</v>
       </c>
       <c r="AC45" s="4">
         <v>120</v>
       </c>
       <c r="AD45" s="4">
         <v>120</v>
       </c>
       <c r="AE45" s="4">
         <v>120</v>
       </c>
       <c r="AF45" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="47" spans="1:32">
       <c r="A47" s="2" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="B47" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C47" s="6" t="s">
         <v>36</v>
       </c>
       <c r="D47" s="6" t="s">
         <v>37</v>
       </c>
       <c r="E47" s="6" t="s">
-        <v>99</v>
+        <v>38</v>
       </c>
       <c r="F47" s="6" t="s">
-        <v>38</v>
+        <v>100</v>
       </c>
       <c r="G47" s="6" t="s">
-        <v>117</v>
+        <v>39</v>
       </c>
       <c r="H47" s="6" t="s">
         <v>118</v>
       </c>
       <c r="I47" s="6" t="s">
-        <v>103</v>
+        <v>119</v>
       </c>
       <c r="J47" s="6" t="s">
-        <v>119</v>
+        <v>104</v>
       </c>
       <c r="K47" s="6" t="s">
-        <v>41</v>
+        <v>120</v>
       </c>
       <c r="L47" s="6" t="s">
-        <v>120</v>
+        <v>42</v>
       </c>
       <c r="M47" s="6" t="s">
         <v>121</v>
       </c>
       <c r="N47" s="6" t="s">
-        <v>47</v>
+        <v>122</v>
       </c>
       <c r="O47" s="6" t="s">
-        <v>122</v>
+        <v>48</v>
       </c>
       <c r="P47" s="6" t="s">
         <v>123</v>
       </c>
       <c r="Q47" s="6" t="s">
         <v>124</v>
       </c>
       <c r="R47" s="6" t="s">
         <v>125</v>
       </c>
       <c r="S47" s="6" t="s">
-        <v>105</v>
+        <v>126</v>
       </c>
       <c r="T47" s="6" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="U47" s="6" t="s">
-        <v>126</v>
+        <v>106</v>
       </c>
       <c r="V47" s="6" t="s">
         <v>127</v>
+      </c>
+      <c r="W47" s="6" t="s">
+        <v>128</v>
       </c>
     </row>
     <row r="48" spans="1:32">
       <c r="B48" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C48" s="7">
+        <v>435</v>
+      </c>
+      <c r="D48" s="7">
         <v>442</v>
       </c>
-      <c r="D48" s="7">
+      <c r="E48" s="7">
         <v>440</v>
       </c>
-      <c r="E48" s="7">
+      <c r="F48" s="7">
         <v>449</v>
       </c>
-      <c r="F48" s="7">
+      <c r="G48" s="7">
         <v>477</v>
       </c>
-      <c r="G48" s="7">
+      <c r="H48" s="7">
         <v>433</v>
       </c>
-      <c r="H48" s="7">
+      <c r="I48" s="7">
         <v>479</v>
       </c>
-      <c r="I48" s="4">
+      <c r="J48" s="4">
         <v>584</v>
       </c>
-      <c r="J48" s="7">
+      <c r="K48" s="7">
         <v>440</v>
       </c>
-      <c r="K48" s="7">
+      <c r="L48" s="7">
         <v>477</v>
       </c>
-      <c r="L48" s="7">
+      <c r="M48" s="7">
         <v>449</v>
       </c>
-      <c r="M48" s="7">
+      <c r="N48" s="7">
         <v>462</v>
       </c>
-      <c r="N48" s="7">
+      <c r="O48" s="7">
         <v>441</v>
       </c>
-      <c r="O48" s="7">
+      <c r="P48" s="7">
         <v>452</v>
       </c>
-      <c r="P48" s="7">
+      <c r="Q48" s="7">
         <v>465</v>
       </c>
-      <c r="Q48" s="7">
+      <c r="R48" s="7">
         <v>431</v>
       </c>
-      <c r="R48" s="7">
+      <c r="S48" s="7">
         <v>432</v>
       </c>
-      <c r="S48" s="7">
+      <c r="T48" s="7">
         <v>434</v>
       </c>
-      <c r="T48" s="4">
+      <c r="U48" s="4">
         <v>521</v>
       </c>
-      <c r="U48" s="7">
+      <c r="V48" s="7">
         <v>474</v>
       </c>
-      <c r="V48" s="7">
+      <c r="W48" s="7">
         <v>403</v>
       </c>
     </row>
     <row r="49" spans="1:32">
       <c r="B49" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C49" s="6">
         <v>100</v>
       </c>
       <c r="D49" s="6">
         <v>100</v>
       </c>
       <c r="E49" s="6">
         <v>100</v>
       </c>
       <c r="F49" s="6">
         <v>100</v>
       </c>
       <c r="G49" s="6">
         <v>100</v>
       </c>
       <c r="H49" s="6">
         <v>100</v>
       </c>
-      <c r="I49" s="4">
-[...3 lines deleted...]
-        <v>100</v>
+      <c r="I49" s="6">
+        <v>100</v>
+      </c>
+      <c r="J49" s="4">
+        <v>120</v>
       </c>
       <c r="K49" s="6">
         <v>100</v>
       </c>
       <c r="L49" s="6">
         <v>100</v>
       </c>
       <c r="M49" s="6">
         <v>100</v>
       </c>
       <c r="N49" s="6">
         <v>100</v>
       </c>
       <c r="O49" s="6">
         <v>100</v>
       </c>
       <c r="P49" s="6">
         <v>100</v>
       </c>
       <c r="Q49" s="6">
         <v>100</v>
       </c>
       <c r="R49" s="6">
         <v>100</v>
       </c>
       <c r="S49" s="6">
         <v>100</v>
       </c>
-      <c r="T49" s="4">
-[...3 lines deleted...]
-        <v>100</v>
+      <c r="T49" s="6">
+        <v>100</v>
+      </c>
+      <c r="U49" s="4">
+        <v>120</v>
       </c>
       <c r="V49" s="6">
+        <v>100</v>
+      </c>
+      <c r="W49" s="6">
         <v>100</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.787401575" bottom="0.787401575" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="portrait" scale="100" fitToHeight="2" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>