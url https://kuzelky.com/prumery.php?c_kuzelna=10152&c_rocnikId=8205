--- v0 (2025-12-07)
+++ v1 (2025-12-14)
@@ -278,50 +278,53 @@
   <si>
     <t>4.3.2023</t>
   </si>
   <si>
     <t>18.2.2023</t>
   </si>
   <si>
     <t>4.2.2023</t>
   </si>
   <si>
     <t>3.12.2022</t>
   </si>
   <si>
     <t>Jaroslav Pýcha</t>
   </si>
   <si>
     <t>7.12.2024</t>
   </si>
   <si>
     <t>Pavlína Gerešová</t>
   </si>
   <si>
     <t>Michal Truksa</t>
   </si>
   <si>
+    <t>10.12.2025</t>
+  </si>
+  <si>
     <t>16.4.2025</t>
   </si>
   <si>
     <t>19.3.2025</t>
   </si>
   <si>
     <t>12.2.2025</t>
   </si>
   <si>
     <t>29.1.2025</t>
   </si>
   <si>
     <t>27.11.2024</t>
   </si>
   <si>
     <t>21.11.2024</t>
   </si>
   <si>
     <t>13.11.2024</t>
   </si>
   <si>
     <t>30.10.2024</t>
   </si>
   <si>
     <t>23.10.2024</t>
@@ -339,53 +342,50 @@
     <t>28.2.2024</t>
   </si>
   <si>
     <t>14.2.2024</t>
   </si>
   <si>
     <t>10.1.2024</t>
   </si>
   <si>
     <t>22.11.2023</t>
   </si>
   <si>
     <t>16.11.2023</t>
   </si>
   <si>
     <t>1.11.2023</t>
   </si>
   <si>
     <t>18.10.2023</t>
   </si>
   <si>
     <t>4.10.2023</t>
   </si>
   <si>
     <t>20.9.2023</t>
-  </si>
-[...1 lines deleted...]
-    <t>11.9.2023</t>
   </si>
   <si>
     <t>Tomáš Pokorný</t>
   </si>
   <si>
     <t>Tomáš Herman</t>
   </si>
   <si>
     <t>26.11.2025</t>
   </si>
   <si>
     <t>12.11.2025</t>
   </si>
   <si>
     <t>6.11.2025</t>
   </si>
   <si>
     <t>8.10.2025</t>
   </si>
   <si>
     <t>2.4.2025</t>
   </si>
   <si>
     <t>9.10.2024</t>
   </si>
@@ -3032,227 +3032,227 @@
       </c>
       <c r="Q33" s="6">
         <v>100</v>
       </c>
       <c r="R33" s="6">
         <v>100</v>
       </c>
       <c r="S33" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="35" spans="1:32">
       <c r="A35" s="2" t="s">
         <v>87</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C35" s="6" t="s">
         <v>88</v>
       </c>
       <c r="D35" s="6" t="s">
         <v>89</v>
       </c>
       <c r="E35" s="6" t="s">
+        <v>90</v>
+      </c>
+      <c r="F35" s="6" t="s">
         <v>52</v>
       </c>
-      <c r="F35" s="6" t="s">
+      <c r="G35" s="6" t="s">
         <v>53</v>
-      </c>
-[...1 lines deleted...]
-        <v>90</v>
       </c>
       <c r="H35" s="6" t="s">
         <v>91</v>
       </c>
       <c r="I35" s="6" t="s">
+        <v>92</v>
+      </c>
+      <c r="J35" s="6" t="s">
         <v>13</v>
-      </c>
-[...1 lines deleted...]
-        <v>92</v>
       </c>
       <c r="K35" s="6" t="s">
         <v>93</v>
       </c>
       <c r="L35" s="6" t="s">
         <v>94</v>
       </c>
       <c r="M35" s="6" t="s">
         <v>95</v>
       </c>
       <c r="N35" s="6" t="s">
         <v>96</v>
       </c>
       <c r="O35" s="6" t="s">
         <v>97</v>
       </c>
       <c r="P35" s="6" t="s">
+        <v>98</v>
+      </c>
+      <c r="Q35" s="6" t="s">
         <v>19</v>
-      </c>
-[...1 lines deleted...]
-        <v>98</v>
       </c>
       <c r="R35" s="6" t="s">
         <v>99</v>
       </c>
       <c r="S35" s="6" t="s">
         <v>100</v>
       </c>
       <c r="T35" s="6" t="s">
         <v>101</v>
       </c>
       <c r="U35" s="6" t="s">
+        <v>102</v>
+      </c>
+      <c r="V35" s="6" t="s">
         <v>26</v>
       </c>
-      <c r="V35" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="W35" s="6" t="s">
+        <v>103</v>
+      </c>
+      <c r="X35" s="6" t="s">
         <v>28</v>
-      </c>
-[...1 lines deleted...]
-        <v>103</v>
       </c>
       <c r="Y35" s="6" t="s">
         <v>104</v>
       </c>
       <c r="Z35" s="6" t="s">
         <v>105</v>
       </c>
       <c r="AA35" s="6" t="s">
         <v>106</v>
       </c>
       <c r="AB35" s="6" t="s">
         <v>107</v>
       </c>
       <c r="AC35" s="6" t="s">
-        <v>39</v>
+        <v>108</v>
       </c>
       <c r="AD35" s="6" t="s">
         <v>39</v>
       </c>
       <c r="AE35" s="6" t="s">
-        <v>108</v>
+        <v>39</v>
       </c>
       <c r="AF35" s="6" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="36" spans="1:32">
       <c r="B36" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C36" s="4">
+        <v>391</v>
+      </c>
+      <c r="D36" s="4">
         <v>415</v>
       </c>
-      <c r="D36" s="4">
+      <c r="E36" s="4">
         <v>437</v>
       </c>
-      <c r="E36" s="4">
+      <c r="F36" s="4">
         <v>374</v>
       </c>
-      <c r="F36" s="4">
+      <c r="G36" s="4">
         <v>398</v>
       </c>
-      <c r="G36" s="4">
+      <c r="H36" s="4">
         <v>396</v>
       </c>
-      <c r="H36" s="4">
+      <c r="I36" s="4">
         <v>391</v>
       </c>
-      <c r="I36" s="4">
+      <c r="J36" s="4">
         <v>368</v>
       </c>
-      <c r="J36" s="4">
+      <c r="K36" s="4">
         <v>422</v>
-      </c>
-[...1 lines deleted...]
-        <v>372</v>
       </c>
       <c r="L36" s="4">
         <v>372</v>
       </c>
       <c r="M36" s="4">
+        <v>372</v>
+      </c>
+      <c r="N36" s="4">
         <v>429</v>
       </c>
-      <c r="N36" s="4">
+      <c r="O36" s="4">
         <v>403</v>
       </c>
-      <c r="O36" s="4">
+      <c r="P36" s="4">
         <v>379</v>
       </c>
-      <c r="P36" s="4">
+      <c r="Q36" s="4">
         <v>428</v>
       </c>
-      <c r="Q36" s="4">
+      <c r="R36" s="4">
         <v>427</v>
       </c>
-      <c r="R36" s="4">
+      <c r="S36" s="4">
         <v>384</v>
       </c>
-      <c r="S36" s="4">
+      <c r="T36" s="4">
         <v>410</v>
       </c>
-      <c r="T36" s="4">
+      <c r="U36" s="4">
         <v>369</v>
       </c>
-      <c r="U36" s="4">
+      <c r="V36" s="4">
         <v>377</v>
       </c>
-      <c r="V36" s="4">
+      <c r="W36" s="4">
         <v>427</v>
       </c>
-      <c r="W36" s="4">
+      <c r="X36" s="4">
         <v>374</v>
       </c>
-      <c r="X36" s="4">
+      <c r="Y36" s="4">
         <v>368</v>
       </c>
-      <c r="Y36" s="4">
+      <c r="Z36" s="4">
         <v>432</v>
       </c>
-      <c r="Z36" s="4">
+      <c r="AA36" s="4">
         <v>387</v>
       </c>
-      <c r="AA36" s="4">
+      <c r="AB36" s="4">
         <v>371</v>
       </c>
-      <c r="AB36" s="4">
+      <c r="AC36" s="4">
         <v>405</v>
       </c>
-      <c r="AC36" s="4">
+      <c r="AD36" s="4">
         <v>370</v>
       </c>
-      <c r="AD36" s="4">
+      <c r="AE36" s="4">
         <v>400</v>
       </c>
-      <c r="AE36" s="4">
+      <c r="AF36" s="4">
         <v>398</v>
-      </c>
-[...1 lines deleted...]
-        <v>391</v>
       </c>
     </row>
     <row r="37" spans="1:32">
       <c r="B37" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C37" s="6">
         <v>100</v>
       </c>
       <c r="D37" s="6">
         <v>100</v>
       </c>
       <c r="E37" s="6">
         <v>100</v>
       </c>
       <c r="F37" s="6">
         <v>100</v>
       </c>
       <c r="G37" s="6">
         <v>100</v>
       </c>
       <c r="H37" s="6">
         <v>100</v>
       </c>
       <c r="I37" s="6">
@@ -3602,233 +3602,233 @@
       </c>
       <c r="AB41" s="6">
         <v>100</v>
       </c>
       <c r="AC41" s="6">
         <v>100</v>
       </c>
       <c r="AD41" s="6">
         <v>100</v>
       </c>
       <c r="AE41" s="6">
         <v>100</v>
       </c>
       <c r="AF41" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="43" spans="1:32">
       <c r="A43" s="2" t="s">
         <v>111</v>
       </c>
       <c r="B43" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C43" s="6" t="s">
+        <v>88</v>
+      </c>
+      <c r="D43" s="6" t="s">
         <v>112</v>
       </c>
-      <c r="D43" s="6" t="s">
+      <c r="E43" s="6" t="s">
         <v>113</v>
       </c>
-      <c r="E43" s="6" t="s">
+      <c r="F43" s="6" t="s">
         <v>114</v>
       </c>
-      <c r="F43" s="6" t="s">
+      <c r="G43" s="6" t="s">
         <v>115</v>
       </c>
-      <c r="G43" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H43" s="6" t="s">
+        <v>89</v>
+      </c>
+      <c r="I43" s="6" t="s">
         <v>116</v>
       </c>
-      <c r="I43" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J43" s="6" t="s">
+        <v>90</v>
+      </c>
+      <c r="K43" s="6" t="s">
         <v>52</v>
       </c>
-      <c r="K43" s="6" t="s">
+      <c r="L43" s="6" t="s">
         <v>13</v>
-      </c>
-[...1 lines deleted...]
-        <v>92</v>
       </c>
       <c r="M43" s="6" t="s">
         <v>93</v>
       </c>
       <c r="N43" s="6" t="s">
         <v>94</v>
       </c>
       <c r="O43" s="6" t="s">
         <v>95</v>
       </c>
       <c r="P43" s="6" t="s">
         <v>96</v>
       </c>
       <c r="Q43" s="6" t="s">
+        <v>97</v>
+      </c>
+      <c r="R43" s="6" t="s">
         <v>117</v>
       </c>
-      <c r="R43" s="6" t="s">
+      <c r="S43" s="6" t="s">
         <v>17</v>
       </c>
-      <c r="S43" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="T43" s="6" t="s">
+        <v>98</v>
+      </c>
+      <c r="U43" s="6" t="s">
         <v>19</v>
       </c>
-      <c r="U43" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="V43" s="6" t="s">
+        <v>99</v>
+      </c>
+      <c r="W43" s="6" t="s">
         <v>118</v>
       </c>
-      <c r="W43" s="6" t="s">
+      <c r="X43" s="6" t="s">
         <v>22</v>
-      </c>
-[...1 lines deleted...]
-        <v>99</v>
       </c>
       <c r="Y43" s="6" t="s">
         <v>100</v>
       </c>
       <c r="Z43" s="6" t="s">
         <v>101</v>
       </c>
       <c r="AA43" s="6" t="s">
+        <v>102</v>
+      </c>
+      <c r="AB43" s="6" t="s">
         <v>26</v>
       </c>
-      <c r="AB43" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AC43" s="6" t="s">
+        <v>103</v>
+      </c>
+      <c r="AD43" s="6" t="s">
         <v>119</v>
-      </c>
-[...1 lines deleted...]
-        <v>104</v>
       </c>
       <c r="AE43" s="6" t="s">
         <v>105</v>
       </c>
       <c r="AF43" s="6" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="44" spans="1:32">
       <c r="B44" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C44" s="4">
+        <v>443</v>
+      </c>
+      <c r="D44" s="4">
         <v>398</v>
       </c>
-      <c r="D44" s="4">
+      <c r="E44" s="4">
         <v>413</v>
       </c>
-      <c r="E44" s="4">
+      <c r="F44" s="4">
         <v>407</v>
       </c>
-      <c r="F44" s="4">
+      <c r="G44" s="4">
         <v>445</v>
       </c>
-      <c r="G44" s="4">
+      <c r="H44" s="4">
         <v>442</v>
       </c>
-      <c r="H44" s="4">
+      <c r="I44" s="4">
         <v>440</v>
       </c>
-      <c r="I44" s="4">
+      <c r="J44" s="4">
         <v>434</v>
       </c>
-      <c r="J44" s="4">
+      <c r="K44" s="4">
         <v>450</v>
       </c>
-      <c r="K44" s="4">
+      <c r="L44" s="4">
         <v>392</v>
       </c>
-      <c r="L44" s="4">
+      <c r="M44" s="4">
         <v>395</v>
       </c>
-      <c r="M44" s="4">
+      <c r="N44" s="4">
         <v>416</v>
       </c>
-      <c r="N44" s="4">
+      <c r="O44" s="4">
         <v>403</v>
       </c>
-      <c r="O44" s="4">
+      <c r="P44" s="4">
         <v>425</v>
       </c>
-      <c r="P44" s="4">
+      <c r="Q44" s="4">
         <v>419</v>
       </c>
-      <c r="Q44" s="4">
+      <c r="R44" s="4">
         <v>406</v>
       </c>
-      <c r="R44" s="4">
+      <c r="S44" s="4">
         <v>470</v>
       </c>
-      <c r="S44" s="4">
+      <c r="T44" s="4">
         <v>418</v>
       </c>
-      <c r="T44" s="4">
+      <c r="U44" s="4">
         <v>437</v>
       </c>
-      <c r="U44" s="4">
+      <c r="V44" s="4">
         <v>454</v>
       </c>
-      <c r="V44" s="4">
+      <c r="W44" s="4">
         <v>449</v>
       </c>
-      <c r="W44" s="4">
+      <c r="X44" s="4">
         <v>483</v>
       </c>
-      <c r="X44" s="4">
+      <c r="Y44" s="4">
         <v>472</v>
       </c>
-      <c r="Y44" s="4">
+      <c r="Z44" s="4">
         <v>475</v>
       </c>
-      <c r="Z44" s="4">
+      <c r="AA44" s="4">
         <v>419</v>
       </c>
-      <c r="AA44" s="4">
+      <c r="AB44" s="4">
         <v>418</v>
       </c>
-      <c r="AB44" s="4">
+      <c r="AC44" s="4">
         <v>482</v>
       </c>
-      <c r="AC44" s="4">
+      <c r="AD44" s="4">
         <v>422</v>
       </c>
-      <c r="AD44" s="4">
+      <c r="AE44" s="4">
         <v>445</v>
       </c>
-      <c r="AE44" s="4">
+      <c r="AF44" s="4">
         <v>392</v>
-      </c>
-[...1 lines deleted...]
-        <v>452</v>
       </c>
     </row>
     <row r="45" spans="1:32">
       <c r="B45" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C45" s="6">
         <v>100</v>
       </c>
       <c r="D45" s="6">
         <v>100</v>
       </c>
       <c r="E45" s="6">
         <v>100</v>
       </c>
       <c r="F45" s="6">
         <v>100</v>
       </c>
       <c r="G45" s="6">
         <v>100</v>
       </c>
       <c r="H45" s="6">
         <v>100</v>
       </c>
       <c r="I45" s="6">
@@ -3905,108 +3905,108 @@
       </c>
     </row>
     <row r="47" spans="1:32">
       <c r="A47" s="2" t="s">
         <v>120</v>
       </c>
       <c r="B47" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C47" s="6" t="s">
         <v>112</v>
       </c>
       <c r="D47" s="6" t="s">
         <v>113</v>
       </c>
       <c r="E47" s="6" t="s">
         <v>114</v>
       </c>
       <c r="F47" s="6" t="s">
         <v>115</v>
       </c>
       <c r="G47" s="6" t="s">
         <v>121</v>
       </c>
       <c r="H47" s="6" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="I47" s="6" t="s">
         <v>116</v>
       </c>
       <c r="J47" s="6" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="K47" s="6" t="s">
         <v>52</v>
       </c>
       <c r="L47" s="6" t="s">
         <v>53</v>
       </c>
       <c r="M47" s="6" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="N47" s="6" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="O47" s="6" t="s">
         <v>13</v>
       </c>
       <c r="P47" s="6" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="Q47" s="6" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="R47" s="6" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="S47" s="6" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="T47" s="6" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="U47" s="6" t="s">
         <v>15</v>
       </c>
       <c r="V47" s="6" t="s">
         <v>117</v>
       </c>
       <c r="W47" s="6" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="X47" s="6" t="s">
         <v>19</v>
       </c>
       <c r="Y47" s="6" t="s">
         <v>20</v>
       </c>
       <c r="Z47" s="6" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="AA47" s="6" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
     </row>
     <row r="48" spans="1:32">
       <c r="B48" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C48" s="4">
         <v>411</v>
       </c>
       <c r="D48" s="4">
         <v>412</v>
       </c>
       <c r="E48" s="4">
         <v>384</v>
       </c>
       <c r="F48" s="4">
         <v>406</v>
       </c>
       <c r="G48" s="4">
         <v>400</v>
       </c>
       <c r="H48" s="4">
         <v>409</v>
       </c>
       <c r="I48" s="4">