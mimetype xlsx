--- v0 (2025-12-07)
+++ v1 (2025-12-14)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="84">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="85">
   <si>
     <t>Výsledky hráčů družstva SK Meteor C na kuželně SK Žižkov Praha</t>
   </si>
   <si>
     <t>Josef Tesař</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
     <t>5.3.2025</t>
   </si>
   <si>
     <t>13.2.2025</t>
   </si>
   <si>
     <t>7.2.2024</t>
   </si>
   <si>
     <t>30.11.2023</t>
   </si>
   <si>
     <t>22.11.2023</t>
   </si>
   <si>
@@ -183,50 +183,53 @@
     <t>21.1.2022</t>
   </si>
   <si>
     <t>13.1.2022</t>
   </si>
   <si>
     <t>20.10.2021</t>
   </si>
   <si>
     <t>7.10.2019</t>
   </si>
   <si>
     <t>12.9.2019</t>
   </si>
   <si>
     <t>25.2.2019</t>
   </si>
   <si>
     <t>7.1.2019</t>
   </si>
   <si>
     <t>26.3.2018</t>
   </si>
   <si>
     <t>Zdeněk Míka</t>
+  </si>
+  <si>
+    <t>10.12.2025</t>
   </si>
   <si>
     <t>27.3.2025</t>
   </si>
   <si>
     <t>10.3.2025</t>
   </si>
   <si>
     <t>17.2.2025</t>
   </si>
   <si>
     <t>4.12.2024</t>
   </si>
   <si>
     <t>4.4.2024</t>
   </si>
   <si>
     <t>16.1.2023</t>
   </si>
   <si>
     <t>31.1.2022</t>
   </si>
   <si>
     <t>27.1.2020</t>
   </si>
@@ -688,68 +691,68 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:W53"/>
+  <dimension ref="A1:X53"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="L53" sqref="L53"/>
+      <selection activeCell="M53" sqref="M53"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="9.5703125" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="26.28515625" customWidth="true" style="2"/>
     <col min="2" max="2" width="11.140625" customWidth="true" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:23" customHeight="1" ht="21">
+    <row r="1" spans="1:24" customHeight="1" ht="21">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="3" spans="1:23">
+    <row r="3" spans="1:24">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C3" s="6" t="s">
         <v>3</v>
       </c>
       <c r="D3" s="6" t="s">
         <v>4</v>
       </c>
       <c r="E3" s="6" t="s">
         <v>5</v>
       </c>
       <c r="F3" s="6" t="s">
         <v>6</v>
       </c>
       <c r="G3" s="6" t="s">
         <v>7</v>
       </c>
       <c r="H3" s="6" t="s">
         <v>8</v>
       </c>
       <c r="I3" s="6" t="s">
@@ -773,51 +776,51 @@
       <c r="O3" s="6" t="s">
         <v>15</v>
       </c>
       <c r="P3" s="6" t="s">
         <v>16</v>
       </c>
       <c r="Q3" s="6" t="s">
         <v>17</v>
       </c>
       <c r="R3" s="6" t="s">
         <v>18</v>
       </c>
       <c r="S3" s="6" t="s">
         <v>19</v>
       </c>
       <c r="T3" s="6" t="s">
         <v>20</v>
       </c>
       <c r="U3" s="6" t="s">
         <v>21</v>
       </c>
       <c r="V3" s="6" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="4" spans="1:23">
+    <row r="4" spans="1:24">
       <c r="B4" s="5" t="s">
         <v>23</v>
       </c>
       <c r="C4" s="4">
         <v>347</v>
       </c>
       <c r="D4" s="4">
         <v>384</v>
       </c>
       <c r="E4" s="4">
         <v>368</v>
       </c>
       <c r="F4" s="4">
         <v>388</v>
       </c>
       <c r="G4" s="4">
         <v>356</v>
       </c>
       <c r="H4" s="4">
         <v>377</v>
       </c>
       <c r="I4" s="4">
         <v>359</v>
       </c>
       <c r="J4" s="4">
@@ -838,51 +841,51 @@
       <c r="O4" s="4">
         <v>442</v>
       </c>
       <c r="P4" s="4">
         <v>462</v>
       </c>
       <c r="Q4" s="4">
         <v>422</v>
       </c>
       <c r="R4" s="4">
         <v>338</v>
       </c>
       <c r="S4" s="4">
         <v>409</v>
       </c>
       <c r="T4" s="4">
         <v>402</v>
       </c>
       <c r="U4" s="4">
         <v>400</v>
       </c>
       <c r="V4" s="4">
         <v>375</v>
       </c>
     </row>
-    <row r="5" spans="1:23">
+    <row r="5" spans="1:24">
       <c r="B5" s="5" t="s">
         <v>24</v>
       </c>
       <c r="C5" s="6">
         <v>100</v>
       </c>
       <c r="D5" s="6">
         <v>100</v>
       </c>
       <c r="E5" s="6">
         <v>100</v>
       </c>
       <c r="F5" s="6">
         <v>100</v>
       </c>
       <c r="G5" s="6">
         <v>100</v>
       </c>
       <c r="H5" s="6">
         <v>100</v>
       </c>
       <c r="I5" s="6">
         <v>100</v>
       </c>
       <c r="J5" s="6">
@@ -903,51 +906,51 @@
       <c r="O5" s="6">
         <v>100</v>
       </c>
       <c r="P5" s="6">
         <v>100</v>
       </c>
       <c r="Q5" s="6">
         <v>100</v>
       </c>
       <c r="R5" s="6">
         <v>100</v>
       </c>
       <c r="S5" s="6">
         <v>100</v>
       </c>
       <c r="T5" s="6">
         <v>100</v>
       </c>
       <c r="U5" s="6">
         <v>100</v>
       </c>
       <c r="V5" s="6">
         <v>100</v>
       </c>
     </row>
-    <row r="7" spans="1:23">
+    <row r="7" spans="1:24">
       <c r="A7" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B7" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C7" s="6" t="s">
         <v>26</v>
       </c>
       <c r="D7" s="6" t="s">
         <v>27</v>
       </c>
       <c r="E7" s="6" t="s">
         <v>28</v>
       </c>
       <c r="F7" s="6" t="s">
         <v>4</v>
       </c>
       <c r="G7" s="6" t="s">
         <v>29</v>
       </c>
       <c r="H7" s="6" t="s">
         <v>30</v>
       </c>
       <c r="I7" s="6" t="s">
@@ -965,51 +968,51 @@
       <c r="M7" s="6" t="s">
         <v>35</v>
       </c>
       <c r="N7" s="6" t="s">
         <v>36</v>
       </c>
       <c r="O7" s="6" t="s">
         <v>37</v>
       </c>
       <c r="P7" s="6" t="s">
         <v>38</v>
       </c>
       <c r="Q7" s="6" t="s">
         <v>39</v>
       </c>
       <c r="R7" s="6" t="s">
         <v>40</v>
       </c>
       <c r="S7" s="6" t="s">
         <v>41</v>
       </c>
       <c r="T7" s="6" t="s">
         <v>42</v>
       </c>
     </row>
-    <row r="8" spans="1:23">
+    <row r="8" spans="1:24">
       <c r="B8" s="5" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="4">
         <v>392</v>
       </c>
       <c r="D8" s="4">
         <v>376</v>
       </c>
       <c r="E8" s="4">
         <v>430</v>
       </c>
       <c r="F8" s="4">
         <v>407</v>
       </c>
       <c r="G8" s="4">
         <v>397</v>
       </c>
       <c r="H8" s="4">
         <v>379</v>
       </c>
       <c r="I8" s="4">
         <v>375</v>
       </c>
       <c r="J8" s="4">
@@ -1024,51 +1027,51 @@
       <c r="M8" s="4">
         <v>442</v>
       </c>
       <c r="N8" s="4">
         <v>434</v>
       </c>
       <c r="O8" s="4">
         <v>397</v>
       </c>
       <c r="P8" s="4">
         <v>403</v>
       </c>
       <c r="Q8" s="4">
         <v>442</v>
       </c>
       <c r="R8" s="4">
         <v>416</v>
       </c>
       <c r="S8" s="4">
         <v>434</v>
       </c>
       <c r="T8" s="4">
         <v>426</v>
       </c>
     </row>
-    <row r="9" spans="1:23">
+    <row r="9" spans="1:24">
       <c r="B9" s="5" t="s">
         <v>24</v>
       </c>
       <c r="C9" s="6">
         <v>100</v>
       </c>
       <c r="D9" s="6">
         <v>100</v>
       </c>
       <c r="E9" s="6">
         <v>100</v>
       </c>
       <c r="F9" s="6">
         <v>100</v>
       </c>
       <c r="G9" s="6">
         <v>100</v>
       </c>
       <c r="H9" s="6">
         <v>100</v>
       </c>
       <c r="I9" s="6">
         <v>100</v>
       </c>
       <c r="J9" s="6">
@@ -1083,51 +1086,51 @@
       <c r="M9" s="6">
         <v>100</v>
       </c>
       <c r="N9" s="6">
         <v>100</v>
       </c>
       <c r="O9" s="6">
         <v>100</v>
       </c>
       <c r="P9" s="6">
         <v>100</v>
       </c>
       <c r="Q9" s="6">
         <v>100</v>
       </c>
       <c r="R9" s="6">
         <v>100</v>
       </c>
       <c r="S9" s="6">
         <v>100</v>
       </c>
       <c r="T9" s="6">
         <v>100</v>
       </c>
     </row>
-    <row r="11" spans="1:23">
+    <row r="11" spans="1:24">
       <c r="A11" s="2" t="s">
         <v>43</v>
       </c>
       <c r="B11" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C11" s="6" t="s">
         <v>28</v>
       </c>
       <c r="D11" s="6" t="s">
         <v>3</v>
       </c>
       <c r="E11" s="6" t="s">
         <v>4</v>
       </c>
       <c r="F11" s="6" t="s">
         <v>5</v>
       </c>
       <c r="G11" s="6" t="s">
         <v>6</v>
       </c>
       <c r="H11" s="6" t="s">
         <v>7</v>
       </c>
       <c r="I11" s="6" t="s">
@@ -1151,51 +1154,51 @@
       <c r="O11" s="6" t="s">
         <v>13</v>
       </c>
       <c r="P11" s="6" t="s">
         <v>14</v>
       </c>
       <c r="Q11" s="6" t="s">
         <v>16</v>
       </c>
       <c r="R11" s="6" t="s">
         <v>17</v>
       </c>
       <c r="S11" s="6" t="s">
         <v>18</v>
       </c>
       <c r="T11" s="6" t="s">
         <v>20</v>
       </c>
       <c r="U11" s="6" t="s">
         <v>21</v>
       </c>
       <c r="V11" s="6" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="12" spans="1:23">
+    <row r="12" spans="1:24">
       <c r="B12" s="5" t="s">
         <v>23</v>
       </c>
       <c r="C12" s="4">
         <v>434</v>
       </c>
       <c r="D12" s="4">
         <v>432</v>
       </c>
       <c r="E12" s="4">
         <v>410</v>
       </c>
       <c r="F12" s="4">
         <v>404</v>
       </c>
       <c r="G12" s="4">
         <v>431</v>
       </c>
       <c r="H12" s="4">
         <v>404</v>
       </c>
       <c r="I12" s="4">
         <v>467</v>
       </c>
       <c r="J12" s="4">
@@ -1216,51 +1219,51 @@
       <c r="O12" s="4">
         <v>386</v>
       </c>
       <c r="P12" s="4">
         <v>422</v>
       </c>
       <c r="Q12" s="4">
         <v>425</v>
       </c>
       <c r="R12" s="4">
         <v>418</v>
       </c>
       <c r="S12" s="4">
         <v>383</v>
       </c>
       <c r="T12" s="4">
         <v>421</v>
       </c>
       <c r="U12" s="4">
         <v>415</v>
       </c>
       <c r="V12" s="4">
         <v>418</v>
       </c>
     </row>
-    <row r="13" spans="1:23">
+    <row r="13" spans="1:24">
       <c r="B13" s="5" t="s">
         <v>24</v>
       </c>
       <c r="C13" s="6">
         <v>100</v>
       </c>
       <c r="D13" s="6">
         <v>100</v>
       </c>
       <c r="E13" s="6">
         <v>100</v>
       </c>
       <c r="F13" s="6">
         <v>100</v>
       </c>
       <c r="G13" s="6">
         <v>100</v>
       </c>
       <c r="H13" s="6">
         <v>100</v>
       </c>
       <c r="I13" s="6">
         <v>100</v>
       </c>
       <c r="J13" s="6">
@@ -1281,51 +1284,51 @@
       <c r="O13" s="6">
         <v>100</v>
       </c>
       <c r="P13" s="6">
         <v>100</v>
       </c>
       <c r="Q13" s="6">
         <v>100</v>
       </c>
       <c r="R13" s="6">
         <v>100</v>
       </c>
       <c r="S13" s="6">
         <v>100</v>
       </c>
       <c r="T13" s="6">
         <v>100</v>
       </c>
       <c r="U13" s="6">
         <v>100</v>
       </c>
       <c r="V13" s="6">
         <v>100</v>
       </c>
     </row>
-    <row r="15" spans="1:23">
+    <row r="15" spans="1:24">
       <c r="A15" s="2" t="s">
         <v>45</v>
       </c>
       <c r="B15" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C15" s="6" t="s">
         <v>28</v>
       </c>
       <c r="D15" s="6" t="s">
         <v>4</v>
       </c>
       <c r="E15" s="6" t="s">
         <v>5</v>
       </c>
       <c r="F15" s="6" t="s">
         <v>44</v>
       </c>
       <c r="G15" s="6" t="s">
         <v>8</v>
       </c>
       <c r="H15" s="6" t="s">
         <v>9</v>
       </c>
       <c r="I15" s="6" t="s">
@@ -1343,51 +1346,51 @@
       <c r="M15" s="6" t="s">
         <v>49</v>
       </c>
       <c r="N15" s="6" t="s">
         <v>50</v>
       </c>
       <c r="O15" s="6" t="s">
         <v>51</v>
       </c>
       <c r="P15" s="6" t="s">
         <v>52</v>
       </c>
       <c r="Q15" s="6" t="s">
         <v>17</v>
       </c>
       <c r="R15" s="6" t="s">
         <v>53</v>
       </c>
       <c r="S15" s="6" t="s">
         <v>54</v>
       </c>
       <c r="T15" s="6" t="s">
         <v>55</v>
       </c>
     </row>
-    <row r="16" spans="1:23">
+    <row r="16" spans="1:24">
       <c r="B16" s="5" t="s">
         <v>23</v>
       </c>
       <c r="C16" s="4">
         <v>386</v>
       </c>
       <c r="D16" s="4">
         <v>412</v>
       </c>
       <c r="E16" s="4">
         <v>344</v>
       </c>
       <c r="F16" s="4">
         <v>373</v>
       </c>
       <c r="G16" s="4">
         <v>349</v>
       </c>
       <c r="H16" s="4">
         <v>362</v>
       </c>
       <c r="I16" s="4">
         <v>385</v>
       </c>
       <c r="J16" s="4">
@@ -1402,51 +1405,51 @@
       <c r="M16" s="4">
         <v>368</v>
       </c>
       <c r="N16" s="4">
         <v>435</v>
       </c>
       <c r="O16" s="4">
         <v>444</v>
       </c>
       <c r="P16" s="4">
         <v>375</v>
       </c>
       <c r="Q16" s="4">
         <v>398</v>
       </c>
       <c r="R16" s="4">
         <v>398</v>
       </c>
       <c r="S16" s="4">
         <v>396</v>
       </c>
       <c r="T16" s="4">
         <v>434</v>
       </c>
     </row>
-    <row r="17" spans="1:23">
+    <row r="17" spans="1:24">
       <c r="B17" s="5" t="s">
         <v>24</v>
       </c>
       <c r="C17" s="6">
         <v>100</v>
       </c>
       <c r="D17" s="6">
         <v>100</v>
       </c>
       <c r="E17" s="6">
         <v>100</v>
       </c>
       <c r="F17" s="6">
         <v>100</v>
       </c>
       <c r="G17" s="6">
         <v>100</v>
       </c>
       <c r="H17" s="6">
         <v>100</v>
       </c>
       <c r="I17" s="6">
         <v>100</v>
       </c>
       <c r="J17" s="6">
@@ -1461,190 +1464,196 @@
       <c r="M17" s="6">
         <v>100</v>
       </c>
       <c r="N17" s="6">
         <v>100</v>
       </c>
       <c r="O17" s="6">
         <v>100</v>
       </c>
       <c r="P17" s="6">
         <v>100</v>
       </c>
       <c r="Q17" s="6">
         <v>100</v>
       </c>
       <c r="R17" s="6">
         <v>100</v>
       </c>
       <c r="S17" s="6">
         <v>100</v>
       </c>
       <c r="T17" s="6">
         <v>100</v>
       </c>
     </row>
-    <row r="19" spans="1:23">
+    <row r="19" spans="1:24">
       <c r="A19" s="2" t="s">
         <v>56</v>
       </c>
       <c r="B19" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C19" s="6" t="s">
+        <v>57</v>
+      </c>
+      <c r="D19" s="6" t="s">
         <v>28</v>
-      </c>
-[...1 lines deleted...]
-        <v>57</v>
       </c>
       <c r="E19" s="6" t="s">
         <v>58</v>
       </c>
       <c r="F19" s="6" t="s">
         <v>59</v>
       </c>
       <c r="G19" s="6" t="s">
         <v>60</v>
       </c>
       <c r="H19" s="6" t="s">
         <v>61</v>
       </c>
       <c r="I19" s="6" t="s">
+        <v>62</v>
+      </c>
+      <c r="J19" s="6" t="s">
         <v>6</v>
       </c>
-      <c r="J19" s="6" t="s">
+      <c r="K19" s="6" t="s">
         <v>7</v>
       </c>
-      <c r="K19" s="6" t="s">
+      <c r="L19" s="6" t="s">
         <v>44</v>
       </c>
-      <c r="L19" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M19" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="N19" s="6" t="s">
         <v>46</v>
       </c>
-      <c r="N19" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O19" s="6" t="s">
+        <v>64</v>
+      </c>
+      <c r="P19" s="6" t="s">
         <v>49</v>
       </c>
-      <c r="P19" s="6" t="s">
+      <c r="Q19" s="6" t="s">
         <v>50</v>
       </c>
-      <c r="Q19" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="R19" s="6" t="s">
+        <v>65</v>
+      </c>
+      <c r="S19" s="6" t="s">
         <v>41</v>
       </c>
-      <c r="S19" s="6" t="s">
+      <c r="T19" s="6" t="s">
         <v>51</v>
       </c>
-      <c r="T19" s="6" t="s">
+      <c r="U19" s="6" t="s">
         <v>52</v>
       </c>
-      <c r="U19" s="6" t="s">
+      <c r="V19" s="6" t="s">
         <v>53</v>
       </c>
-      <c r="V19" s="6" t="s">
+      <c r="W19" s="6" t="s">
         <v>54</v>
       </c>
-      <c r="W19" s="6" t="s">
+      <c r="X19" s="6" t="s">
         <v>55</v>
       </c>
     </row>
-    <row r="20" spans="1:23">
+    <row r="20" spans="1:24">
       <c r="B20" s="5" t="s">
         <v>23</v>
       </c>
       <c r="C20" s="4">
+        <v>403</v>
+      </c>
+      <c r="D20" s="4">
         <v>379</v>
       </c>
-      <c r="D20" s="4">
+      <c r="E20" s="4">
         <v>411</v>
       </c>
-      <c r="E20" s="4">
+      <c r="F20" s="4">
         <v>391</v>
       </c>
-      <c r="F20" s="4">
+      <c r="G20" s="4">
         <v>364</v>
       </c>
-      <c r="G20" s="4">
+      <c r="H20" s="4">
         <v>404</v>
       </c>
-      <c r="H20" s="4">
+      <c r="I20" s="4">
         <v>418</v>
       </c>
-      <c r="I20" s="4">
+      <c r="J20" s="4">
         <v>406</v>
       </c>
-      <c r="J20" s="4">
+      <c r="K20" s="4">
         <v>365</v>
       </c>
-      <c r="K20" s="4">
+      <c r="L20" s="4">
         <v>377</v>
       </c>
-      <c r="L20" s="4">
+      <c r="M20" s="4">
         <v>396</v>
       </c>
-      <c r="M20" s="4">
+      <c r="N20" s="4">
         <v>379</v>
       </c>
-      <c r="N20" s="4">
+      <c r="O20" s="4">
         <v>423</v>
       </c>
-      <c r="O20" s="4">
+      <c r="P20" s="4">
         <v>427</v>
       </c>
-      <c r="P20" s="4">
+      <c r="Q20" s="4">
         <v>384</v>
       </c>
-      <c r="Q20" s="4">
+      <c r="R20" s="4">
         <v>419</v>
       </c>
-      <c r="R20" s="4">
+      <c r="S20" s="4">
         <v>382</v>
       </c>
-      <c r="S20" s="4">
+      <c r="T20" s="4">
         <v>444</v>
       </c>
-      <c r="T20" s="4">
+      <c r="U20" s="4">
         <v>399</v>
       </c>
-      <c r="U20" s="4">
+      <c r="V20" s="4">
         <v>373</v>
       </c>
-      <c r="V20" s="4">
+      <c r="W20" s="4">
         <v>381</v>
       </c>
-      <c r="W20" s="4">
+      <c r="X20" s="4">
         <v>387</v>
       </c>
     </row>
-    <row r="21" spans="1:23">
+    <row r="21" spans="1:24">
       <c r="B21" s="5" t="s">
         <v>24</v>
       </c>
       <c r="C21" s="6">
         <v>100</v>
       </c>
       <c r="D21" s="6">
         <v>100</v>
       </c>
       <c r="E21" s="6">
         <v>100</v>
       </c>
       <c r="F21" s="6">
         <v>100</v>
       </c>
       <c r="G21" s="6">
         <v>100</v>
       </c>
       <c r="H21" s="6">
         <v>100</v>
       </c>
       <c r="I21" s="6">
         <v>100</v>
       </c>
       <c r="J21" s="6">
@@ -1667,153 +1676,156 @@
       </c>
       <c r="P21" s="6">
         <v>100</v>
       </c>
       <c r="Q21" s="6">
         <v>100</v>
       </c>
       <c r="R21" s="6">
         <v>100</v>
       </c>
       <c r="S21" s="6">
         <v>100</v>
       </c>
       <c r="T21" s="6">
         <v>100</v>
       </c>
       <c r="U21" s="6">
         <v>100</v>
       </c>
       <c r="V21" s="6">
         <v>100</v>
       </c>
       <c r="W21" s="6">
         <v>100</v>
       </c>
-    </row>
-    <row r="23" spans="1:23">
+      <c r="X21" s="6">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="23" spans="1:24">
       <c r="A23" s="2" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B23" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C23" s="6" t="s">
         <v>26</v>
       </c>
       <c r="D23" s="6" t="s">
         <v>27</v>
       </c>
       <c r="E23" s="6" t="s">
         <v>28</v>
       </c>
       <c r="F23" s="6" t="s">
         <v>3</v>
       </c>
       <c r="G23" s="6" t="s">
         <v>4</v>
       </c>
       <c r="H23" s="6" t="s">
         <v>30</v>
       </c>
       <c r="I23" s="6" t="s">
         <v>31</v>
       </c>
       <c r="J23" s="6" t="s">
         <v>32</v>
       </c>
       <c r="K23" s="6" t="s">
-        <v>66</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:23">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="24" spans="1:24">
       <c r="B24" s="5" t="s">
         <v>23</v>
       </c>
       <c r="C24" s="4">
         <v>463</v>
       </c>
       <c r="D24" s="4">
         <v>436</v>
       </c>
       <c r="E24" s="4">
         <v>444</v>
       </c>
       <c r="F24" s="4">
         <v>407</v>
       </c>
       <c r="G24" s="4">
         <v>415</v>
       </c>
       <c r="H24" s="4">
         <v>432</v>
       </c>
       <c r="I24" s="4">
         <v>406</v>
       </c>
       <c r="J24" s="4">
         <v>450</v>
       </c>
       <c r="K24" s="4">
         <v>447</v>
       </c>
     </row>
-    <row r="25" spans="1:23">
+    <row r="25" spans="1:24">
       <c r="B25" s="5" t="s">
         <v>24</v>
       </c>
       <c r="C25" s="6">
         <v>100</v>
       </c>
       <c r="D25" s="6">
         <v>100</v>
       </c>
       <c r="E25" s="6">
         <v>100</v>
       </c>
       <c r="F25" s="6">
         <v>100</v>
       </c>
       <c r="G25" s="6">
         <v>100</v>
       </c>
       <c r="H25" s="6">
         <v>100</v>
       </c>
       <c r="I25" s="6">
         <v>100</v>
       </c>
       <c r="J25" s="6">
         <v>100</v>
       </c>
       <c r="K25" s="6">
         <v>100</v>
       </c>
     </row>
-    <row r="27" spans="1:23">
+    <row r="27" spans="1:24">
       <c r="A27" s="2" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="6" t="s">
         <v>3</v>
       </c>
       <c r="D27" s="6" t="s">
         <v>4</v>
       </c>
       <c r="E27" s="6" t="s">
         <v>5</v>
       </c>
       <c r="F27" s="6" t="s">
         <v>6</v>
       </c>
       <c r="G27" s="6" t="s">
         <v>7</v>
       </c>
       <c r="H27" s="6" t="s">
         <v>44</v>
       </c>
       <c r="I27" s="6" t="s">
         <v>11</v>
       </c>
@@ -1826,51 +1838,51 @@
       <c r="L27" s="6" t="s">
         <v>14</v>
       </c>
       <c r="M27" s="6" t="s">
         <v>15</v>
       </c>
       <c r="N27" s="6" t="s">
         <v>17</v>
       </c>
       <c r="O27" s="6" t="s">
         <v>18</v>
       </c>
       <c r="P27" s="6" t="s">
         <v>19</v>
       </c>
       <c r="Q27" s="6" t="s">
         <v>20</v>
       </c>
       <c r="R27" s="6" t="s">
         <v>21</v>
       </c>
       <c r="S27" s="6" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="28" spans="1:23">
+    <row r="28" spans="1:24">
       <c r="B28" s="5" t="s">
         <v>23</v>
       </c>
       <c r="C28" s="4">
         <v>330</v>
       </c>
       <c r="D28" s="4">
         <v>355</v>
       </c>
       <c r="E28" s="4">
         <v>422</v>
       </c>
       <c r="F28" s="4">
         <v>368</v>
       </c>
       <c r="G28" s="4">
         <v>391</v>
       </c>
       <c r="H28" s="4">
         <v>377</v>
       </c>
       <c r="I28" s="4">
         <v>376</v>
       </c>
       <c r="J28" s="4">
@@ -1882,51 +1894,51 @@
       <c r="L28" s="4">
         <v>355</v>
       </c>
       <c r="M28" s="4">
         <v>412</v>
       </c>
       <c r="N28" s="4">
         <v>416</v>
       </c>
       <c r="O28" s="4">
         <v>382</v>
       </c>
       <c r="P28" s="4">
         <v>391</v>
       </c>
       <c r="Q28" s="4">
         <v>374</v>
       </c>
       <c r="R28" s="4">
         <v>387</v>
       </c>
       <c r="S28" s="4">
         <v>369</v>
       </c>
     </row>
-    <row r="29" spans="1:23">
+    <row r="29" spans="1:24">
       <c r="B29" s="5" t="s">
         <v>24</v>
       </c>
       <c r="C29" s="6">
         <v>100</v>
       </c>
       <c r="D29" s="6">
         <v>100</v>
       </c>
       <c r="E29" s="6">
         <v>100</v>
       </c>
       <c r="F29" s="6">
         <v>100</v>
       </c>
       <c r="G29" s="6">
         <v>100</v>
       </c>
       <c r="H29" s="6">
         <v>100</v>
       </c>
       <c r="I29" s="6">
         <v>100</v>
       </c>
       <c r="J29" s="6">
@@ -1938,398 +1950,407 @@
       <c r="L29" s="6">
         <v>100</v>
       </c>
       <c r="M29" s="6">
         <v>100</v>
       </c>
       <c r="N29" s="6">
         <v>100</v>
       </c>
       <c r="O29" s="6">
         <v>100</v>
       </c>
       <c r="P29" s="6">
         <v>100</v>
       </c>
       <c r="Q29" s="6">
         <v>100</v>
       </c>
       <c r="R29" s="6">
         <v>100</v>
       </c>
       <c r="S29" s="6">
         <v>100</v>
       </c>
     </row>
-    <row r="31" spans="1:23">
+    <row r="31" spans="1:24">
       <c r="A31" s="2" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="6" t="s">
-        <v>69</v>
+        <v>57</v>
       </c>
       <c r="D31" s="6" t="s">
         <v>70</v>
       </c>
       <c r="E31" s="6" t="s">
-        <v>57</v>
+        <v>71</v>
       </c>
       <c r="F31" s="6" t="s">
         <v>58</v>
       </c>
       <c r="G31" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="H31" s="6" t="s">
         <v>3</v>
       </c>
-      <c r="H31" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I31" s="6" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="J31" s="6" t="s">
         <v>62</v>
       </c>
       <c r="K31" s="6" t="s">
-        <v>71</v>
+        <v>63</v>
       </c>
       <c r="L31" s="6" t="s">
         <v>72</v>
       </c>
       <c r="M31" s="6" t="s">
         <v>73</v>
       </c>
       <c r="N31" s="6" t="s">
         <v>74</v>
       </c>
       <c r="O31" s="6" t="s">
         <v>75</v>
       </c>
       <c r="P31" s="6" t="s">
         <v>76</v>
       </c>
       <c r="Q31" s="6" t="s">
         <v>77</v>
       </c>
-    </row>
-    <row r="32" spans="1:23">
+      <c r="R31" s="6" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="32" spans="1:24">
       <c r="B32" s="5" t="s">
         <v>23</v>
       </c>
       <c r="C32" s="4">
+        <v>422</v>
+      </c>
+      <c r="D32" s="4">
         <v>362</v>
       </c>
-      <c r="D32" s="4">
+      <c r="E32" s="4">
         <v>428</v>
       </c>
-      <c r="E32" s="4">
+      <c r="F32" s="4">
         <v>439</v>
       </c>
-      <c r="F32" s="4">
+      <c r="G32" s="4">
         <v>413</v>
       </c>
-      <c r="G32" s="4">
+      <c r="H32" s="4">
         <v>446</v>
       </c>
-      <c r="H32" s="4">
+      <c r="I32" s="4">
         <v>418</v>
       </c>
-      <c r="I32" s="4">
+      <c r="J32" s="4">
         <v>401</v>
       </c>
-      <c r="J32" s="4">
+      <c r="K32" s="4">
         <v>471</v>
       </c>
-      <c r="K32" s="4">
+      <c r="L32" s="4">
         <v>441</v>
       </c>
-      <c r="L32" s="4">
+      <c r="M32" s="4">
         <v>462</v>
       </c>
-      <c r="M32" s="4">
+      <c r="N32" s="4">
         <v>458</v>
       </c>
-      <c r="N32" s="4">
+      <c r="O32" s="4">
         <v>444</v>
       </c>
-      <c r="O32" s="4">
+      <c r="P32" s="4">
         <v>450</v>
       </c>
-      <c r="P32" s="4">
+      <c r="Q32" s="4">
         <v>398</v>
       </c>
-      <c r="Q32" s="4">
+      <c r="R32" s="4">
         <v>411</v>
       </c>
     </row>
-    <row r="33" spans="1:23">
+    <row r="33" spans="1:24">
       <c r="B33" s="5" t="s">
         <v>24</v>
       </c>
       <c r="C33" s="6">
         <v>100</v>
       </c>
       <c r="D33" s="6">
         <v>100</v>
       </c>
       <c r="E33" s="6">
         <v>100</v>
       </c>
       <c r="F33" s="6">
         <v>100</v>
       </c>
       <c r="G33" s="6">
         <v>100</v>
       </c>
       <c r="H33" s="6">
         <v>100</v>
       </c>
       <c r="I33" s="6">
         <v>100</v>
       </c>
       <c r="J33" s="6">
         <v>100</v>
       </c>
       <c r="K33" s="6">
         <v>100</v>
       </c>
       <c r="L33" s="6">
         <v>100</v>
       </c>
       <c r="M33" s="6">
         <v>100</v>
       </c>
       <c r="N33" s="6">
         <v>100</v>
       </c>
       <c r="O33" s="6">
         <v>100</v>
       </c>
       <c r="P33" s="6">
         <v>100</v>
       </c>
       <c r="Q33" s="6">
         <v>100</v>
       </c>
-    </row>
-    <row r="35" spans="1:23">
+      <c r="R33" s="6">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="35" spans="1:24">
       <c r="A35" s="2" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C35" s="6" t="s">
         <v>28</v>
       </c>
       <c r="D35" s="6" t="s">
         <v>3</v>
       </c>
       <c r="E35" s="6" t="s">
         <v>4</v>
       </c>
       <c r="F35" s="6" t="s">
         <v>5</v>
       </c>
       <c r="G35" s="6" t="s">
         <v>6</v>
       </c>
       <c r="H35" s="6" t="s">
         <v>7</v>
       </c>
       <c r="I35" s="6" t="s">
         <v>44</v>
       </c>
       <c r="J35" s="6" t="s">
         <v>8</v>
       </c>
       <c r="K35" s="6" t="s">
         <v>10</v>
       </c>
       <c r="L35" s="6" t="s">
         <v>11</v>
       </c>
       <c r="M35" s="6" t="s">
         <v>12</v>
       </c>
       <c r="N35" s="6" t="s">
         <v>13</v>
       </c>
       <c r="O35" s="6" t="s">
-        <v>79</v>
-[...2 lines deleted...]
-    <row r="36" spans="1:23">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="36" spans="1:24">
       <c r="B36" s="5" t="s">
         <v>23</v>
       </c>
       <c r="C36" s="4">
         <v>391</v>
       </c>
       <c r="D36" s="4">
         <v>419</v>
       </c>
       <c r="E36" s="4">
         <v>406</v>
       </c>
       <c r="F36" s="4">
         <v>442</v>
       </c>
       <c r="G36" s="4">
         <v>429</v>
       </c>
       <c r="H36" s="4">
         <v>397</v>
       </c>
       <c r="I36" s="4">
         <v>420</v>
       </c>
       <c r="J36" s="4">
         <v>401</v>
       </c>
       <c r="K36" s="4">
         <v>377</v>
       </c>
       <c r="L36" s="4">
         <v>419</v>
       </c>
       <c r="M36" s="4">
         <v>430</v>
       </c>
       <c r="N36" s="4">
         <v>395</v>
       </c>
       <c r="O36" s="4">
         <v>384</v>
       </c>
     </row>
-    <row r="37" spans="1:23">
+    <row r="37" spans="1:24">
       <c r="B37" s="5" t="s">
         <v>24</v>
       </c>
       <c r="C37" s="6">
         <v>100</v>
       </c>
       <c r="D37" s="6">
         <v>100</v>
       </c>
       <c r="E37" s="6">
         <v>100</v>
       </c>
       <c r="F37" s="6">
         <v>100</v>
       </c>
       <c r="G37" s="6">
         <v>100</v>
       </c>
       <c r="H37" s="6">
         <v>100</v>
       </c>
       <c r="I37" s="6">
         <v>100</v>
       </c>
       <c r="J37" s="6">
         <v>100</v>
       </c>
       <c r="K37" s="6">
         <v>100</v>
       </c>
       <c r="L37" s="6">
         <v>100</v>
       </c>
       <c r="M37" s="6">
         <v>100</v>
       </c>
       <c r="N37" s="6">
         <v>100</v>
       </c>
       <c r="O37" s="6">
         <v>100</v>
       </c>
     </row>
-    <row r="39" spans="1:23">
+    <row r="39" spans="1:24">
       <c r="A39" s="2" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="B39" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C39" s="6" t="s">
         <v>26</v>
       </c>
       <c r="D39" s="6" t="s">
         <v>27</v>
       </c>
       <c r="E39" s="6" t="s">
         <v>28</v>
       </c>
       <c r="F39" s="6" t="s">
         <v>28</v>
       </c>
       <c r="G39" s="6" t="s">
         <v>3</v>
       </c>
       <c r="H39" s="6" t="s">
         <v>4</v>
       </c>
       <c r="I39" s="6" t="s">
         <v>29</v>
       </c>
       <c r="J39" s="6" t="s">
         <v>30</v>
       </c>
       <c r="K39" s="6" t="s">
         <v>31</v>
       </c>
       <c r="L39" s="6" t="s">
         <v>32</v>
       </c>
       <c r="M39" s="6" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="N39" s="6" t="s">
         <v>33</v>
       </c>
       <c r="O39" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P39" s="6" t="s">
         <v>37</v>
       </c>
       <c r="Q39" s="6" t="s">
         <v>39</v>
       </c>
       <c r="R39" s="6" t="s">
         <v>40</v>
       </c>
       <c r="S39" s="6" t="s">
         <v>42</v>
       </c>
     </row>
-    <row r="40" spans="1:23">
+    <row r="40" spans="1:24">
       <c r="B40" s="5" t="s">
         <v>23</v>
       </c>
       <c r="C40" s="4">
         <v>407</v>
       </c>
       <c r="D40" s="4">
         <v>419</v>
       </c>
       <c r="E40" s="4">
         <v>422</v>
       </c>
       <c r="F40" s="4">
         <v>395</v>
       </c>
       <c r="G40" s="4">
         <v>417</v>
       </c>
       <c r="H40" s="4">
         <v>443</v>
       </c>
       <c r="I40" s="4">
         <v>422</v>
       </c>
       <c r="J40" s="4">
@@ -2341,51 +2362,51 @@
       <c r="L40" s="4">
         <v>401</v>
       </c>
       <c r="M40" s="4">
         <v>422</v>
       </c>
       <c r="N40" s="4">
         <v>450</v>
       </c>
       <c r="O40" s="4">
         <v>430</v>
       </c>
       <c r="P40" s="4">
         <v>381</v>
       </c>
       <c r="Q40" s="4">
         <v>381</v>
       </c>
       <c r="R40" s="4">
         <v>360</v>
       </c>
       <c r="S40" s="4">
         <v>391</v>
       </c>
     </row>
-    <row r="41" spans="1:23">
+    <row r="41" spans="1:24">
       <c r="B41" s="5" t="s">
         <v>24</v>
       </c>
       <c r="C41" s="6">
         <v>100</v>
       </c>
       <c r="D41" s="6">
         <v>100</v>
       </c>
       <c r="E41" s="6">
         <v>100</v>
       </c>
       <c r="F41" s="6">
         <v>100</v>
       </c>
       <c r="G41" s="6">
         <v>100</v>
       </c>
       <c r="H41" s="6">
         <v>100</v>
       </c>
       <c r="I41" s="6">
         <v>100</v>
       </c>
       <c r="J41" s="6">
@@ -2397,206 +2418,206 @@
       <c r="L41" s="6">
         <v>100</v>
       </c>
       <c r="M41" s="6">
         <v>100</v>
       </c>
       <c r="N41" s="6">
         <v>100</v>
       </c>
       <c r="O41" s="6">
         <v>100</v>
       </c>
       <c r="P41" s="6">
         <v>100</v>
       </c>
       <c r="Q41" s="6">
         <v>100</v>
       </c>
       <c r="R41" s="6">
         <v>100</v>
       </c>
       <c r="S41" s="6">
         <v>100</v>
       </c>
     </row>
-    <row r="43" spans="1:23">
+    <row r="43" spans="1:24">
       <c r="A43" s="2" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B43" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C43" s="6" t="s">
         <v>26</v>
       </c>
       <c r="D43" s="6" t="s">
         <v>27</v>
       </c>
       <c r="E43" s="6" t="s">
         <v>3</v>
       </c>
       <c r="F43" s="6" t="s">
         <v>4</v>
       </c>
       <c r="G43" s="6" t="s">
         <v>29</v>
       </c>
       <c r="H43" s="6" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="I43" s="6" t="s">
         <v>33</v>
       </c>
       <c r="J43" s="6" t="s">
         <v>34</v>
       </c>
       <c r="K43" s="6" t="s">
         <v>36</v>
       </c>
       <c r="L43" s="6" t="s">
         <v>37</v>
       </c>
       <c r="M43" s="6" t="s">
         <v>38</v>
       </c>
       <c r="N43" s="6" t="s">
         <v>39</v>
       </c>
       <c r="O43" s="6" t="s">
         <v>40</v>
       </c>
       <c r="P43" s="6" t="s">
         <v>42</v>
       </c>
       <c r="Q43" s="6" t="s">
         <v>21</v>
       </c>
     </row>
-    <row r="44" spans="1:23">
+    <row r="44" spans="1:24">
       <c r="B44" s="5" t="s">
         <v>23</v>
       </c>
       <c r="C44" s="4">
         <v>369</v>
       </c>
       <c r="D44" s="4">
         <v>341</v>
       </c>
       <c r="E44" s="4">
         <v>329</v>
       </c>
       <c r="F44" s="4">
         <v>332</v>
       </c>
       <c r="G44" s="4">
         <v>354</v>
       </c>
       <c r="H44" s="4">
         <v>347</v>
       </c>
       <c r="I44" s="4">
         <v>387</v>
       </c>
       <c r="J44" s="4">
         <v>400</v>
       </c>
       <c r="K44" s="4">
         <v>382</v>
       </c>
       <c r="L44" s="4">
         <v>408</v>
       </c>
       <c r="M44" s="4">
         <v>369</v>
       </c>
       <c r="N44" s="4">
         <v>430</v>
       </c>
       <c r="O44" s="4">
         <v>410</v>
       </c>
       <c r="P44" s="4">
         <v>385</v>
       </c>
       <c r="Q44" s="4">
         <v>379</v>
       </c>
     </row>
-    <row r="45" spans="1:23">
+    <row r="45" spans="1:24">
       <c r="B45" s="5" t="s">
         <v>24</v>
       </c>
       <c r="C45" s="6">
         <v>100</v>
       </c>
       <c r="D45" s="6">
         <v>100</v>
       </c>
       <c r="E45" s="6">
         <v>100</v>
       </c>
       <c r="F45" s="6">
         <v>100</v>
       </c>
       <c r="G45" s="6">
         <v>100</v>
       </c>
       <c r="H45" s="6">
         <v>100</v>
       </c>
       <c r="I45" s="6">
         <v>100</v>
       </c>
       <c r="J45" s="6">
         <v>100</v>
       </c>
       <c r="K45" s="6">
         <v>100</v>
       </c>
       <c r="L45" s="6">
         <v>100</v>
       </c>
       <c r="M45" s="6">
         <v>100</v>
       </c>
       <c r="N45" s="6">
         <v>100</v>
       </c>
       <c r="O45" s="6">
         <v>100</v>
       </c>
       <c r="P45" s="6">
         <v>100</v>
       </c>
       <c r="Q45" s="6">
         <v>100</v>
       </c>
     </row>
-    <row r="47" spans="1:23">
+    <row r="47" spans="1:24">
       <c r="A47" s="2" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="B47" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C47" s="6" t="s">
         <v>28</v>
       </c>
       <c r="D47" s="6" t="s">
         <v>3</v>
       </c>
       <c r="E47" s="6" t="s">
         <v>4</v>
       </c>
       <c r="F47" s="6" t="s">
         <v>5</v>
       </c>
       <c r="G47" s="6" t="s">
         <v>6</v>
       </c>
       <c r="H47" s="6" t="s">
         <v>7</v>
       </c>
       <c r="I47" s="6" t="s">
         <v>44</v>
       </c>
@@ -2612,51 +2633,51 @@
       <c r="M47" s="6" t="s">
         <v>11</v>
       </c>
       <c r="N47" s="6" t="s">
         <v>12</v>
       </c>
       <c r="O47" s="6" t="s">
         <v>13</v>
       </c>
       <c r="P47" s="6" t="s">
         <v>14</v>
       </c>
       <c r="Q47" s="6" t="s">
         <v>15</v>
       </c>
       <c r="R47" s="6" t="s">
         <v>16</v>
       </c>
       <c r="S47" s="6" t="s">
         <v>17</v>
       </c>
       <c r="T47" s="6" t="s">
         <v>20</v>
       </c>
     </row>
-    <row r="48" spans="1:23">
+    <row r="48" spans="1:24">
       <c r="B48" s="5" t="s">
         <v>23</v>
       </c>
       <c r="C48" s="4">
         <v>348</v>
       </c>
       <c r="D48" s="4">
         <v>388</v>
       </c>
       <c r="E48" s="4">
         <v>389</v>
       </c>
       <c r="F48" s="4">
         <v>391</v>
       </c>
       <c r="G48" s="4">
         <v>381</v>
       </c>
       <c r="H48" s="4">
         <v>453</v>
       </c>
       <c r="I48" s="4">
         <v>405</v>
       </c>
       <c r="J48" s="4">
@@ -2671,51 +2692,51 @@
       <c r="M48" s="4">
         <v>384</v>
       </c>
       <c r="N48" s="4">
         <v>416</v>
       </c>
       <c r="O48" s="4">
         <v>396</v>
       </c>
       <c r="P48" s="4">
         <v>380</v>
       </c>
       <c r="Q48" s="4">
         <v>406</v>
       </c>
       <c r="R48" s="4">
         <v>451</v>
       </c>
       <c r="S48" s="4">
         <v>320</v>
       </c>
       <c r="T48" s="4">
         <v>373</v>
       </c>
     </row>
-    <row r="49" spans="1:23">
+    <row r="49" spans="1:24">
       <c r="B49" s="5" t="s">
         <v>24</v>
       </c>
       <c r="C49" s="6">
         <v>100</v>
       </c>
       <c r="D49" s="6">
         <v>100</v>
       </c>
       <c r="E49" s="6">
         <v>100</v>
       </c>
       <c r="F49" s="6">
         <v>100</v>
       </c>
       <c r="G49" s="6">
         <v>100</v>
       </c>
       <c r="H49" s="6">
         <v>100</v>
       </c>
       <c r="I49" s="6">
         <v>100</v>
       </c>
       <c r="J49" s="6">
@@ -2730,155 +2751,164 @@
       <c r="M49" s="6">
         <v>100</v>
       </c>
       <c r="N49" s="6">
         <v>100</v>
       </c>
       <c r="O49" s="6">
         <v>100</v>
       </c>
       <c r="P49" s="6">
         <v>100</v>
       </c>
       <c r="Q49" s="6">
         <v>100</v>
       </c>
       <c r="R49" s="6">
         <v>100</v>
       </c>
       <c r="S49" s="6">
         <v>100</v>
       </c>
       <c r="T49" s="6">
         <v>100</v>
       </c>
     </row>
-    <row r="51" spans="1:23">
+    <row r="51" spans="1:24">
       <c r="A51" s="2" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="B51" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C51" s="6" t="s">
-        <v>69</v>
+        <v>57</v>
       </c>
       <c r="D51" s="6" t="s">
         <v>70</v>
       </c>
       <c r="E51" s="6" t="s">
-        <v>61</v>
+        <v>71</v>
       </c>
       <c r="F51" s="6" t="s">
         <v>62</v>
       </c>
       <c r="G51" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="H51" s="6" t="s">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>71</v>
       </c>
       <c r="I51" s="6" t="s">
         <v>72</v>
       </c>
       <c r="J51" s="6" t="s">
         <v>73</v>
       </c>
       <c r="K51" s="6" t="s">
         <v>74</v>
       </c>
       <c r="L51" s="6" t="s">
         <v>75</v>
       </c>
-    </row>
-    <row r="52" spans="1:23">
+      <c r="M51" s="6" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="52" spans="1:24">
       <c r="B52" s="5" t="s">
         <v>23</v>
       </c>
       <c r="C52" s="4">
+        <v>352</v>
+      </c>
+      <c r="D52" s="4">
         <v>359</v>
       </c>
-      <c r="D52" s="4">
+      <c r="E52" s="4">
         <v>400</v>
       </c>
-      <c r="E52" s="4">
+      <c r="F52" s="4">
         <v>383</v>
       </c>
-      <c r="F52" s="4">
+      <c r="G52" s="4">
         <v>350</v>
       </c>
-      <c r="G52" s="4">
+      <c r="H52" s="4">
         <v>406</v>
       </c>
-      <c r="H52" s="4">
+      <c r="I52" s="4">
         <v>395</v>
       </c>
-      <c r="I52" s="4">
+      <c r="J52" s="4">
         <v>420</v>
       </c>
-      <c r="J52" s="4">
+      <c r="K52" s="4">
         <v>379</v>
       </c>
-      <c r="K52" s="4">
+      <c r="L52" s="4">
         <v>346</v>
       </c>
-      <c r="L52" s="4">
+      <c r="M52" s="4">
         <v>332</v>
       </c>
     </row>
-    <row r="53" spans="1:23">
+    <row r="53" spans="1:24">
       <c r="B53" s="5" t="s">
         <v>24</v>
       </c>
       <c r="C53" s="6">
         <v>100</v>
       </c>
       <c r="D53" s="6">
         <v>100</v>
       </c>
       <c r="E53" s="6">
         <v>100</v>
       </c>
       <c r="F53" s="6">
         <v>100</v>
       </c>
       <c r="G53" s="6">
         <v>100</v>
       </c>
       <c r="H53" s="6">
         <v>100</v>
       </c>
       <c r="I53" s="6">
         <v>100</v>
       </c>
       <c r="J53" s="6">
         <v>100</v>
       </c>
       <c r="K53" s="6">
         <v>100</v>
       </c>
       <c r="L53" s="6">
+        <v>100</v>
+      </c>
+      <c r="M53" s="6">
         <v>100</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.787401575" bottom="0.787401575" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="portrait" scale="100" fitToHeight="2" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>