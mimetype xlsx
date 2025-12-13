--- v0 (2025-12-07)
+++ v1 (2025-12-13)
@@ -263,66 +263,66 @@
   <si>
     <t>29.9.2021</t>
   </si>
   <si>
     <t>6.2.2020</t>
   </si>
   <si>
     <t>20.1.2020</t>
   </si>
   <si>
     <t>23.10.2019</t>
   </si>
   <si>
     <t>9.10.2019</t>
   </si>
   <si>
     <t>11.9.2019</t>
   </si>
   <si>
     <t>4.9.2019</t>
   </si>
   <si>
     <t>Michal Truksa</t>
   </si>
   <si>
+    <t>10.12.2025</t>
+  </si>
+  <si>
     <t>10.3.2025</t>
   </si>
   <si>
     <t>3.3.2025</t>
   </si>
   <si>
     <t>8.1.2024</t>
   </si>
   <si>
     <t>27.9.2023</t>
   </si>
   <si>
     <t>20.9.2023</t>
-  </si>
-[...1 lines deleted...]
-    <t>11.9.2023</t>
   </si>
   <si>
     <t>Jana Procházková</t>
   </si>
   <si>
     <t>6.11.2025</t>
   </si>
   <si>
     <t>8.10.2025</t>
   </si>
   <si>
     <t>25.9.2025</t>
   </si>
   <si>
     <t>27.3.2024</t>
   </si>
   <si>
     <t>Jan Neckář ml.</t>
   </si>
   <si>
     <t>22.2.2023</t>
   </si>
   <si>
     <t>Jan Procházka</t>
   </si>
@@ -2816,233 +2816,233 @@
       </c>
       <c r="AB29" s="6">
         <v>100</v>
       </c>
       <c r="AC29" s="6">
         <v>100</v>
       </c>
       <c r="AD29" s="6">
         <v>100</v>
       </c>
       <c r="AE29" s="6">
         <v>100</v>
       </c>
       <c r="AF29" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="31" spans="1:32">
       <c r="A31" s="2" t="s">
         <v>82</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="6" t="s">
+        <v>83</v>
+      </c>
+      <c r="D31" s="6" t="s">
         <v>9</v>
       </c>
-      <c r="D31" s="6" t="s">
+      <c r="E31" s="6" t="s">
         <v>11</v>
-      </c>
-[...1 lines deleted...]
-        <v>83</v>
       </c>
       <c r="F31" s="6" t="s">
         <v>84</v>
       </c>
       <c r="G31" s="6" t="s">
+        <v>85</v>
+      </c>
+      <c r="H31" s="6" t="s">
         <v>12</v>
       </c>
-      <c r="H31" s="6" t="s">
+      <c r="I31" s="6" t="s">
         <v>13</v>
       </c>
-      <c r="I31" s="6" t="s">
+      <c r="J31" s="6" t="s">
         <v>14</v>
       </c>
-      <c r="J31" s="6" t="s">
+      <c r="K31" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="K31" s="6" t="s">
+      <c r="L31" s="6" t="s">
         <v>16</v>
       </c>
-      <c r="L31" s="6" t="s">
+      <c r="M31" s="6" t="s">
         <v>17</v>
       </c>
-      <c r="M31" s="6" t="s">
+      <c r="N31" s="6" t="s">
         <v>18</v>
       </c>
-      <c r="N31" s="6" t="s">
+      <c r="O31" s="6" t="s">
         <v>19</v>
       </c>
-      <c r="O31" s="6" t="s">
+      <c r="P31" s="6" t="s">
         <v>21</v>
       </c>
-      <c r="P31" s="6" t="s">
+      <c r="Q31" s="6" t="s">
         <v>22</v>
       </c>
-      <c r="Q31" s="6" t="s">
+      <c r="R31" s="6" t="s">
         <v>23</v>
       </c>
-      <c r="R31" s="6" t="s">
+      <c r="S31" s="6" t="s">
         <v>25</v>
       </c>
-      <c r="S31" s="6" t="s">
+      <c r="T31" s="6" t="s">
         <v>27</v>
       </c>
-      <c r="T31" s="6" t="s">
+      <c r="U31" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="U31" s="6" t="s">
+      <c r="V31" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="V31" s="6" t="s">
+      <c r="W31" s="6" t="s">
         <v>30</v>
       </c>
-      <c r="W31" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="X31" s="6" t="s">
+        <v>86</v>
+      </c>
+      <c r="Y31" s="6" t="s">
         <v>32</v>
       </c>
-      <c r="Y31" s="6" t="s">
+      <c r="Z31" s="6" t="s">
         <v>49</v>
       </c>
-      <c r="Z31" s="6" t="s">
+      <c r="AA31" s="6" t="s">
         <v>50</v>
       </c>
-      <c r="AA31" s="6" t="s">
+      <c r="AB31" s="6" t="s">
         <v>51</v>
       </c>
-      <c r="AB31" s="6" t="s">
+      <c r="AC31" s="6" t="s">
         <v>52</v>
       </c>
-      <c r="AC31" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AD31" s="6" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="AE31" s="6" t="s">
         <v>87</v>
       </c>
       <c r="AF31" s="6" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="32" spans="1:32">
       <c r="B32" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C32" s="4">
+        <v>391</v>
+      </c>
+      <c r="D32" s="4">
         <v>415</v>
       </c>
-      <c r="D32" s="4">
+      <c r="E32" s="4">
         <v>437</v>
       </c>
-      <c r="E32" s="4">
+      <c r="F32" s="4">
         <v>374</v>
       </c>
-      <c r="F32" s="4">
+      <c r="G32" s="4">
         <v>398</v>
       </c>
-      <c r="G32" s="4">
+      <c r="H32" s="4">
         <v>396</v>
       </c>
-      <c r="H32" s="4">
+      <c r="I32" s="4">
         <v>391</v>
       </c>
-      <c r="I32" s="4">
+      <c r="J32" s="4">
         <v>368</v>
       </c>
-      <c r="J32" s="4">
+      <c r="K32" s="4">
         <v>422</v>
-      </c>
-[...1 lines deleted...]
-        <v>372</v>
       </c>
       <c r="L32" s="4">
         <v>372</v>
       </c>
       <c r="M32" s="4">
+        <v>372</v>
+      </c>
+      <c r="N32" s="4">
         <v>429</v>
       </c>
-      <c r="N32" s="4">
+      <c r="O32" s="4">
         <v>403</v>
       </c>
-      <c r="O32" s="4">
+      <c r="P32" s="4">
         <v>379</v>
       </c>
-      <c r="P32" s="4">
+      <c r="Q32" s="4">
         <v>428</v>
       </c>
-      <c r="Q32" s="4">
+      <c r="R32" s="4">
         <v>427</v>
       </c>
-      <c r="R32" s="4">
+      <c r="S32" s="4">
         <v>384</v>
       </c>
-      <c r="S32" s="4">
+      <c r="T32" s="4">
         <v>410</v>
       </c>
-      <c r="T32" s="4">
+      <c r="U32" s="4">
         <v>369</v>
       </c>
-      <c r="U32" s="4">
+      <c r="V32" s="4">
         <v>377</v>
       </c>
-      <c r="V32" s="4">
+      <c r="W32" s="4">
         <v>427</v>
       </c>
-      <c r="W32" s="4">
+      <c r="X32" s="4">
         <v>374</v>
       </c>
-      <c r="X32" s="4">
+      <c r="Y32" s="4">
         <v>368</v>
       </c>
-      <c r="Y32" s="4">
+      <c r="Z32" s="4">
         <v>432</v>
       </c>
-      <c r="Z32" s="4">
+      <c r="AA32" s="4">
         <v>387</v>
       </c>
-      <c r="AA32" s="4">
+      <c r="AB32" s="4">
         <v>371</v>
       </c>
-      <c r="AB32" s="4">
+      <c r="AC32" s="4">
         <v>405</v>
       </c>
-      <c r="AC32" s="4">
+      <c r="AD32" s="4">
         <v>370</v>
       </c>
-      <c r="AD32" s="4">
+      <c r="AE32" s="4">
         <v>400</v>
       </c>
-      <c r="AE32" s="4">
+      <c r="AF32" s="4">
         <v>398</v>
-      </c>
-[...1 lines deleted...]
-        <v>391</v>
       </c>
     </row>
     <row r="33" spans="1:32">
       <c r="B33" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C33" s="6">
         <v>100</v>
       </c>
       <c r="D33" s="6">
         <v>100</v>
       </c>
       <c r="E33" s="6">
         <v>100</v>
       </c>
       <c r="F33" s="6">
         <v>100</v>
       </c>
       <c r="G33" s="6">
         <v>100</v>
       </c>
       <c r="H33" s="6">
         <v>100</v>
       </c>
       <c r="I33" s="6">
@@ -3104,233 +3104,233 @@
       </c>
       <c r="AB33" s="6">
         <v>100</v>
       </c>
       <c r="AC33" s="6">
         <v>100</v>
       </c>
       <c r="AD33" s="6">
         <v>100</v>
       </c>
       <c r="AE33" s="6">
         <v>100</v>
       </c>
       <c r="AF33" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="35" spans="1:32">
       <c r="A35" s="2" t="s">
         <v>89</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C35" s="6" t="s">
+        <v>83</v>
+      </c>
+      <c r="D35" s="6" t="s">
         <v>4</v>
       </c>
-      <c r="D35" s="6" t="s">
+      <c r="E35" s="6" t="s">
         <v>5</v>
       </c>
-      <c r="E35" s="6" t="s">
+      <c r="F35" s="6" t="s">
         <v>90</v>
       </c>
-      <c r="F35" s="6" t="s">
+      <c r="G35" s="6" t="s">
         <v>91</v>
       </c>
-      <c r="G35" s="6" t="s">
+      <c r="H35" s="6" t="s">
         <v>92</v>
       </c>
-      <c r="H35" s="6" t="s">
+      <c r="I35" s="6" t="s">
         <v>9</v>
       </c>
-      <c r="I35" s="6" t="s">
+      <c r="J35" s="6" t="s">
         <v>10</v>
       </c>
-      <c r="J35" s="6" t="s">
+      <c r="K35" s="6" t="s">
         <v>11</v>
-      </c>
-[...1 lines deleted...]
-        <v>83</v>
       </c>
       <c r="L35" s="6" t="s">
         <v>84</v>
       </c>
       <c r="M35" s="6" t="s">
+        <v>85</v>
+      </c>
+      <c r="N35" s="6" t="s">
         <v>12</v>
       </c>
-      <c r="N35" s="6" t="s">
+      <c r="O35" s="6" t="s">
         <v>13</v>
       </c>
-      <c r="O35" s="6" t="s">
+      <c r="P35" s="6" t="s">
         <v>14</v>
       </c>
-      <c r="P35" s="6" t="s">
+      <c r="Q35" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="Q35" s="6" t="s">
+      <c r="R35" s="6" t="s">
         <v>16</v>
       </c>
-      <c r="R35" s="6" t="s">
+      <c r="S35" s="6" t="s">
         <v>17</v>
       </c>
-      <c r="S35" s="6" t="s">
+      <c r="T35" s="6" t="s">
         <v>18</v>
       </c>
-      <c r="T35" s="6" t="s">
+      <c r="U35" s="6" t="s">
         <v>19</v>
       </c>
-      <c r="U35" s="6" t="s">
+      <c r="V35" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="V35" s="6" t="s">
+      <c r="W35" s="6" t="s">
         <v>21</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
       <c r="X35" s="6" t="s">
         <v>22</v>
       </c>
       <c r="Y35" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="Z35" s="6" t="s">
         <v>23</v>
       </c>
-      <c r="Z35" s="6" t="s">
+      <c r="AA35" s="6" t="s">
         <v>93</v>
       </c>
-      <c r="AA35" s="6" t="s">
+      <c r="AB35" s="6" t="s">
         <v>24</v>
-      </c>
-[...1 lines deleted...]
-        <v>25</v>
       </c>
       <c r="AC35" s="6" t="s">
         <v>25</v>
       </c>
       <c r="AD35" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="AE35" s="6" t="s">
         <v>27</v>
       </c>
-      <c r="AE35" s="6" t="s">
+      <c r="AF35" s="6" t="s">
         <v>28</v>
-      </c>
-[...1 lines deleted...]
-        <v>29</v>
       </c>
     </row>
     <row r="36" spans="1:32">
       <c r="B36" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C36" s="4">
+        <v>370</v>
+      </c>
+      <c r="D36" s="4">
         <v>400</v>
       </c>
-      <c r="D36" s="4">
+      <c r="E36" s="4">
         <v>449</v>
       </c>
-      <c r="E36" s="4">
+      <c r="F36" s="4">
         <v>345</v>
       </c>
-      <c r="F36" s="4">
+      <c r="G36" s="4">
         <v>404</v>
       </c>
-      <c r="G36" s="4">
+      <c r="H36" s="4">
         <v>415</v>
       </c>
-      <c r="H36" s="4">
+      <c r="I36" s="4">
         <v>363</v>
       </c>
-      <c r="I36" s="4">
+      <c r="J36" s="4">
         <v>368</v>
       </c>
-      <c r="J36" s="4">
+      <c r="K36" s="4">
         <v>386</v>
       </c>
-      <c r="K36" s="4">
+      <c r="L36" s="4">
         <v>398</v>
       </c>
-      <c r="L36" s="4">
+      <c r="M36" s="4">
         <v>371</v>
       </c>
-      <c r="M36" s="4">
+      <c r="N36" s="4">
         <v>359</v>
       </c>
-      <c r="N36" s="4">
+      <c r="O36" s="4">
         <v>332</v>
       </c>
-      <c r="O36" s="4">
+      <c r="P36" s="4">
         <v>357</v>
       </c>
-      <c r="P36" s="4">
+      <c r="Q36" s="4">
         <v>389</v>
       </c>
-      <c r="Q36" s="4">
+      <c r="R36" s="4">
         <v>365</v>
       </c>
-      <c r="R36" s="4">
+      <c r="S36" s="4">
         <v>305</v>
       </c>
-      <c r="S36" s="4">
+      <c r="T36" s="4">
         <v>323</v>
       </c>
-      <c r="T36" s="4">
+      <c r="U36" s="4">
         <v>371</v>
       </c>
-      <c r="U36" s="4">
+      <c r="V36" s="4">
         <v>332</v>
       </c>
-      <c r="V36" s="4">
+      <c r="W36" s="4">
         <v>312</v>
       </c>
-      <c r="W36" s="4">
+      <c r="X36" s="4">
         <v>369</v>
       </c>
-      <c r="X36" s="4">
+      <c r="Y36" s="4">
         <v>360</v>
       </c>
-      <c r="Y36" s="4">
+      <c r="Z36" s="4">
         <v>413</v>
       </c>
-      <c r="Z36" s="4">
+      <c r="AA36" s="4">
         <v>377</v>
       </c>
-      <c r="AA36" s="4">
+      <c r="AB36" s="4">
         <v>403</v>
       </c>
-      <c r="AB36" s="4">
+      <c r="AC36" s="4">
         <v>409</v>
       </c>
-      <c r="AC36" s="4">
+      <c r="AD36" s="4">
         <v>370</v>
       </c>
-      <c r="AD36" s="4">
+      <c r="AE36" s="4">
         <v>384</v>
       </c>
-      <c r="AE36" s="4">
+      <c r="AF36" s="4">
         <v>398</v>
-      </c>
-[...1 lines deleted...]
-        <v>374</v>
       </c>
     </row>
     <row r="37" spans="1:32">
       <c r="B37" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C37" s="6">
         <v>100</v>
       </c>
       <c r="D37" s="6">
         <v>100</v>
       </c>
       <c r="E37" s="6">
         <v>100</v>
       </c>
       <c r="F37" s="6">
         <v>100</v>
       </c>
       <c r="G37" s="6">
         <v>100</v>
       </c>
       <c r="H37" s="6">
         <v>100</v>
       </c>
       <c r="I37" s="6">
@@ -3431,54 +3431,54 @@
       <c r="H39" s="6" t="s">
         <v>18</v>
       </c>
       <c r="I39" s="6" t="s">
         <v>19</v>
       </c>
       <c r="J39" s="6" t="s">
         <v>20</v>
       </c>
       <c r="K39" s="6" t="s">
         <v>21</v>
       </c>
       <c r="L39" s="6" t="s">
         <v>22</v>
       </c>
       <c r="M39" s="6" t="s">
         <v>50</v>
       </c>
       <c r="N39" s="6" t="s">
         <v>51</v>
       </c>
       <c r="O39" s="6" t="s">
         <v>52</v>
       </c>
       <c r="P39" s="6" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="Q39" s="6" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="R39" s="6" t="s">
         <v>53</v>
       </c>
       <c r="S39" s="6" t="s">
         <v>54</v>
       </c>
       <c r="T39" s="6" t="s">
         <v>55</v>
       </c>
       <c r="U39" s="6" t="s">
         <v>72</v>
       </c>
       <c r="V39" s="6" t="s">
         <v>95</v>
       </c>
       <c r="W39" s="6" t="s">
         <v>56</v>
       </c>
       <c r="X39" s="6" t="s">
         <v>57</v>
       </c>
       <c r="Y39" s="6" t="s">
         <v>58</v>
       </c>
@@ -3689,51 +3689,51 @@
       </c>
       <c r="AE41" s="6">
         <v>100</v>
       </c>
       <c r="AF41" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="43" spans="1:32">
       <c r="A43" s="2" t="s">
         <v>96</v>
       </c>
       <c r="B43" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C43" s="6" t="s">
         <v>9</v>
       </c>
       <c r="D43" s="6" t="s">
         <v>10</v>
       </c>
       <c r="E43" s="6" t="s">
         <v>11</v>
       </c>
       <c r="F43" s="6" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="G43" s="6" t="s">
         <v>97</v>
       </c>
       <c r="H43" s="6" t="s">
         <v>12</v>
       </c>
       <c r="I43" s="6" t="s">
         <v>98</v>
       </c>
       <c r="J43" s="6" t="s">
         <v>13</v>
       </c>
       <c r="K43" s="6" t="s">
         <v>99</v>
       </c>
       <c r="L43" s="6" t="s">
         <v>16</v>
       </c>
       <c r="M43" s="6" t="s">
         <v>17</v>
       </c>
       <c r="N43" s="6" t="s">
         <v>100</v>
       </c>