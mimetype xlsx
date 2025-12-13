--- v0 (2025-12-08)
+++ v1 (2025-12-13)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="64">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="65">
   <si>
     <t>Výsledky hráčů družstva TJ Kobylisy A na kuželně SK Žižkov Praha</t>
   </si>
   <si>
     <t>Vladimír Kohout</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
     <t>16.10.2025</t>
   </si>
   <si>
     <t>10.4.2025</t>
   </si>
   <si>
     <t>18.9.2024</t>
   </si>
   <si>
     <t>3.4.2024</t>
   </si>
   <si>
     <t>11.1.2024</t>
   </si>
   <si>
@@ -114,50 +114,53 @@
     <t>4.11.2021</t>
   </si>
   <si>
     <t>20.2.2020</t>
   </si>
   <si>
     <t>17.1.2019</t>
   </si>
   <si>
     <t>Karel Mašek</t>
   </si>
   <si>
     <t>12.11.2025</t>
   </si>
   <si>
     <t>17.3.2023</t>
   </si>
   <si>
     <t>30.11.2022</t>
   </si>
   <si>
     <t>28.11.2019</t>
   </si>
   <si>
     <t>Vojtěch Vojtíšek</t>
+  </si>
+  <si>
+    <t>8.12.2025</t>
   </si>
   <si>
     <t>3.12.2025</t>
   </si>
   <si>
     <t>17.3.2025</t>
   </si>
   <si>
     <t>20.2.2025</t>
   </si>
   <si>
     <t>7.12.2023</t>
   </si>
   <si>
     <t>20.2.2023</t>
   </si>
   <si>
     <t>29.9.2022</t>
   </si>
   <si>
     <t>11.11.2021</t>
   </si>
   <si>
     <t>29.9.2021</t>
   </si>
@@ -1211,163 +1214,169 @@
       </c>
       <c r="X13" s="6">
         <v>100</v>
       </c>
       <c r="Y13" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="15" spans="1:29">
       <c r="A15" s="2" t="s">
         <v>33</v>
       </c>
       <c r="B15" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C15" s="6" t="s">
         <v>34</v>
       </c>
       <c r="D15" s="6" t="s">
         <v>35</v>
       </c>
       <c r="E15" s="6" t="s">
         <v>36</v>
       </c>
       <c r="F15" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="G15" s="6" t="s">
         <v>6</v>
-      </c>
-[...1 lines deleted...]
-        <v>37</v>
       </c>
       <c r="H15" s="6" t="s">
         <v>38</v>
       </c>
       <c r="I15" s="6" t="s">
         <v>39</v>
       </c>
       <c r="J15" s="6" t="s">
         <v>40</v>
       </c>
       <c r="K15" s="6" t="s">
+        <v>41</v>
+      </c>
+      <c r="L15" s="6" t="s">
         <v>25</v>
-      </c>
-[...1 lines deleted...]
-        <v>41</v>
       </c>
       <c r="M15" s="6" t="s">
         <v>42</v>
       </c>
       <c r="N15" s="6" t="s">
         <v>43</v>
       </c>
       <c r="O15" s="6" t="s">
+        <v>44</v>
+      </c>
+      <c r="P15" s="6" t="s">
         <v>26</v>
       </c>
-      <c r="P15" s="6" t="s">
+      <c r="Q15" s="6" t="s">
         <v>32</v>
-      </c>
-[...1 lines deleted...]
-        <v>44</v>
       </c>
       <c r="R15" s="6" t="s">
         <v>45</v>
       </c>
       <c r="S15" s="6" t="s">
         <v>46</v>
       </c>
       <c r="T15" s="6" t="s">
+        <v>47</v>
+      </c>
+      <c r="U15" s="6" t="s">
         <v>12</v>
       </c>
-      <c r="U15" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="V15" s="6" t="s">
+        <v>48</v>
+      </c>
+      <c r="W15" s="6" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="16" spans="1:29">
       <c r="B16" s="5" t="s">
         <v>15</v>
       </c>
       <c r="C16" s="4">
+        <v>443</v>
+      </c>
+      <c r="D16" s="4">
         <v>397</v>
       </c>
-      <c r="D16" s="4">
+      <c r="E16" s="4">
         <v>396</v>
       </c>
-      <c r="E16" s="4">
+      <c r="F16" s="4">
         <v>470</v>
       </c>
-      <c r="F16" s="4">
+      <c r="G16" s="4">
         <v>447</v>
       </c>
-      <c r="G16" s="4">
+      <c r="H16" s="4">
         <v>439</v>
       </c>
-      <c r="H16" s="4">
+      <c r="I16" s="4">
         <v>432</v>
       </c>
-      <c r="I16" s="4">
+      <c r="J16" s="4">
         <v>454</v>
       </c>
-      <c r="J16" s="4">
+      <c r="K16" s="4">
         <v>441</v>
       </c>
-      <c r="K16" s="4">
+      <c r="L16" s="4">
         <v>420</v>
       </c>
-      <c r="L16" s="4">
+      <c r="M16" s="4">
         <v>441</v>
       </c>
-      <c r="M16" s="4">
+      <c r="N16" s="4">
         <v>478</v>
       </c>
-      <c r="N16" s="4">
+      <c r="O16" s="4">
         <v>477</v>
       </c>
-      <c r="O16" s="4">
+      <c r="P16" s="4">
         <v>454</v>
       </c>
-      <c r="P16" s="4">
+      <c r="Q16" s="4">
         <v>490</v>
       </c>
-      <c r="Q16" s="4">
+      <c r="R16" s="4">
         <v>413</v>
       </c>
-      <c r="R16" s="4">
+      <c r="S16" s="4">
         <v>432</v>
       </c>
-      <c r="S16" s="4">
+      <c r="T16" s="4">
         <v>415</v>
       </c>
-      <c r="T16" s="4">
+      <c r="U16" s="4">
         <v>445</v>
       </c>
-      <c r="U16" s="4">
+      <c r="V16" s="4">
         <v>458</v>
       </c>
-      <c r="V16" s="4">
+      <c r="W16" s="4">
         <v>412</v>
       </c>
     </row>
     <row r="17" spans="1:29">
       <c r="B17" s="5" t="s">
         <v>16</v>
       </c>
       <c r="C17" s="6">
         <v>100</v>
       </c>
       <c r="D17" s="6">
         <v>100</v>
       </c>
       <c r="E17" s="6">
         <v>100</v>
       </c>
       <c r="F17" s="6">
         <v>100</v>
       </c>
       <c r="G17" s="6">
         <v>100</v>
       </c>
       <c r="H17" s="6">
         <v>100</v>
       </c>
@@ -1391,60 +1400,63 @@
       </c>
       <c r="O17" s="6">
         <v>100</v>
       </c>
       <c r="P17" s="6">
         <v>100</v>
       </c>
       <c r="Q17" s="6">
         <v>100</v>
       </c>
       <c r="R17" s="6">
         <v>100</v>
       </c>
       <c r="S17" s="6">
         <v>100</v>
       </c>
       <c r="T17" s="6">
         <v>100</v>
       </c>
       <c r="U17" s="6">
         <v>100</v>
       </c>
       <c r="V17" s="6">
         <v>100</v>
       </c>
+      <c r="W17" s="6">
+        <v>100</v>
+      </c>
     </row>
     <row r="19" spans="1:29">
       <c r="A19" s="2" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B19" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C19" s="6" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="D19" s="6" t="s">
         <v>18</v>
       </c>
       <c r="E19" s="6" t="s">
         <v>29</v>
       </c>
       <c r="F19" s="6" t="s">
         <v>3</v>
       </c>
       <c r="G19" s="6" t="s">
         <v>4</v>
       </c>
       <c r="H19" s="6" t="s">
         <v>19</v>
       </c>
       <c r="I19" s="6" t="s">
         <v>5</v>
       </c>
       <c r="J19" s="6" t="s">
         <v>20</v>
       </c>
       <c r="K19" s="6" t="s">
         <v>7</v>
       </c>
@@ -1463,51 +1475,51 @@
       <c r="P19" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Q19" s="6" t="s">
         <v>24</v>
       </c>
       <c r="R19" s="6" t="s">
         <v>25</v>
       </c>
       <c r="S19" s="6" t="s">
         <v>26</v>
       </c>
       <c r="T19" s="6" t="s">
         <v>9</v>
       </c>
       <c r="U19" s="6" t="s">
         <v>32</v>
       </c>
       <c r="V19" s="6" t="s">
         <v>10</v>
       </c>
       <c r="W19" s="6" t="s">
         <v>27</v>
       </c>
       <c r="X19" s="6" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
     </row>
     <row r="20" spans="1:29">
       <c r="B20" s="5" t="s">
         <v>15</v>
       </c>
       <c r="C20" s="4">
         <v>434</v>
       </c>
       <c r="D20" s="4">
         <v>427</v>
       </c>
       <c r="E20" s="4">
         <v>396</v>
       </c>
       <c r="F20" s="4">
         <v>422</v>
       </c>
       <c r="G20" s="4">
         <v>398</v>
       </c>
       <c r="H20" s="4">
         <v>444</v>
       </c>
       <c r="I20" s="4">
@@ -1610,93 +1622,93 @@
       </c>
       <c r="R21" s="6">
         <v>100</v>
       </c>
       <c r="S21" s="6">
         <v>100</v>
       </c>
       <c r="T21" s="6">
         <v>100</v>
       </c>
       <c r="U21" s="6">
         <v>100</v>
       </c>
       <c r="V21" s="6">
         <v>100</v>
       </c>
       <c r="W21" s="6">
         <v>100</v>
       </c>
       <c r="X21" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="23" spans="1:29">
       <c r="A23" s="2" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B23" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C23" s="6" t="s">
         <v>29</v>
       </c>
       <c r="D23" s="6" t="s">
         <v>19</v>
       </c>
       <c r="E23" s="6" t="s">
         <v>5</v>
       </c>
       <c r="F23" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G23" s="6" t="s">
         <v>30</v>
       </c>
       <c r="H23" s="6" t="s">
         <v>22</v>
       </c>
       <c r="I23" s="6" t="s">
         <v>31</v>
       </c>
       <c r="J23" s="6" t="s">
         <v>24</v>
       </c>
       <c r="K23" s="6" t="s">
         <v>32</v>
       </c>
       <c r="L23" s="6" t="s">
         <v>10</v>
       </c>
       <c r="M23" s="6" t="s">
         <v>27</v>
       </c>
       <c r="N23" s="6" t="s">
         <v>11</v>
       </c>
       <c r="O23" s="6" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
     </row>
     <row r="24" spans="1:29">
       <c r="B24" s="5" t="s">
         <v>15</v>
       </c>
       <c r="C24" s="4">
         <v>348</v>
       </c>
       <c r="D24" s="4">
         <v>386</v>
       </c>
       <c r="E24" s="4">
         <v>399</v>
       </c>
       <c r="F24" s="4">
         <v>398</v>
       </c>
       <c r="G24" s="4">
         <v>389</v>
       </c>
       <c r="H24" s="4">
         <v>383</v>
       </c>
       <c r="I24" s="4">
@@ -1745,117 +1757,117 @@
       </c>
       <c r="I25" s="6">
         <v>100</v>
       </c>
       <c r="J25" s="6">
         <v>100</v>
       </c>
       <c r="K25" s="6">
         <v>100</v>
       </c>
       <c r="L25" s="6">
         <v>100</v>
       </c>
       <c r="M25" s="6">
         <v>100</v>
       </c>
       <c r="N25" s="6">
         <v>100</v>
       </c>
       <c r="O25" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="27" spans="1:29">
       <c r="A27" s="2" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="6" t="s">
         <v>29</v>
       </c>
       <c r="D27" s="6" t="s">
         <v>3</v>
       </c>
       <c r="E27" s="6" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="F27" s="6" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="G27" s="6" t="s">
         <v>19</v>
       </c>
       <c r="H27" s="6" t="s">
         <v>20</v>
       </c>
       <c r="I27" s="6" t="s">
         <v>21</v>
       </c>
       <c r="J27" s="6" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="K27" s="6" t="s">
         <v>8</v>
       </c>
       <c r="L27" s="6" t="s">
         <v>30</v>
       </c>
       <c r="M27" s="6" t="s">
         <v>22</v>
       </c>
       <c r="N27" s="6" t="s">
         <v>31</v>
       </c>
       <c r="O27" s="6" t="s">
         <v>23</v>
       </c>
       <c r="P27" s="6" t="s">
         <v>24</v>
       </c>
       <c r="Q27" s="6" t="s">
         <v>26</v>
       </c>
       <c r="R27" s="6" t="s">
         <v>9</v>
       </c>
       <c r="S27" s="6" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="T27" s="6" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="U27" s="6" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="V27" s="6" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="W27" s="6" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
     </row>
     <row r="28" spans="1:29">
       <c r="B28" s="5" t="s">
         <v>15</v>
       </c>
       <c r="C28" s="4">
         <v>402</v>
       </c>
       <c r="D28" s="4">
         <v>437</v>
       </c>
       <c r="E28" s="4">
         <v>416</v>
       </c>
       <c r="F28" s="4">
         <v>390</v>
       </c>
       <c r="G28" s="4">
         <v>396</v>
       </c>
       <c r="H28" s="4">
         <v>422</v>
       </c>
       <c r="I28" s="4">
@@ -1952,51 +1964,51 @@
       </c>
       <c r="Q29" s="6">
         <v>100</v>
       </c>
       <c r="R29" s="6">
         <v>100</v>
       </c>
       <c r="S29" s="6">
         <v>100</v>
       </c>
       <c r="T29" s="6">
         <v>100</v>
       </c>
       <c r="U29" s="6">
         <v>100</v>
       </c>
       <c r="V29" s="6">
         <v>100</v>
       </c>
       <c r="W29" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="31" spans="1:29">
       <c r="A31" s="2" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="6" t="s">
         <v>5</v>
       </c>
       <c r="D31" s="6" t="s">
         <v>6</v>
       </c>
       <c r="E31" s="6" t="s">
         <v>21</v>
       </c>
       <c r="F31" s="6" t="s">
         <v>8</v>
       </c>
       <c r="G31" s="6" t="s">
         <v>31</v>
       </c>
       <c r="H31" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I31" s="6" t="s">
         <v>24</v>
       </c>
@@ -2105,69 +2117,69 @@
       </c>
       <c r="K33" s="6">
         <v>100</v>
       </c>
       <c r="L33" s="6">
         <v>100</v>
       </c>
       <c r="M33" s="6">
         <v>100</v>
       </c>
       <c r="N33" s="6">
         <v>100</v>
       </c>
       <c r="O33" s="6">
         <v>100</v>
       </c>
       <c r="P33" s="6">
         <v>100</v>
       </c>
       <c r="Q33" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="35" spans="1:29">
       <c r="A35" s="2" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C35" s="6" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="D35" s="6" t="s">
         <v>18</v>
       </c>
       <c r="E35" s="6" t="s">
         <v>29</v>
       </c>
       <c r="F35" s="6" t="s">
         <v>3</v>
       </c>
       <c r="G35" s="6" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H35" s="6" t="s">
         <v>4</v>
       </c>
       <c r="I35" s="6" t="s">
         <v>19</v>
       </c>
       <c r="J35" s="6" t="s">
         <v>5</v>
       </c>
       <c r="K35" s="6" t="s">
         <v>6</v>
       </c>
       <c r="L35" s="6" t="s">
         <v>20</v>
       </c>
       <c r="M35" s="6" t="s">
         <v>7</v>
       </c>
       <c r="N35" s="6" t="s">
         <v>21</v>
       </c>
       <c r="O35" s="6" t="s">
         <v>8</v>
       </c>