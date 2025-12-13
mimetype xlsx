--- v0 (2025-12-05)
+++ v1 (2025-12-13)
@@ -32,50 +32,53 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="165">
   <si>
     <t>Výsledky hráčů družstva KK Slavoj Praha na kuželně SK Žižkov Praha</t>
   </si>
   <si>
     <t>Ivan Sedláček</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
     <t>Výkon:</t>
   </si>
   <si>
     <t>Počet hodů:</t>
   </si>
   <si>
     <t>Evžen Valtr</t>
   </si>
   <si>
+    <t>6.12.2025</t>
+  </si>
+  <si>
     <t>22.11.2025</t>
   </si>
   <si>
     <t>1.11.2025</t>
   </si>
   <si>
     <t>4.10.2025</t>
   </si>
   <si>
     <t>20.9.2025</t>
   </si>
   <si>
     <t>12.4.2025</t>
   </si>
   <si>
     <t>29.3.2025</t>
   </si>
   <si>
     <t>15.3.2025</t>
   </si>
   <si>
     <t>1.3.2025</t>
   </si>
   <si>
     <t>1.2.2025</t>
@@ -116,299 +119,299 @@
   <si>
     <t>11.11.2023</t>
   </si>
   <si>
     <t>21.10.2023</t>
   </si>
   <si>
     <t>30.9.2023</t>
   </si>
   <si>
     <t>16.9.2023</t>
   </si>
   <si>
     <t>1.4.2023</t>
   </si>
   <si>
     <t>26.3.2023</t>
   </si>
   <si>
     <t>18.3.2023</t>
   </si>
   <si>
     <t>12.3.2023</t>
   </si>
   <si>
+    <t>Aleš Král</t>
+  </si>
+  <si>
+    <t>2.10.2025</t>
+  </si>
+  <si>
+    <t>22.4.2025</t>
+  </si>
+  <si>
+    <t>17.4.2025</t>
+  </si>
+  <si>
+    <t>3.4.2025</t>
+  </si>
+  <si>
+    <t>20.3.2025</t>
+  </si>
+  <si>
+    <t>25.2.2025</t>
+  </si>
+  <si>
+    <t>10.2.2025</t>
+  </si>
+  <si>
+    <t>17.10.2024</t>
+  </si>
+  <si>
+    <t>8.10.2024</t>
+  </si>
+  <si>
+    <t>19.9.2024</t>
+  </si>
+  <si>
+    <t>6.4.2024</t>
+  </si>
+  <si>
+    <t>25.11.2023</t>
+  </si>
+  <si>
+    <t>11.3.2023</t>
+  </si>
+  <si>
+    <t>25.2.2023</t>
+  </si>
+  <si>
+    <t>10.12.2022</t>
+  </si>
+  <si>
+    <t>22.10.2022</t>
+  </si>
+  <si>
+    <t>1.10.2022</t>
+  </si>
+  <si>
+    <t>17.9.2022</t>
+  </si>
+  <si>
+    <t>18.3.2022</t>
+  </si>
+  <si>
+    <t>24.2.2022</t>
+  </si>
+  <si>
+    <t>11.2.2022</t>
+  </si>
+  <si>
+    <t>28.1.2022</t>
+  </si>
+  <si>
+    <t>6.12.2021</t>
+  </si>
+  <si>
+    <t>3.12.2021</t>
+  </si>
+  <si>
+    <t>25.11.2021</t>
+  </si>
+  <si>
+    <t>4.11.2021</t>
+  </si>
+  <si>
+    <t>Anton Stašák</t>
+  </si>
+  <si>
+    <t>5.12.2025</t>
+  </si>
+  <si>
+    <t>14.11.2025</t>
+  </si>
+  <si>
+    <t>31.10.2025</t>
+  </si>
+  <si>
+    <t>17.10.2025</t>
+  </si>
+  <si>
+    <t>3.10.2025</t>
+  </si>
+  <si>
+    <t>19.9.2025</t>
+  </si>
+  <si>
+    <t>11.4.2025</t>
+  </si>
+  <si>
+    <t>4.4.2025</t>
+  </si>
+  <si>
+    <t>21.3.2025</t>
+  </si>
+  <si>
+    <t>17.1.2025</t>
+  </si>
+  <si>
+    <t>6.12.2024</t>
+  </si>
+  <si>
+    <t>15.11.2024</t>
+  </si>
+  <si>
+    <t>1.11.2024</t>
+  </si>
+  <si>
+    <t>18.10.2024</t>
+  </si>
+  <si>
+    <t>4.10.2024</t>
+  </si>
+  <si>
+    <t>4.9.2024</t>
+  </si>
+  <si>
+    <t>13.4.2024</t>
+  </si>
+  <si>
+    <t>5.4.2024</t>
+  </si>
+  <si>
+    <t>22.3.2024</t>
+  </si>
+  <si>
+    <t>8.3.2024</t>
+  </si>
+  <si>
+    <t>5.3.2024</t>
+  </si>
+  <si>
+    <t>16.2.2024</t>
+  </si>
+  <si>
+    <t>2.2.2024</t>
+  </si>
+  <si>
+    <t>12.1.2024</t>
+  </si>
+  <si>
+    <t>8.12.2023</t>
+  </si>
+  <si>
+    <t>24.11.2023</t>
+  </si>
+  <si>
+    <t>10.11.2023</t>
+  </si>
+  <si>
+    <t>31.10.2023</t>
+  </si>
+  <si>
+    <t>6.10.2023</t>
+  </si>
+  <si>
+    <t>22.9.2023</t>
+  </si>
+  <si>
+    <t>Igor Búrik</t>
+  </si>
+  <si>
+    <t>16.10.2016</t>
+  </si>
+  <si>
+    <t>Michal Koubek</t>
+  </si>
+  <si>
+    <t>19.11.2022</t>
+  </si>
+  <si>
+    <t>9.4.2022</t>
+  </si>
+  <si>
+    <t>19.3.2022</t>
+  </si>
+  <si>
+    <t>5.3.2022</t>
+  </si>
+  <si>
+    <t>6.2.2022</t>
+  </si>
+  <si>
+    <t>22.1.2022</t>
+  </si>
+  <si>
+    <t>17.10.2021</t>
+  </si>
+  <si>
+    <t>26.9.2021</t>
+  </si>
+  <si>
+    <t>18.9.2021</t>
+  </si>
+  <si>
+    <t>12.9.2021</t>
+  </si>
+  <si>
+    <t>4.9.2021</t>
+  </si>
+  <si>
+    <t>24.10.2019</t>
+  </si>
+  <si>
+    <t>19.9.2019</t>
+  </si>
+  <si>
+    <t>Petr Pavlík</t>
+  </si>
+  <si>
+    <t>16.11.2025</t>
+  </si>
+  <si>
+    <t>16.3.2025</t>
+  </si>
+  <si>
+    <t>2.3.2025</t>
+  </si>
+  <si>
+    <t>30.11.2024</t>
+  </si>
+  <si>
+    <t>3.11.2024</t>
+  </si>
+  <si>
+    <t>6.10.2024</t>
+  </si>
+  <si>
+    <t>14.9.2024</t>
+  </si>
+  <si>
     <t>26.2.2023</t>
   </si>
   <si>
-    <t>Aleš Král</t>
-[...244 lines deleted...]
-  <si>
     <t>Jaroslav Hažva</t>
   </si>
   <si>
     <t>22.9.2024</t>
   </si>
   <si>
     <t>Zdeněk Gartus</t>
   </si>
   <si>
     <t>František Rusín</t>
   </si>
   <si>
     <t>Josef Dvořák</t>
   </si>
   <si>
     <t>14.4.2022</t>
   </si>
   <si>
     <t>21.10.2021</t>
   </si>
   <si>
     <t>15.9.2021</t>
   </si>
   <si>
     <t>4.4.2019</t>
@@ -432,53 +435,50 @@
     <t>11.3.2017</t>
   </si>
   <si>
     <t>11.2.2017</t>
   </si>
   <si>
     <t>3.12.2016</t>
   </si>
   <si>
     <t>12.11.2016</t>
   </si>
   <si>
     <t>24.9.2016</t>
   </si>
   <si>
     <t>Lukáš Janko</t>
   </si>
   <si>
     <t>11.2.2023</t>
   </si>
   <si>
     <t>21.1.2023</t>
   </si>
   <si>
     <t>1.4.2017</t>
-  </si>
-[...1 lines deleted...]
-    <t>25.2.2017</t>
   </si>
   <si>
     <t>Petr Pravlovský</t>
   </si>
   <si>
     <t>17.3.2023</t>
   </si>
   <si>
     <t>22.2.2023</t>
   </si>
   <si>
     <t>17.2.2023</t>
   </si>
   <si>
     <t>3.2.2023</t>
   </si>
   <si>
     <t>20.1.2023</t>
   </si>
   <si>
     <t>9.12.2022</t>
   </si>
   <si>
     <t>2.12.2022</t>
   </si>
@@ -1037,182 +1037,182 @@
       <c r="L7" s="6" t="s">
         <v>15</v>
       </c>
       <c r="M7" s="6" t="s">
         <v>16</v>
       </c>
       <c r="N7" s="6" t="s">
         <v>17</v>
       </c>
       <c r="O7" s="6" t="s">
         <v>18</v>
       </c>
       <c r="P7" s="6" t="s">
         <v>19</v>
       </c>
       <c r="Q7" s="6" t="s">
         <v>20</v>
       </c>
       <c r="R7" s="6" t="s">
         <v>21</v>
       </c>
       <c r="S7" s="6" t="s">
         <v>22</v>
       </c>
       <c r="T7" s="6" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="U7" s="6" t="s">
         <v>23</v>
       </c>
       <c r="V7" s="6" t="s">
         <v>24</v>
       </c>
       <c r="W7" s="6" t="s">
         <v>25</v>
       </c>
       <c r="X7" s="6" t="s">
         <v>26</v>
       </c>
       <c r="Y7" s="6" t="s">
         <v>27</v>
       </c>
       <c r="Z7" s="6" t="s">
         <v>28</v>
       </c>
       <c r="AA7" s="6" t="s">
         <v>29</v>
       </c>
       <c r="AB7" s="6" t="s">
         <v>30</v>
       </c>
       <c r="AC7" s="6" t="s">
         <v>31</v>
       </c>
       <c r="AD7" s="6" t="s">
         <v>32</v>
       </c>
       <c r="AE7" s="6" t="s">
         <v>33</v>
       </c>
       <c r="AF7" s="6" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="8" spans="1:32">
       <c r="B8" s="5" t="s">
         <v>3</v>
       </c>
       <c r="C8" s="4">
+        <v>566</v>
+      </c>
+      <c r="D8" s="4">
         <v>580</v>
       </c>
-      <c r="D8" s="4">
+      <c r="E8" s="4">
         <v>600</v>
       </c>
-      <c r="E8" s="4">
+      <c r="F8" s="4">
         <v>570</v>
       </c>
-      <c r="F8" s="4">
+      <c r="G8" s="4">
         <v>597</v>
       </c>
-      <c r="G8" s="4">
+      <c r="H8" s="4">
         <v>534</v>
       </c>
-      <c r="H8" s="4">
+      <c r="I8" s="4">
         <v>571</v>
       </c>
-      <c r="I8" s="4">
+      <c r="J8" s="4">
         <v>572</v>
       </c>
-      <c r="J8" s="4">
+      <c r="K8" s="4">
         <v>562</v>
       </c>
-      <c r="K8" s="4">
+      <c r="L8" s="4">
         <v>607</v>
       </c>
-      <c r="L8" s="4">
+      <c r="M8" s="4">
         <v>596</v>
       </c>
-      <c r="M8" s="4">
+      <c r="N8" s="4">
         <v>560</v>
       </c>
-      <c r="N8" s="4">
+      <c r="O8" s="4">
         <v>578</v>
       </c>
-      <c r="O8" s="4">
+      <c r="P8" s="4">
         <v>538</v>
       </c>
-      <c r="P8" s="4">
+      <c r="Q8" s="4">
         <v>574</v>
       </c>
-      <c r="Q8" s="4">
+      <c r="R8" s="4">
         <v>587</v>
       </c>
-      <c r="R8" s="4">
+      <c r="S8" s="4">
         <v>586</v>
       </c>
-      <c r="S8" s="4">
+      <c r="T8" s="4">
         <v>590</v>
       </c>
-      <c r="T8" s="4">
+      <c r="U8" s="4">
         <v>548</v>
       </c>
-      <c r="U8" s="4">
+      <c r="V8" s="4">
         <v>575</v>
       </c>
-      <c r="V8" s="4">
+      <c r="W8" s="4">
         <v>559</v>
       </c>
-      <c r="W8" s="4">
+      <c r="X8" s="4">
         <v>549</v>
       </c>
-      <c r="X8" s="4">
+      <c r="Y8" s="4">
         <v>556</v>
       </c>
-      <c r="Y8" s="4">
+      <c r="Z8" s="4">
         <v>576</v>
       </c>
-      <c r="Z8" s="4">
+      <c r="AA8" s="4">
         <v>623</v>
       </c>
-      <c r="AA8" s="4">
+      <c r="AB8" s="4">
         <v>593</v>
       </c>
-      <c r="AB8" s="4">
+      <c r="AC8" s="4">
         <v>568</v>
       </c>
-      <c r="AC8" s="4">
+      <c r="AD8" s="4">
         <v>592</v>
       </c>
-      <c r="AD8" s="4">
+      <c r="AE8" s="4">
         <v>574</v>
       </c>
-      <c r="AE8" s="4">
+      <c r="AF8" s="4">
         <v>637</v>
-      </c>
-[...1 lines deleted...]
-        <v>565</v>
       </c>
     </row>
     <row r="9" spans="1:32">
       <c r="B9" s="5" t="s">
         <v>4</v>
       </c>
       <c r="C9" s="4">
         <v>120</v>
       </c>
       <c r="D9" s="4">
         <v>120</v>
       </c>
       <c r="E9" s="4">
         <v>120</v>
       </c>
       <c r="F9" s="4">
         <v>120</v>
       </c>
       <c r="G9" s="4">
         <v>120</v>
       </c>
       <c r="H9" s="4">
         <v>120</v>
       </c>
       <c r="I9" s="4">
@@ -1310,60 +1310,60 @@
       <c r="G11" s="6" t="s">
         <v>40</v>
       </c>
       <c r="H11" s="6" t="s">
         <v>41</v>
       </c>
       <c r="I11" s="6" t="s">
         <v>42</v>
       </c>
       <c r="J11" s="6" t="s">
         <v>43</v>
       </c>
       <c r="K11" s="6" t="s">
         <v>44</v>
       </c>
       <c r="L11" s="6" t="s">
         <v>45</v>
       </c>
       <c r="M11" s="6" t="s">
         <v>46</v>
       </c>
       <c r="N11" s="6" t="s">
         <v>47</v>
       </c>
       <c r="O11" s="6" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="P11" s="6" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="Q11" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="R11" s="6" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="S11" s="6" t="s">
         <v>48</v>
       </c>
       <c r="T11" s="6" t="s">
         <v>49</v>
       </c>
       <c r="U11" s="6" t="s">
         <v>50</v>
       </c>
       <c r="V11" s="6" t="s">
         <v>51</v>
       </c>
       <c r="W11" s="6" t="s">
         <v>52</v>
       </c>
       <c r="X11" s="6" t="s">
         <v>53</v>
       </c>
       <c r="Y11" s="6" t="s">
         <v>54</v>
       </c>
       <c r="Z11" s="6" t="s">
         <v>55</v>
       </c>
@@ -1880,81 +1880,81 @@
         <v>3</v>
       </c>
       <c r="C20" s="4">
         <v>582</v>
       </c>
     </row>
     <row r="21" spans="1:32">
       <c r="B21" s="5" t="s">
         <v>4</v>
       </c>
       <c r="C21" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="23" spans="1:32">
       <c r="A23" s="2" t="s">
         <v>95</v>
       </c>
       <c r="B23" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C23" s="6" t="s">
         <v>46</v>
       </c>
       <c r="D23" s="6" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="E23" s="6" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F23" s="6" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G23" s="6" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="H23" s="6" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="I23" s="6" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="J23" s="6" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="K23" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="L23" s="6" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="M23" s="6" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="N23" s="6" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="O23" s="6" t="s">
         <v>49</v>
       </c>
       <c r="P23" s="6" t="s">
         <v>50</v>
       </c>
       <c r="Q23" s="6" t="s">
         <v>96</v>
       </c>
       <c r="R23" s="6" t="s">
         <v>51</v>
       </c>
       <c r="S23" s="6" t="s">
         <v>53</v>
       </c>
       <c r="T23" s="6" t="s">
         <v>97</v>
       </c>
       <c r="U23" s="6" t="s">
         <v>98</v>
       </c>
       <c r="V23" s="6" t="s">
         <v>99</v>
       </c>
@@ -2159,230 +2159,230 @@
       </c>
       <c r="AB25" s="4">
         <v>120</v>
       </c>
       <c r="AC25" s="4">
         <v>120</v>
       </c>
       <c r="AD25" s="6">
         <v>100</v>
       </c>
       <c r="AE25" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="27" spans="1:32">
       <c r="A27" s="2" t="s">
         <v>109</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="6" t="s">
         <v>6</v>
       </c>
       <c r="D27" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="E27" s="6" t="s">
         <v>110</v>
       </c>
-      <c r="E27" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F27" s="6" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="G27" s="6" t="s">
         <v>10</v>
       </c>
       <c r="H27" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="I27" s="6" t="s">
         <v>111</v>
       </c>
-      <c r="I27" s="6" t="s">
+      <c r="J27" s="6" t="s">
         <v>112</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="K27" s="6" t="s">
         <v>14</v>
       </c>
       <c r="L27" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="M27" s="6" t="s">
         <v>113</v>
       </c>
-      <c r="M27" s="6" t="s">
+      <c r="N27" s="6" t="s">
         <v>114</v>
       </c>
-      <c r="N27" s="6" t="s">
+      <c r="O27" s="6" t="s">
         <v>115</v>
       </c>
-      <c r="O27" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P27" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="Q27" s="6" t="s">
         <v>116</v>
       </c>
-      <c r="Q27" s="6" t="s">
+      <c r="R27" s="6" t="s">
         <v>46</v>
-      </c>
-[...1 lines deleted...]
-        <v>21</v>
       </c>
       <c r="S27" s="6" t="s">
         <v>22</v>
       </c>
       <c r="T27" s="6" t="s">
         <v>23</v>
       </c>
       <c r="U27" s="6" t="s">
         <v>24</v>
       </c>
       <c r="V27" s="6" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="W27" s="6" t="s">
         <v>25</v>
       </c>
       <c r="X27" s="6" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="Y27" s="6" t="s">
         <v>28</v>
       </c>
       <c r="Z27" s="6" t="s">
         <v>29</v>
       </c>
       <c r="AA27" s="6" t="s">
         <v>30</v>
       </c>
       <c r="AB27" s="6" t="s">
         <v>31</v>
       </c>
       <c r="AC27" s="6" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="AD27" s="6" t="s">
+        <v>117</v>
+      </c>
+      <c r="AE27" s="6" t="s">
         <v>49</v>
       </c>
-      <c r="AE27" s="6" t="s">
+      <c r="AF27" s="6" t="s">
         <v>96</v>
-      </c>
-[...1 lines deleted...]
-        <v>52</v>
       </c>
     </row>
     <row r="28" spans="1:32">
       <c r="B28" s="5" t="s">
         <v>3</v>
       </c>
       <c r="C28" s="4">
+        <v>576</v>
+      </c>
+      <c r="D28" s="4">
         <v>579</v>
       </c>
-      <c r="D28" s="4">
+      <c r="E28" s="4">
         <v>585</v>
       </c>
-      <c r="E28" s="4">
+      <c r="F28" s="4">
         <v>594</v>
       </c>
-      <c r="F28" s="4">
+      <c r="G28" s="4">
         <v>584</v>
       </c>
-      <c r="G28" s="4">
+      <c r="H28" s="4">
         <v>564</v>
       </c>
-      <c r="H28" s="4">
+      <c r="I28" s="4">
         <v>609</v>
       </c>
-      <c r="I28" s="4">
+      <c r="J28" s="4">
         <v>595</v>
       </c>
-      <c r="J28" s="4">
+      <c r="K28" s="4">
         <v>596</v>
       </c>
-      <c r="K28" s="4">
+      <c r="L28" s="4">
         <v>607</v>
       </c>
-      <c r="L28" s="4">
+      <c r="M28" s="4">
         <v>565</v>
       </c>
-      <c r="M28" s="4">
+      <c r="N28" s="4">
         <v>600</v>
       </c>
-      <c r="N28" s="4">
+      <c r="O28" s="4">
         <v>572</v>
       </c>
-      <c r="O28" s="4">
+      <c r="P28" s="4">
         <v>576</v>
       </c>
-      <c r="P28" s="4">
+      <c r="Q28" s="4">
         <v>582</v>
       </c>
-      <c r="Q28" s="4">
+      <c r="R28" s="4">
         <v>592</v>
       </c>
-      <c r="R28" s="4">
+      <c r="S28" s="4">
         <v>578</v>
       </c>
-      <c r="S28" s="4">
+      <c r="T28" s="4">
         <v>584</v>
       </c>
-      <c r="T28" s="4">
+      <c r="U28" s="4">
         <v>628</v>
       </c>
-      <c r="U28" s="4">
+      <c r="V28" s="4">
         <v>580</v>
       </c>
-      <c r="V28" s="4">
+      <c r="W28" s="4">
         <v>612</v>
       </c>
-      <c r="W28" s="4">
+      <c r="X28" s="4">
         <v>579</v>
       </c>
-      <c r="X28" s="4">
+      <c r="Y28" s="4">
         <v>558</v>
       </c>
-      <c r="Y28" s="4">
+      <c r="Z28" s="4">
         <v>606</v>
       </c>
-      <c r="Z28" s="4">
+      <c r="AA28" s="4">
         <v>573</v>
       </c>
-      <c r="AA28" s="4">
+      <c r="AB28" s="4">
         <v>622</v>
       </c>
-      <c r="AB28" s="4">
+      <c r="AC28" s="4">
         <v>578</v>
       </c>
-      <c r="AC28" s="4">
+      <c r="AD28" s="4">
         <v>639</v>
       </c>
-      <c r="AD28" s="4">
+      <c r="AE28" s="4">
         <v>611</v>
       </c>
-      <c r="AE28" s="4">
+      <c r="AF28" s="4">
         <v>594</v>
-      </c>
-[...1 lines deleted...]
-        <v>555</v>
       </c>
     </row>
     <row r="29" spans="1:32">
       <c r="B29" s="5" t="s">
         <v>4</v>
       </c>
       <c r="C29" s="4">
         <v>120</v>
       </c>
       <c r="D29" s="4">
         <v>120</v>
       </c>
       <c r="E29" s="4">
         <v>120</v>
       </c>
       <c r="F29" s="4">
         <v>120</v>
       </c>
       <c r="G29" s="4">
         <v>120</v>
       </c>
       <c r="H29" s="4">
         <v>120</v>
       </c>
       <c r="I29" s="4">
@@ -2438,236 +2438,236 @@
       </c>
       <c r="Z29" s="4">
         <v>120</v>
       </c>
       <c r="AA29" s="4">
         <v>120</v>
       </c>
       <c r="AB29" s="4">
         <v>120</v>
       </c>
       <c r="AC29" s="4">
         <v>120</v>
       </c>
       <c r="AD29" s="4">
         <v>120</v>
       </c>
       <c r="AE29" s="4">
         <v>120</v>
       </c>
       <c r="AF29" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="31" spans="1:32">
       <c r="A31" s="2" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="6" t="s">
         <v>6</v>
       </c>
       <c r="D31" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="E31" s="6" t="s">
         <v>110</v>
       </c>
-      <c r="E31" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F31" s="6" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="G31" s="6" t="s">
         <v>10</v>
       </c>
       <c r="H31" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="I31" s="6" t="s">
         <v>111</v>
       </c>
-      <c r="I31" s="6" t="s">
+      <c r="J31" s="6" t="s">
         <v>112</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="K31" s="6" t="s">
         <v>14</v>
       </c>
       <c r="L31" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="M31" s="6" t="s">
         <v>113</v>
       </c>
-      <c r="M31" s="6" t="s">
+      <c r="N31" s="6" t="s">
         <v>114</v>
       </c>
-      <c r="N31" s="6" t="s">
+      <c r="O31" s="6" t="s">
         <v>115</v>
       </c>
-      <c r="O31" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P31" s="6" t="s">
-        <v>118</v>
+        <v>21</v>
       </c>
       <c r="Q31" s="6" t="s">
+        <v>119</v>
+      </c>
+      <c r="R31" s="6" t="s">
         <v>116</v>
       </c>
-      <c r="R31" s="6" t="s">
+      <c r="S31" s="6" t="s">
         <v>46</v>
-      </c>
-[...1 lines deleted...]
-        <v>21</v>
       </c>
       <c r="T31" s="6" t="s">
         <v>22</v>
       </c>
       <c r="U31" s="6" t="s">
         <v>23</v>
       </c>
       <c r="V31" s="6" t="s">
         <v>24</v>
       </c>
       <c r="W31" s="6" t="s">
         <v>25</v>
       </c>
       <c r="X31" s="6" t="s">
         <v>26</v>
       </c>
       <c r="Y31" s="6" t="s">
         <v>27</v>
       </c>
       <c r="Z31" s="6" t="s">
         <v>28</v>
       </c>
       <c r="AA31" s="6" t="s">
         <v>29</v>
       </c>
       <c r="AB31" s="6" t="s">
         <v>30</v>
       </c>
       <c r="AC31" s="6" t="s">
         <v>31</v>
       </c>
       <c r="AD31" s="6" t="s">
         <v>32</v>
       </c>
       <c r="AE31" s="6" t="s">
         <v>33</v>
       </c>
       <c r="AF31" s="6" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="32" spans="1:32">
       <c r="B32" s="5" t="s">
         <v>3</v>
       </c>
       <c r="C32" s="4">
+        <v>620</v>
+      </c>
+      <c r="D32" s="4">
         <v>679</v>
       </c>
-      <c r="D32" s="4">
+      <c r="E32" s="4">
         <v>682</v>
       </c>
-      <c r="E32" s="4">
+      <c r="F32" s="4">
         <v>653</v>
       </c>
-      <c r="F32" s="4">
+      <c r="G32" s="4">
         <v>638</v>
       </c>
-      <c r="G32" s="4">
+      <c r="H32" s="4">
         <v>626</v>
       </c>
-      <c r="H32" s="4">
+      <c r="I32" s="4">
         <v>637</v>
       </c>
-      <c r="I32" s="4">
+      <c r="J32" s="4">
         <v>615</v>
       </c>
-      <c r="J32" s="4">
+      <c r="K32" s="4">
         <v>644</v>
       </c>
-      <c r="K32" s="4">
+      <c r="L32" s="4">
         <v>615</v>
       </c>
-      <c r="L32" s="4">
+      <c r="M32" s="4">
         <v>659</v>
       </c>
-      <c r="M32" s="4">
+      <c r="N32" s="4">
         <v>647</v>
       </c>
-      <c r="N32" s="4">
+      <c r="O32" s="4">
         <v>606</v>
       </c>
-      <c r="O32" s="4">
+      <c r="P32" s="4">
         <v>632</v>
       </c>
-      <c r="P32" s="4">
+      <c r="Q32" s="4">
         <v>626</v>
       </c>
-      <c r="Q32" s="4">
+      <c r="R32" s="4">
         <v>604</v>
       </c>
-      <c r="R32" s="4">
+      <c r="S32" s="4">
         <v>681</v>
       </c>
-      <c r="S32" s="4">
+      <c r="T32" s="4">
         <v>689</v>
       </c>
-      <c r="T32" s="4">
+      <c r="U32" s="4">
         <v>655</v>
       </c>
-      <c r="U32" s="4">
+      <c r="V32" s="4">
         <v>672</v>
       </c>
-      <c r="V32" s="4">
+      <c r="W32" s="4">
         <v>639</v>
       </c>
-      <c r="W32" s="4">
+      <c r="X32" s="4">
         <v>661</v>
       </c>
-      <c r="X32" s="4">
+      <c r="Y32" s="4">
         <v>609</v>
       </c>
-      <c r="Y32" s="4">
+      <c r="Z32" s="4">
         <v>663</v>
       </c>
-      <c r="Z32" s="4">
+      <c r="AA32" s="4">
         <v>675</v>
       </c>
-      <c r="AA32" s="4">
+      <c r="AB32" s="4">
         <v>662</v>
       </c>
-      <c r="AB32" s="4">
+      <c r="AC32" s="4">
         <v>666</v>
       </c>
-      <c r="AC32" s="4">
+      <c r="AD32" s="4">
         <v>670</v>
       </c>
-      <c r="AD32" s="4">
+      <c r="AE32" s="4">
         <v>658</v>
-      </c>
-[...1 lines deleted...]
-        <v>656</v>
       </c>
       <c r="AF32" s="4">
         <v>656</v>
       </c>
     </row>
     <row r="33" spans="1:32">
       <c r="B33" s="5" t="s">
         <v>4</v>
       </c>
       <c r="C33" s="4">
         <v>120</v>
       </c>
       <c r="D33" s="4">
         <v>120</v>
       </c>
       <c r="E33" s="4">
         <v>120</v>
       </c>
       <c r="F33" s="4">
         <v>120</v>
       </c>
       <c r="G33" s="4">
         <v>120</v>
       </c>
       <c r="H33" s="4">
@@ -2726,239 +2726,239 @@
       </c>
       <c r="Z33" s="4">
         <v>120</v>
       </c>
       <c r="AA33" s="4">
         <v>120</v>
       </c>
       <c r="AB33" s="4">
         <v>120</v>
       </c>
       <c r="AC33" s="4">
         <v>120</v>
       </c>
       <c r="AD33" s="4">
         <v>120</v>
       </c>
       <c r="AE33" s="4">
         <v>120</v>
       </c>
       <c r="AF33" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="35" spans="1:32">
       <c r="A35" s="2" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C35" s="6" t="s">
         <v>6</v>
       </c>
       <c r="D35" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="E35" s="6" t="s">
         <v>113</v>
       </c>
-      <c r="E35" s="6" t="s">
+      <c r="F35" s="6" t="s">
         <v>114</v>
       </c>
-      <c r="F35" s="6" t="s">
+      <c r="G35" s="6" t="s">
         <v>115</v>
       </c>
-      <c r="G35" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H35" s="6" t="s">
-        <v>118</v>
+        <v>21</v>
       </c>
       <c r="I35" s="6" t="s">
+        <v>119</v>
+      </c>
+      <c r="J35" s="6" t="s">
         <v>116</v>
       </c>
-      <c r="J35" s="6" t="s">
+      <c r="K35" s="6" t="s">
         <v>46</v>
-      </c>
-[...1 lines deleted...]
-        <v>21</v>
       </c>
       <c r="L35" s="6" t="s">
         <v>22</v>
       </c>
       <c r="M35" s="6" t="s">
         <v>23</v>
       </c>
       <c r="N35" s="6" t="s">
         <v>24</v>
       </c>
       <c r="O35" s="6" t="s">
         <v>25</v>
       </c>
       <c r="P35" s="6" t="s">
         <v>26</v>
       </c>
       <c r="Q35" s="6" t="s">
         <v>27</v>
       </c>
       <c r="R35" s="6" t="s">
         <v>28</v>
       </c>
       <c r="S35" s="6" t="s">
         <v>29</v>
       </c>
       <c r="T35" s="6" t="s">
         <v>30</v>
       </c>
       <c r="U35" s="6" t="s">
         <v>31</v>
       </c>
       <c r="V35" s="6" t="s">
         <v>32</v>
       </c>
       <c r="W35" s="6" t="s">
         <v>33</v>
       </c>
       <c r="X35" s="6" t="s">
         <v>34</v>
       </c>
       <c r="Y35" s="6" t="s">
+        <v>117</v>
+      </c>
+      <c r="Z35" s="6" t="s">
         <v>49</v>
       </c>
-      <c r="Z35" s="6" t="s">
+      <c r="AA35" s="6" t="s">
         <v>50</v>
       </c>
-      <c r="AA35" s="6" t="s">
+      <c r="AB35" s="6" t="s">
         <v>96</v>
       </c>
-      <c r="AB35" s="6" t="s">
+      <c r="AC35" s="6" t="s">
         <v>51</v>
       </c>
-      <c r="AC35" s="6" t="s">
+      <c r="AD35" s="6" t="s">
         <v>52</v>
       </c>
-      <c r="AD35" s="6" t="s">
+      <c r="AE35" s="6" t="s">
         <v>53</v>
       </c>
-      <c r="AE35" s="6" t="s">
+      <c r="AF35" s="6" t="s">
         <v>97</v>
-      </c>
-[...1 lines deleted...]
-        <v>98</v>
       </c>
     </row>
     <row r="36" spans="1:32">
       <c r="B36" s="5" t="s">
         <v>3</v>
       </c>
       <c r="C36" s="4">
+        <v>600</v>
+      </c>
+      <c r="D36" s="4">
         <v>584</v>
       </c>
-      <c r="D36" s="4">
+      <c r="E36" s="4">
         <v>586</v>
       </c>
-      <c r="E36" s="4">
+      <c r="F36" s="4">
         <v>540</v>
       </c>
-      <c r="F36" s="4">
+      <c r="G36" s="4">
         <v>629</v>
       </c>
-      <c r="G36" s="4">
+      <c r="H36" s="4">
         <v>609</v>
       </c>
-      <c r="H36" s="4">
+      <c r="I36" s="4">
         <v>630</v>
       </c>
-      <c r="I36" s="4">
+      <c r="J36" s="4">
         <v>634</v>
       </c>
-      <c r="J36" s="4">
+      <c r="K36" s="4">
         <v>646</v>
       </c>
-      <c r="K36" s="4">
+      <c r="L36" s="4">
         <v>619</v>
       </c>
-      <c r="L36" s="4">
+      <c r="M36" s="4">
         <v>623</v>
       </c>
-      <c r="M36" s="4">
+      <c r="N36" s="4">
         <v>651</v>
       </c>
-      <c r="N36" s="4">
+      <c r="O36" s="4">
         <v>580</v>
       </c>
-      <c r="O36" s="4">
+      <c r="P36" s="4">
         <v>605</v>
       </c>
-      <c r="P36" s="4">
+      <c r="Q36" s="4">
         <v>601</v>
       </c>
-      <c r="Q36" s="4">
+      <c r="R36" s="4">
         <v>634</v>
       </c>
-      <c r="R36" s="4">
+      <c r="S36" s="4">
         <v>591</v>
       </c>
-      <c r="S36" s="4">
+      <c r="T36" s="4">
         <v>624</v>
       </c>
-      <c r="T36" s="4">
+      <c r="U36" s="4">
         <v>635</v>
       </c>
-      <c r="U36" s="4">
+      <c r="V36" s="4">
         <v>637</v>
       </c>
-      <c r="V36" s="4">
+      <c r="W36" s="4">
         <v>643</v>
       </c>
-      <c r="W36" s="4">
+      <c r="X36" s="4">
         <v>616</v>
       </c>
-      <c r="X36" s="4">
+      <c r="Y36" s="4">
         <v>615</v>
-      </c>
-[...1 lines deleted...]
-        <v>639</v>
       </c>
       <c r="Z36" s="4">
         <v>639</v>
       </c>
       <c r="AA36" s="4">
+        <v>639</v>
+      </c>
+      <c r="AB36" s="4">
         <v>645</v>
       </c>
-      <c r="AB36" s="4">
+      <c r="AC36" s="4">
         <v>630</v>
       </c>
-      <c r="AC36" s="4">
+      <c r="AD36" s="4">
         <v>619</v>
       </c>
-      <c r="AD36" s="4">
+      <c r="AE36" s="4">
         <v>632</v>
       </c>
-      <c r="AE36" s="4">
+      <c r="AF36" s="4">
         <v>606</v>
-      </c>
-[...1 lines deleted...]
-        <v>613</v>
       </c>
     </row>
     <row r="37" spans="1:32">
       <c r="B37" s="5" t="s">
         <v>4</v>
       </c>
       <c r="C37" s="4">
         <v>120</v>
       </c>
       <c r="D37" s="4">
         <v>120</v>
       </c>
       <c r="E37" s="4">
         <v>120</v>
       </c>
       <c r="F37" s="4">
         <v>120</v>
       </c>
       <c r="G37" s="4">
         <v>120</v>
       </c>
       <c r="H37" s="4">
         <v>120</v>
       </c>
       <c r="I37" s="4">
@@ -3014,239 +3014,239 @@
       </c>
       <c r="Z37" s="4">
         <v>120</v>
       </c>
       <c r="AA37" s="4">
         <v>120</v>
       </c>
       <c r="AB37" s="4">
         <v>120</v>
       </c>
       <c r="AC37" s="4">
         <v>120</v>
       </c>
       <c r="AD37" s="4">
         <v>120</v>
       </c>
       <c r="AE37" s="4">
         <v>120</v>
       </c>
       <c r="AF37" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="39" spans="1:32">
       <c r="A39" s="2" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="B39" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C39" s="6" t="s">
         <v>6</v>
       </c>
       <c r="D39" s="6" t="s">
         <v>7</v>
       </c>
       <c r="E39" s="6" t="s">
         <v>8</v>
       </c>
       <c r="F39" s="6" t="s">
         <v>9</v>
       </c>
       <c r="G39" s="6" t="s">
         <v>10</v>
       </c>
       <c r="H39" s="6" t="s">
         <v>11</v>
       </c>
       <c r="I39" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="J39" s="6" t="s">
         <v>111</v>
-      </c>
-[...1 lines deleted...]
-        <v>12</v>
       </c>
       <c r="K39" s="6" t="s">
         <v>13</v>
       </c>
       <c r="L39" s="6" t="s">
         <v>14</v>
       </c>
       <c r="M39" s="6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="N39" s="6" t="s">
-        <v>118</v>
+        <v>15</v>
       </c>
       <c r="O39" s="6" t="s">
+        <v>119</v>
+      </c>
+      <c r="P39" s="6" t="s">
         <v>116</v>
       </c>
-      <c r="P39" s="6" t="s">
+      <c r="Q39" s="6" t="s">
         <v>46</v>
-      </c>
-[...1 lines deleted...]
-        <v>21</v>
       </c>
       <c r="R39" s="6" t="s">
         <v>22</v>
       </c>
       <c r="S39" s="6" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="T39" s="6" t="s">
         <v>23</v>
       </c>
       <c r="U39" s="6" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="V39" s="6" t="s">
         <v>24</v>
       </c>
       <c r="W39" s="6" t="s">
         <v>25</v>
       </c>
       <c r="X39" s="6" t="s">
         <v>26</v>
       </c>
       <c r="Y39" s="6" t="s">
         <v>27</v>
       </c>
       <c r="Z39" s="6" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="AA39" s="6" t="s">
         <v>30</v>
       </c>
       <c r="AB39" s="6" t="s">
         <v>31</v>
       </c>
       <c r="AC39" s="6" t="s">
         <v>32</v>
       </c>
       <c r="AD39" s="6" t="s">
         <v>33</v>
       </c>
       <c r="AE39" s="6" t="s">
+        <v>34</v>
+      </c>
+      <c r="AF39" s="6" t="s">
         <v>48</v>
-      </c>
-[...1 lines deleted...]
-        <v>34</v>
       </c>
     </row>
     <row r="40" spans="1:32">
       <c r="B40" s="5" t="s">
         <v>3</v>
       </c>
       <c r="C40" s="4">
+        <v>609</v>
+      </c>
+      <c r="D40" s="4">
         <v>598</v>
       </c>
-      <c r="D40" s="4">
+      <c r="E40" s="4">
         <v>563</v>
       </c>
-      <c r="E40" s="4">
+      <c r="F40" s="4">
         <v>541</v>
       </c>
-      <c r="F40" s="4">
+      <c r="G40" s="4">
         <v>568</v>
       </c>
-      <c r="G40" s="4">
+      <c r="H40" s="4">
         <v>524</v>
       </c>
-      <c r="H40" s="4">
+      <c r="I40" s="4">
         <v>551</v>
       </c>
-      <c r="I40" s="4">
+      <c r="J40" s="4">
         <v>549</v>
       </c>
-      <c r="J40" s="4">
+      <c r="K40" s="4">
         <v>596</v>
       </c>
-      <c r="K40" s="4">
+      <c r="L40" s="4">
         <v>571</v>
       </c>
-      <c r="L40" s="4">
+      <c r="M40" s="4">
         <v>528</v>
       </c>
-      <c r="M40" s="4">
+      <c r="N40" s="4">
         <v>565</v>
       </c>
-      <c r="N40" s="4">
+      <c r="O40" s="4">
         <v>551</v>
       </c>
-      <c r="O40" s="4">
+      <c r="P40" s="4">
         <v>570</v>
       </c>
-      <c r="P40" s="4">
+      <c r="Q40" s="4">
         <v>632</v>
       </c>
-      <c r="Q40" s="4">
+      <c r="R40" s="4">
         <v>565</v>
       </c>
-      <c r="R40" s="4">
+      <c r="S40" s="4">
         <v>569</v>
       </c>
-      <c r="S40" s="4">
+      <c r="T40" s="4">
         <v>584</v>
       </c>
-      <c r="T40" s="4">
+      <c r="U40" s="4">
         <v>610</v>
       </c>
-      <c r="U40" s="4">
+      <c r="V40" s="4">
         <v>602</v>
       </c>
-      <c r="V40" s="4">
+      <c r="W40" s="4">
         <v>541</v>
       </c>
-      <c r="W40" s="4">
+      <c r="X40" s="4">
         <v>564</v>
       </c>
-      <c r="X40" s="4">
+      <c r="Y40" s="4">
         <v>546</v>
       </c>
-      <c r="Y40" s="4">
+      <c r="Z40" s="4">
         <v>621</v>
       </c>
-      <c r="Z40" s="4">
+      <c r="AA40" s="4">
         <v>601</v>
       </c>
-      <c r="AA40" s="4">
+      <c r="AB40" s="4">
         <v>586</v>
       </c>
-      <c r="AB40" s="4">
+      <c r="AC40" s="4">
         <v>634</v>
       </c>
-      <c r="AC40" s="4">
+      <c r="AD40" s="4">
         <v>619</v>
       </c>
-      <c r="AD40" s="4">
+      <c r="AE40" s="4">
         <v>563</v>
       </c>
-      <c r="AE40" s="4">
+      <c r="AF40" s="4">
         <v>631</v>
-      </c>
-[...1 lines deleted...]
-        <v>599</v>
       </c>
     </row>
     <row r="41" spans="1:32">
       <c r="B41" s="5" t="s">
         <v>4</v>
       </c>
       <c r="C41" s="4">
         <v>120</v>
       </c>
       <c r="D41" s="4">
         <v>120</v>
       </c>
       <c r="E41" s="4">
         <v>120</v>
       </c>
       <c r="F41" s="4">
         <v>120</v>
       </c>
       <c r="G41" s="4">
         <v>120</v>
       </c>
       <c r="H41" s="4">
         <v>120</v>
       </c>
       <c r="I41" s="4">
@@ -3302,144 +3302,144 @@
       </c>
       <c r="Z41" s="4">
         <v>120</v>
       </c>
       <c r="AA41" s="4">
         <v>120</v>
       </c>
       <c r="AB41" s="4">
         <v>120</v>
       </c>
       <c r="AC41" s="4">
         <v>120</v>
       </c>
       <c r="AD41" s="4">
         <v>120</v>
       </c>
       <c r="AE41" s="4">
         <v>120</v>
       </c>
       <c r="AF41" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="43" spans="1:32">
       <c r="A43" s="2" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="B43" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C43" s="6" t="s">
         <v>79</v>
       </c>
       <c r="D43" s="6" t="s">
         <v>46</v>
       </c>
       <c r="E43" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="F43" s="6" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="G43" s="6" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="H43" s="6" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="I43" s="6" t="s">
         <v>47</v>
       </c>
       <c r="J43" s="6" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="K43" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="L43" s="6" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="M43" s="6" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="N43" s="6" t="s">
         <v>48</v>
       </c>
       <c r="O43" s="6" t="s">
         <v>53</v>
       </c>
       <c r="P43" s="6" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="Q43" s="6" t="s">
         <v>100</v>
       </c>
       <c r="R43" s="6" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="S43" s="6" t="s">
         <v>103</v>
       </c>
       <c r="T43" s="6" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="U43" s="6" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="V43" s="6" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="W43" s="6" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="X43" s="6" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="Y43" s="6" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="Z43" s="6" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="AA43" s="6" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="AB43" s="6" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="AC43" s="6" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="AD43" s="6" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="AE43" s="6" t="s">
         <v>94</v>
       </c>
       <c r="AF43" s="6" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
     </row>
     <row r="44" spans="1:32">
       <c r="B44" s="5" t="s">
         <v>3</v>
       </c>
       <c r="C44" s="4">
         <v>586</v>
       </c>
       <c r="D44" s="4">
         <v>581</v>
       </c>
       <c r="E44" s="4">
         <v>546</v>
       </c>
       <c r="F44" s="4">
         <v>554</v>
       </c>
       <c r="G44" s="4">
         <v>610</v>
       </c>
       <c r="H44" s="4">
         <v>565</v>
       </c>
       <c r="I44" s="4">
@@ -3590,239 +3590,239 @@
       </c>
       <c r="Z45" s="6">
         <v>100</v>
       </c>
       <c r="AA45" s="4">
         <v>120</v>
       </c>
       <c r="AB45" s="4">
         <v>120</v>
       </c>
       <c r="AC45" s="4">
         <v>120</v>
       </c>
       <c r="AD45" s="4">
         <v>120</v>
       </c>
       <c r="AE45" s="4">
         <v>120</v>
       </c>
       <c r="AF45" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="47" spans="1:32">
       <c r="A47" s="2" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="B47" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C47" s="6" t="s">
         <v>6</v>
       </c>
       <c r="D47" s="6" t="s">
         <v>7</v>
       </c>
       <c r="E47" s="6" t="s">
         <v>8</v>
       </c>
       <c r="F47" s="6" t="s">
         <v>9</v>
       </c>
       <c r="G47" s="6" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="H47" s="6" t="s">
+        <v>14</v>
+      </c>
+      <c r="I47" s="6" t="s">
         <v>114</v>
       </c>
-      <c r="I47" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J47" s="6" t="s">
-        <v>118</v>
+        <v>21</v>
       </c>
       <c r="K47" s="6" t="s">
+        <v>119</v>
+      </c>
+      <c r="L47" s="6" t="s">
         <v>46</v>
       </c>
-      <c r="L47" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M47" s="6" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="N47" s="6" t="s">
         <v>24</v>
       </c>
       <c r="O47" s="6" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="P47" s="6" t="s">
         <v>28</v>
       </c>
       <c r="Q47" s="6" t="s">
         <v>29</v>
       </c>
       <c r="R47" s="6" t="s">
         <v>30</v>
       </c>
       <c r="S47" s="6" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="T47" s="6" t="s">
         <v>33</v>
       </c>
       <c r="U47" s="6" t="s">
+        <v>34</v>
+      </c>
+      <c r="V47" s="6" t="s">
         <v>49</v>
-      </c>
-[...1 lines deleted...]
-        <v>137</v>
       </c>
       <c r="W47" s="6" t="s">
         <v>138</v>
       </c>
       <c r="X47" s="6" t="s">
+        <v>139</v>
+      </c>
+      <c r="Y47" s="6" t="s">
         <v>51</v>
       </c>
-      <c r="Y47" s="6" t="s">
+      <c r="Z47" s="6" t="s">
         <v>52</v>
       </c>
-      <c r="Z47" s="6" t="s">
+      <c r="AA47" s="6" t="s">
         <v>53</v>
       </c>
-      <c r="AA47" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AB47" s="6" t="s">
+        <v>100</v>
+      </c>
+      <c r="AC47" s="6" t="s">
         <v>101</v>
       </c>
-      <c r="AC47" s="6" t="s">
+      <c r="AD47" s="6" t="s">
         <v>102</v>
       </c>
-      <c r="AD47" s="6" t="s">
+      <c r="AE47" s="6" t="s">
         <v>104</v>
-      </c>
-[...1 lines deleted...]
-        <v>139</v>
       </c>
       <c r="AF47" s="6" t="s">
         <v>140</v>
       </c>
     </row>
     <row r="48" spans="1:32">
       <c r="B48" s="5" t="s">
         <v>3</v>
       </c>
       <c r="C48" s="4">
+        <v>538</v>
+      </c>
+      <c r="D48" s="4">
         <v>530</v>
       </c>
-      <c r="D48" s="4">
+      <c r="E48" s="4">
         <v>565</v>
       </c>
-      <c r="E48" s="4">
+      <c r="F48" s="4">
         <v>546</v>
       </c>
-      <c r="F48" s="4">
+      <c r="G48" s="4">
         <v>568</v>
       </c>
-      <c r="G48" s="4">
+      <c r="H48" s="4">
         <v>548</v>
       </c>
-      <c r="H48" s="4">
+      <c r="I48" s="4">
         <v>555</v>
       </c>
-      <c r="I48" s="4">
+      <c r="J48" s="4">
         <v>545</v>
       </c>
-      <c r="J48" s="4">
+      <c r="K48" s="4">
         <v>560</v>
       </c>
-      <c r="K48" s="4">
+      <c r="L48" s="4">
         <v>543</v>
       </c>
-      <c r="L48" s="4">
+      <c r="M48" s="4">
         <v>600</v>
       </c>
-      <c r="M48" s="4">
+      <c r="N48" s="4">
         <v>535</v>
       </c>
-      <c r="N48" s="4">
+      <c r="O48" s="4">
         <v>597</v>
       </c>
-      <c r="O48" s="4">
+      <c r="P48" s="4">
         <v>575</v>
       </c>
-      <c r="P48" s="4">
+      <c r="Q48" s="4">
         <v>570</v>
       </c>
-      <c r="Q48" s="4">
+      <c r="R48" s="4">
         <v>564</v>
       </c>
-      <c r="R48" s="4">
+      <c r="S48" s="4">
         <v>568</v>
       </c>
-      <c r="S48" s="4">
+      <c r="T48" s="4">
         <v>559</v>
       </c>
-      <c r="T48" s="4">
+      <c r="U48" s="4">
         <v>567</v>
       </c>
-      <c r="U48" s="4">
+      <c r="V48" s="4">
         <v>591</v>
       </c>
-      <c r="V48" s="4">
+      <c r="W48" s="4">
         <v>582</v>
       </c>
-      <c r="W48" s="4">
+      <c r="X48" s="4">
         <v>562</v>
       </c>
-      <c r="X48" s="4">
+      <c r="Y48" s="4">
         <v>579</v>
       </c>
-      <c r="Y48" s="4">
+      <c r="Z48" s="4">
         <v>605</v>
       </c>
-      <c r="Z48" s="4">
+      <c r="AA48" s="4">
         <v>553</v>
       </c>
-      <c r="AA48" s="4">
+      <c r="AB48" s="4">
         <v>585</v>
       </c>
-      <c r="AB48" s="4">
+      <c r="AC48" s="4">
         <v>594</v>
       </c>
-      <c r="AC48" s="4">
+      <c r="AD48" s="4">
         <v>591</v>
       </c>
-      <c r="AD48" s="4">
+      <c r="AE48" s="4">
         <v>0</v>
       </c>
-      <c r="AE48" s="4">
+      <c r="AF48" s="4">
         <v>587</v>
-      </c>
-[...1 lines deleted...]
-        <v>568</v>
       </c>
     </row>
     <row r="49" spans="1:32">
       <c r="B49" s="5" t="s">
         <v>4</v>
       </c>
       <c r="C49" s="4">
         <v>120</v>
       </c>
       <c r="D49" s="4">
         <v>120</v>
       </c>
       <c r="E49" s="4">
         <v>120</v>
       </c>
       <c r="F49" s="4">
         <v>120</v>
       </c>
       <c r="G49" s="4">
         <v>120</v>
       </c>
       <c r="H49" s="4">
         <v>120</v>
       </c>
       <c r="I49" s="4">
@@ -4028,93 +4028,93 @@
       </c>
       <c r="L53" s="6">
         <v>100</v>
       </c>
       <c r="M53" s="6">
         <v>100</v>
       </c>
       <c r="N53" s="6">
         <v>100</v>
       </c>
       <c r="O53" s="6">
         <v>100</v>
       </c>
       <c r="P53" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="55" spans="1:32">
       <c r="A55" s="2" t="s">
         <v>155</v>
       </c>
       <c r="B55" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C55" s="6" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="D55" s="6" t="s">
         <v>65</v>
       </c>
       <c r="E55" s="6" t="s">
         <v>68</v>
       </c>
       <c r="F55" s="6" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G55" s="6" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="H55" s="6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="I55" s="6" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="J55" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="K55" s="6" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="L55" s="6" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="M55" s="6" t="s">
         <v>48</v>
       </c>
       <c r="N55" s="6" t="s">
         <v>49</v>
       </c>
       <c r="O55" s="6" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="P55" s="6" t="s">
         <v>156</v>
       </c>
       <c r="Q55" s="6" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="R55" s="6" t="s">
         <v>50</v>
       </c>
       <c r="S55" s="6" t="s">
         <v>96</v>
       </c>
       <c r="T55" s="6" t="s">
         <v>51</v>
       </c>
       <c r="U55" s="6" t="s">
         <v>52</v>
       </c>
       <c r="V55" s="6" t="s">
         <v>53</v>
       </c>
       <c r="W55" s="6" t="s">
         <v>157</v>
       </c>
       <c r="X55" s="6" t="s">
         <v>97</v>
       </c>
       <c r="Y55" s="6" t="s">
         <v>158</v>
       </c>