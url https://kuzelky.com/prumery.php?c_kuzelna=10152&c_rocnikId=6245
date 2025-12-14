--- v0 (2025-12-08)
+++ v1 (2025-12-14)
@@ -284,50 +284,53 @@
   <si>
     <t>1.2.2023</t>
   </si>
   <si>
     <t>23.3.2022</t>
   </si>
   <si>
     <t>16.3.2022</t>
   </si>
   <si>
     <t>Jaroslav Pýcha</t>
   </si>
   <si>
     <t>7.12.2024</t>
   </si>
   <si>
     <t>Jiří Váňa</t>
   </si>
   <si>
     <t>29.9.2021</t>
   </si>
   <si>
     <t>Michal Truksa</t>
   </si>
   <si>
+    <t>10.12.2025</t>
+  </si>
+  <si>
     <t>16.4.2025</t>
   </si>
   <si>
     <t>19.3.2025</t>
   </si>
   <si>
     <t>10.3.2025</t>
   </si>
   <si>
     <t>3.3.2025</t>
   </si>
   <si>
     <t>12.2.2025</t>
   </si>
   <si>
     <t>29.1.2025</t>
   </si>
   <si>
     <t>27.11.2024</t>
   </si>
   <si>
     <t>21.11.2024</t>
   </si>
   <si>
     <t>13.11.2024</t>
@@ -351,53 +354,50 @@
     <t>28.2.2024</t>
   </si>
   <si>
     <t>14.2.2024</t>
   </si>
   <si>
     <t>10.1.2024</t>
   </si>
   <si>
     <t>22.11.2023</t>
   </si>
   <si>
     <t>16.11.2023</t>
   </si>
   <si>
     <t>1.11.2023</t>
   </si>
   <si>
     <t>18.10.2023</t>
   </si>
   <si>
     <t>4.10.2023</t>
   </si>
   <si>
     <t>20.9.2023</t>
-  </si>
-[...1 lines deleted...]
-    <t>11.9.2023</t>
   </si>
   <si>
     <t>Vladislav Škrabal</t>
   </si>
   <si>
     <t>2.3.2022</t>
   </si>
   <si>
     <t>12.1.2022</t>
   </si>
   <si>
     <t>1.12.2021</t>
   </si>
   <si>
     <t>27.10.2021</t>
   </si>
   <si>
     <t>15.9.2021</t>
   </si>
   <si>
     <t>7.10.2020</t>
   </si>
   <si>
     <t>23.9.2020</t>
   </si>
@@ -2402,215 +2402,215 @@
       <c r="A27" s="2" t="s">
         <v>89</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="6" t="s">
         <v>90</v>
       </c>
       <c r="D27" s="6" t="s">
         <v>91</v>
       </c>
       <c r="E27" s="6" t="s">
         <v>92</v>
       </c>
       <c r="F27" s="6" t="s">
         <v>93</v>
       </c>
       <c r="G27" s="6" t="s">
         <v>94</v>
       </c>
       <c r="H27" s="6" t="s">
         <v>95</v>
       </c>
       <c r="I27" s="6" t="s">
+        <v>96</v>
+      </c>
+      <c r="J27" s="6" t="s">
         <v>9</v>
-      </c>
-[...1 lines deleted...]
-        <v>96</v>
       </c>
       <c r="K27" s="6" t="s">
         <v>97</v>
       </c>
       <c r="L27" s="6" t="s">
         <v>98</v>
       </c>
       <c r="M27" s="6" t="s">
         <v>99</v>
       </c>
       <c r="N27" s="6" t="s">
         <v>100</v>
       </c>
       <c r="O27" s="6" t="s">
         <v>101</v>
       </c>
       <c r="P27" s="6" t="s">
+        <v>102</v>
+      </c>
+      <c r="Q27" s="6" t="s">
         <v>43</v>
-      </c>
-[...1 lines deleted...]
-        <v>102</v>
       </c>
       <c r="R27" s="6" t="s">
         <v>103</v>
       </c>
       <c r="S27" s="6" t="s">
         <v>104</v>
       </c>
       <c r="T27" s="6" t="s">
         <v>105</v>
       </c>
       <c r="U27" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="V27" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="V27" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="W27" s="6" t="s">
+        <v>107</v>
+      </c>
+      <c r="X27" s="6" t="s">
         <v>22</v>
-      </c>
-[...1 lines deleted...]
-        <v>107</v>
       </c>
       <c r="Y27" s="6" t="s">
         <v>108</v>
       </c>
       <c r="Z27" s="6" t="s">
         <v>109</v>
       </c>
       <c r="AA27" s="6" t="s">
         <v>110</v>
       </c>
       <c r="AB27" s="6" t="s">
         <v>111</v>
       </c>
       <c r="AC27" s="6" t="s">
-        <v>27</v>
+        <v>112</v>
       </c>
       <c r="AD27" s="6" t="s">
         <v>27</v>
       </c>
       <c r="AE27" s="6" t="s">
-        <v>112</v>
+        <v>27</v>
       </c>
       <c r="AF27" s="6" t="s">
         <v>113</v>
       </c>
     </row>
     <row r="28" spans="1:32">
       <c r="B28" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C28" s="4">
+        <v>391</v>
+      </c>
+      <c r="D28" s="4">
         <v>415</v>
       </c>
-      <c r="D28" s="4">
+      <c r="E28" s="4">
         <v>437</v>
       </c>
-      <c r="E28" s="4">
+      <c r="F28" s="4">
         <v>374</v>
       </c>
-      <c r="F28" s="4">
+      <c r="G28" s="4">
         <v>398</v>
       </c>
-      <c r="G28" s="4">
+      <c r="H28" s="4">
         <v>396</v>
       </c>
-      <c r="H28" s="4">
+      <c r="I28" s="4">
         <v>391</v>
       </c>
-      <c r="I28" s="4">
+      <c r="J28" s="4">
         <v>368</v>
       </c>
-      <c r="J28" s="4">
+      <c r="K28" s="4">
         <v>422</v>
-      </c>
-[...1 lines deleted...]
-        <v>372</v>
       </c>
       <c r="L28" s="4">
         <v>372</v>
       </c>
       <c r="M28" s="4">
+        <v>372</v>
+      </c>
+      <c r="N28" s="4">
         <v>429</v>
       </c>
-      <c r="N28" s="4">
+      <c r="O28" s="4">
         <v>403</v>
       </c>
-      <c r="O28" s="4">
+      <c r="P28" s="4">
         <v>379</v>
       </c>
-      <c r="P28" s="4">
+      <c r="Q28" s="4">
         <v>428</v>
       </c>
-      <c r="Q28" s="4">
+      <c r="R28" s="4">
         <v>427</v>
       </c>
-      <c r="R28" s="4">
+      <c r="S28" s="4">
         <v>384</v>
       </c>
-      <c r="S28" s="4">
+      <c r="T28" s="4">
         <v>410</v>
       </c>
-      <c r="T28" s="4">
+      <c r="U28" s="4">
         <v>369</v>
       </c>
-      <c r="U28" s="4">
+      <c r="V28" s="4">
         <v>377</v>
       </c>
-      <c r="V28" s="4">
+      <c r="W28" s="4">
         <v>427</v>
       </c>
-      <c r="W28" s="4">
+      <c r="X28" s="4">
         <v>374</v>
       </c>
-      <c r="X28" s="4">
+      <c r="Y28" s="4">
         <v>368</v>
       </c>
-      <c r="Y28" s="4">
+      <c r="Z28" s="4">
         <v>432</v>
       </c>
-      <c r="Z28" s="4">
+      <c r="AA28" s="4">
         <v>387</v>
       </c>
-      <c r="AA28" s="4">
+      <c r="AB28" s="4">
         <v>371</v>
       </c>
-      <c r="AB28" s="4">
+      <c r="AC28" s="4">
         <v>405</v>
       </c>
-      <c r="AC28" s="4">
+      <c r="AD28" s="4">
         <v>370</v>
       </c>
-      <c r="AD28" s="4">
+      <c r="AE28" s="4">
         <v>400</v>
       </c>
-      <c r="AE28" s="4">
+      <c r="AF28" s="4">
         <v>398</v>
-      </c>
-[...1 lines deleted...]
-        <v>391</v>
       </c>
     </row>
     <row r="29" spans="1:32">
       <c r="B29" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C29" s="6">
         <v>100</v>
       </c>
       <c r="D29" s="6">
         <v>100</v>
       </c>
       <c r="E29" s="6">
         <v>100</v>
       </c>
       <c r="F29" s="6">
         <v>100</v>
       </c>
       <c r="G29" s="6">
         <v>100</v>
       </c>
       <c r="H29" s="6">
         <v>100</v>
       </c>
       <c r="I29" s="6">
@@ -3248,521 +3248,521 @@
       </c>
       <c r="AB37" s="6">
         <v>100</v>
       </c>
       <c r="AC37" s="6">
         <v>100</v>
       </c>
       <c r="AD37" s="6">
         <v>100</v>
       </c>
       <c r="AE37" s="6">
         <v>100</v>
       </c>
       <c r="AF37" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="39" spans="1:32">
       <c r="A39" s="2" t="s">
         <v>128</v>
       </c>
       <c r="B39" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C39" s="6" t="s">
+        <v>90</v>
+      </c>
+      <c r="D39" s="6" t="s">
         <v>129</v>
       </c>
-      <c r="D39" s="6" t="s">
+      <c r="E39" s="6" t="s">
         <v>130</v>
       </c>
-      <c r="E39" s="6" t="s">
+      <c r="F39" s="6" t="s">
         <v>131</v>
       </c>
-      <c r="F39" s="6" t="s">
+      <c r="G39" s="6" t="s">
         <v>132</v>
       </c>
-      <c r="G39" s="6" t="s">
+      <c r="H39" s="6" t="s">
         <v>133</v>
       </c>
-      <c r="H39" s="6" t="s">
+      <c r="I39" s="6" t="s">
         <v>134</v>
       </c>
-      <c r="I39" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J39" s="6" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="K39" s="6" t="s">
+        <v>94</v>
+      </c>
+      <c r="L39" s="6" t="s">
         <v>135</v>
-      </c>
-[...1 lines deleted...]
-        <v>95</v>
       </c>
       <c r="M39" s="6" t="s">
         <v>96</v>
       </c>
       <c r="N39" s="6" t="s">
         <v>97</v>
       </c>
       <c r="O39" s="6" t="s">
         <v>98</v>
       </c>
       <c r="P39" s="6" t="s">
+        <v>99</v>
+      </c>
+      <c r="Q39" s="6" t="s">
         <v>136</v>
       </c>
-      <c r="Q39" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="R39" s="6" t="s">
+        <v>101</v>
+      </c>
+      <c r="S39" s="6" t="s">
         <v>137</v>
       </c>
-      <c r="S39" s="6" t="s">
+      <c r="T39" s="6" t="s">
         <v>138</v>
       </c>
-      <c r="T39" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="U39" s="6" t="s">
+        <v>102</v>
+      </c>
+      <c r="V39" s="6" t="s">
         <v>139</v>
       </c>
-      <c r="V39" s="6" t="s">
+      <c r="W39" s="6" t="s">
         <v>140</v>
       </c>
-      <c r="W39" s="6" t="s">
+      <c r="X39" s="6" t="s">
         <v>43</v>
       </c>
-      <c r="X39" s="6" t="s">
+      <c r="Y39" s="6" t="s">
         <v>141</v>
       </c>
-      <c r="Y39" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Z39" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="AA39" s="6" t="s">
         <v>142</v>
       </c>
-      <c r="AA39" s="6" t="s">
+      <c r="AB39" s="6" t="s">
         <v>143</v>
-      </c>
-[...1 lines deleted...]
-        <v>109</v>
       </c>
       <c r="AC39" s="6" t="s">
         <v>110</v>
       </c>
       <c r="AD39" s="6" t="s">
+        <v>111</v>
+      </c>
+      <c r="AE39" s="6" t="s">
         <v>144</v>
       </c>
-      <c r="AE39" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AF39" s="6" t="s">
-        <v>27</v>
+        <v>112</v>
       </c>
     </row>
     <row r="40" spans="1:32">
       <c r="B40" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C40" s="4">
+        <v>486</v>
+      </c>
+      <c r="D40" s="4">
         <v>501</v>
       </c>
-      <c r="D40" s="4">
+      <c r="E40" s="4">
         <v>423</v>
       </c>
-      <c r="E40" s="4">
+      <c r="F40" s="4">
         <v>483</v>
       </c>
-      <c r="F40" s="4">
+      <c r="G40" s="4">
         <v>477</v>
       </c>
-      <c r="G40" s="4">
+      <c r="H40" s="4">
         <v>443</v>
       </c>
-      <c r="H40" s="4">
+      <c r="I40" s="4">
         <v>467</v>
       </c>
-      <c r="I40" s="4">
+      <c r="J40" s="4">
         <v>465</v>
       </c>
-      <c r="J40" s="4">
+      <c r="K40" s="4">
         <v>445</v>
       </c>
-      <c r="K40" s="7">
+      <c r="L40" s="7">
         <v>558</v>
       </c>
-      <c r="L40" s="4">
+      <c r="M40" s="4">
         <v>454</v>
       </c>
-      <c r="M40" s="4">
+      <c r="N40" s="4">
         <v>462</v>
       </c>
-      <c r="N40" s="4">
+      <c r="O40" s="4">
         <v>458</v>
       </c>
-      <c r="O40" s="4">
+      <c r="P40" s="4">
         <v>474</v>
       </c>
-      <c r="P40" s="7">
+      <c r="Q40" s="7">
         <v>529</v>
       </c>
-      <c r="Q40" s="4">
+      <c r="R40" s="4">
         <v>437</v>
       </c>
-      <c r="R40" s="7">
+      <c r="S40" s="7">
         <v>526</v>
       </c>
-      <c r="S40" s="4">
+      <c r="T40" s="4">
         <v>499</v>
       </c>
-      <c r="T40" s="4">
+      <c r="U40" s="4">
         <v>389</v>
       </c>
-      <c r="U40" s="7">
+      <c r="V40" s="7">
         <v>556</v>
       </c>
-      <c r="V40" s="7">
+      <c r="W40" s="7">
         <v>510</v>
       </c>
-      <c r="W40" s="4">
+      <c r="X40" s="4">
         <v>446</v>
       </c>
-      <c r="X40" s="7">
+      <c r="Y40" s="7">
         <v>518</v>
       </c>
-      <c r="Y40" s="4">
+      <c r="Z40" s="4">
         <v>454</v>
       </c>
-      <c r="Z40" s="7">
+      <c r="AA40" s="7">
         <v>569</v>
       </c>
-      <c r="AA40" s="7">
+      <c r="AB40" s="7">
         <v>534</v>
       </c>
-      <c r="AB40" s="4">
+      <c r="AC40" s="4">
         <v>449</v>
       </c>
-      <c r="AC40" s="4">
+      <c r="AD40" s="4">
         <v>491</v>
       </c>
-      <c r="AD40" s="7">
+      <c r="AE40" s="7">
         <v>589</v>
       </c>
-      <c r="AE40" s="4">
+      <c r="AF40" s="4">
         <v>427</v>
-      </c>
-[...1 lines deleted...]
-        <v>490</v>
       </c>
     </row>
     <row r="41" spans="1:32">
       <c r="B41" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C41" s="6">
         <v>100</v>
       </c>
       <c r="D41" s="6">
         <v>100</v>
       </c>
       <c r="E41" s="6">
         <v>100</v>
       </c>
       <c r="F41" s="6">
         <v>100</v>
       </c>
       <c r="G41" s="6">
         <v>100</v>
       </c>
       <c r="H41" s="6">
         <v>100</v>
       </c>
       <c r="I41" s="6">
         <v>100</v>
       </c>
       <c r="J41" s="6">
         <v>100</v>
       </c>
-      <c r="K41" s="7">
+      <c r="K41" s="6">
+        <v>100</v>
+      </c>
+      <c r="L41" s="7">
         <v>120</v>
       </c>
-      <c r="L41" s="6">
-[...1 lines deleted...]
-      </c>
       <c r="M41" s="6">
         <v>100</v>
       </c>
       <c r="N41" s="6">
         <v>100</v>
       </c>
       <c r="O41" s="6">
         <v>100</v>
       </c>
-      <c r="P41" s="7">
+      <c r="P41" s="6">
+        <v>100</v>
+      </c>
+      <c r="Q41" s="7">
         <v>120</v>
       </c>
-      <c r="Q41" s="6">
-[...2 lines deleted...]
-      <c r="R41" s="7">
+      <c r="R41" s="6">
+        <v>100</v>
+      </c>
+      <c r="S41" s="7">
         <v>120</v>
       </c>
-      <c r="S41" s="6">
-[...1 lines deleted...]
-      </c>
       <c r="T41" s="6">
         <v>100</v>
       </c>
-      <c r="U41" s="7">
-        <v>120</v>
+      <c r="U41" s="6">
+        <v>100</v>
       </c>
       <c r="V41" s="7">
         <v>120</v>
       </c>
-      <c r="W41" s="6">
-[...2 lines deleted...]
-      <c r="X41" s="7">
+      <c r="W41" s="7">
         <v>120</v>
       </c>
-      <c r="Y41" s="6">
-[...2 lines deleted...]
-      <c r="Z41" s="7">
+      <c r="X41" s="6">
+        <v>100</v>
+      </c>
+      <c r="Y41" s="7">
         <v>120</v>
+      </c>
+      <c r="Z41" s="6">
+        <v>100</v>
       </c>
       <c r="AA41" s="7">
         <v>120</v>
       </c>
-      <c r="AB41" s="6">
-        <v>100</v>
+      <c r="AB41" s="7">
+        <v>120</v>
       </c>
       <c r="AC41" s="6">
         <v>100</v>
       </c>
-      <c r="AD41" s="7">
+      <c r="AD41" s="6">
+        <v>100</v>
+      </c>
+      <c r="AE41" s="7">
         <v>120</v>
-      </c>
-[...1 lines deleted...]
-        <v>100</v>
       </c>
       <c r="AF41" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="43" spans="1:32">
       <c r="A43" s="2" t="s">
         <v>145</v>
       </c>
       <c r="B43" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C43" s="6" t="s">
+        <v>90</v>
+      </c>
+      <c r="D43" s="6" t="s">
         <v>129</v>
       </c>
-      <c r="D43" s="6" t="s">
+      <c r="E43" s="6" t="s">
         <v>130</v>
       </c>
-      <c r="E43" s="6" t="s">
+      <c r="F43" s="6" t="s">
         <v>131</v>
       </c>
-      <c r="F43" s="6" t="s">
+      <c r="G43" s="6" t="s">
         <v>132</v>
       </c>
-      <c r="G43" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H43" s="6" t="s">
+        <v>91</v>
+      </c>
+      <c r="I43" s="6" t="s">
         <v>134</v>
-      </c>
-[...1 lines deleted...]
-        <v>91</v>
       </c>
       <c r="J43" s="6" t="s">
         <v>92</v>
       </c>
       <c r="K43" s="6" t="s">
+        <v>93</v>
+      </c>
+      <c r="L43" s="6" t="s">
         <v>9</v>
-      </c>
-[...1 lines deleted...]
-        <v>96</v>
       </c>
       <c r="M43" s="6" t="s">
         <v>97</v>
       </c>
       <c r="N43" s="6" t="s">
         <v>98</v>
       </c>
       <c r="O43" s="6" t="s">
         <v>99</v>
       </c>
       <c r="P43" s="6" t="s">
         <v>100</v>
       </c>
       <c r="Q43" s="6" t="s">
+        <v>101</v>
+      </c>
+      <c r="R43" s="6" t="s">
         <v>138</v>
       </c>
-      <c r="R43" s="6" t="s">
+      <c r="S43" s="6" t="s">
         <v>13</v>
       </c>
-      <c r="S43" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="T43" s="6" t="s">
+        <v>102</v>
+      </c>
+      <c r="U43" s="6" t="s">
         <v>43</v>
       </c>
-      <c r="U43" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="V43" s="6" t="s">
+        <v>103</v>
+      </c>
+      <c r="W43" s="6" t="s">
         <v>146</v>
       </c>
-      <c r="W43" s="6" t="s">
+      <c r="X43" s="6" t="s">
         <v>17</v>
-      </c>
-[...1 lines deleted...]
-        <v>103</v>
       </c>
       <c r="Y43" s="6" t="s">
         <v>104</v>
       </c>
       <c r="Z43" s="6" t="s">
         <v>105</v>
       </c>
       <c r="AA43" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="AB43" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="AB43" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AC43" s="6" t="s">
+        <v>107</v>
+      </c>
+      <c r="AD43" s="6" t="s">
         <v>147</v>
-      </c>
-[...1 lines deleted...]
-        <v>108</v>
       </c>
       <c r="AE43" s="6" t="s">
         <v>109</v>
       </c>
       <c r="AF43" s="6" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="44" spans="1:32">
       <c r="B44" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C44" s="4">
+        <v>443</v>
+      </c>
+      <c r="D44" s="4">
         <v>398</v>
       </c>
-      <c r="D44" s="4">
+      <c r="E44" s="4">
         <v>413</v>
       </c>
-      <c r="E44" s="4">
+      <c r="F44" s="4">
         <v>407</v>
       </c>
-      <c r="F44" s="4">
+      <c r="G44" s="4">
         <v>445</v>
       </c>
-      <c r="G44" s="4">
+      <c r="H44" s="4">
         <v>442</v>
       </c>
-      <c r="H44" s="4">
+      <c r="I44" s="4">
         <v>440</v>
       </c>
-      <c r="I44" s="4">
+      <c r="J44" s="4">
         <v>434</v>
       </c>
-      <c r="J44" s="4">
+      <c r="K44" s="4">
         <v>450</v>
       </c>
-      <c r="K44" s="4">
+      <c r="L44" s="4">
         <v>392</v>
       </c>
-      <c r="L44" s="4">
+      <c r="M44" s="4">
         <v>395</v>
       </c>
-      <c r="M44" s="4">
+      <c r="N44" s="4">
         <v>416</v>
       </c>
-      <c r="N44" s="4">
+      <c r="O44" s="4">
         <v>403</v>
       </c>
-      <c r="O44" s="4">
+      <c r="P44" s="4">
         <v>425</v>
       </c>
-      <c r="P44" s="4">
+      <c r="Q44" s="4">
         <v>419</v>
       </c>
-      <c r="Q44" s="4">
+      <c r="R44" s="4">
         <v>406</v>
       </c>
-      <c r="R44" s="4">
+      <c r="S44" s="4">
         <v>470</v>
       </c>
-      <c r="S44" s="4">
+      <c r="T44" s="4">
         <v>418</v>
       </c>
-      <c r="T44" s="4">
+      <c r="U44" s="4">
         <v>437</v>
       </c>
-      <c r="U44" s="4">
+      <c r="V44" s="4">
         <v>454</v>
       </c>
-      <c r="V44" s="4">
+      <c r="W44" s="4">
         <v>449</v>
       </c>
-      <c r="W44" s="4">
+      <c r="X44" s="4">
         <v>483</v>
       </c>
-      <c r="X44" s="4">
+      <c r="Y44" s="4">
         <v>472</v>
       </c>
-      <c r="Y44" s="4">
+      <c r="Z44" s="4">
         <v>475</v>
       </c>
-      <c r="Z44" s="4">
+      <c r="AA44" s="4">
         <v>419</v>
       </c>
-      <c r="AA44" s="4">
+      <c r="AB44" s="4">
         <v>418</v>
       </c>
-      <c r="AB44" s="4">
+      <c r="AC44" s="4">
         <v>482</v>
       </c>
-      <c r="AC44" s="4">
+      <c r="AD44" s="4">
         <v>422</v>
       </c>
-      <c r="AD44" s="4">
+      <c r="AE44" s="4">
         <v>445</v>
       </c>
-      <c r="AE44" s="4">
+      <c r="AF44" s="4">
         <v>392</v>
-      </c>
-[...1 lines deleted...]
-        <v>452</v>
       </c>
     </row>
     <row r="45" spans="1:32">
       <c r="B45" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C45" s="6">
         <v>100</v>
       </c>
       <c r="D45" s="6">
         <v>100</v>
       </c>
       <c r="E45" s="6">
         <v>100</v>
       </c>
       <c r="F45" s="6">
         <v>100</v>
       </c>
       <c r="G45" s="6">
         <v>100</v>
       </c>
       <c r="H45" s="6">
         <v>100</v>
       </c>
       <c r="I45" s="6">