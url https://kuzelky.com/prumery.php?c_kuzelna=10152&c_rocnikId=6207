--- v0 (2025-12-07)
+++ v1 (2025-12-13)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="66">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="67">
   <si>
     <t>Výsledky hráčů družstva SK Meteor Praha E na kuželně SK Žižkov Praha</t>
   </si>
   <si>
     <t>Jiří Chrdle</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
     <t>28.10.2019</t>
   </si>
   <si>
     <t>10.9.2018</t>
   </si>
   <si>
     <t>Výkon:</t>
   </si>
   <si>
     <t>Počet hodů:</t>
   </si>
   <si>
     <t>Zuzana Edlmannová</t>
   </si>
   <si>
@@ -180,50 +180,53 @@
     <t>Václav Šrajer</t>
   </si>
   <si>
     <t>Jan Petráček</t>
   </si>
   <si>
     <t>7.2.2024</t>
   </si>
   <si>
     <t>6.11.2023</t>
   </si>
   <si>
     <t>20.4.2023</t>
   </si>
   <si>
     <t>22.3.2023</t>
   </si>
   <si>
     <t>17.2.2023</t>
   </si>
   <si>
     <t>Jiří Třešňák</t>
   </si>
   <si>
     <t>Zdeněk Míka</t>
+  </si>
+  <si>
+    <t>10.12.2025</t>
   </si>
   <si>
     <t>27.3.2025</t>
   </si>
   <si>
     <t>10.3.2025</t>
   </si>
   <si>
     <t>17.2.2025</t>
   </si>
   <si>
     <t>4.12.2024</t>
   </si>
   <si>
     <t>4.4.2024</t>
   </si>
   <si>
     <t>30.11.2023</t>
   </si>
   <si>
     <t>22.11.2023</t>
   </si>
   <si>
     <t>16.1.2023</t>
   </si>
@@ -634,104 +637,104 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:W49"/>
+  <dimension ref="A1:X49"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F49" sqref="F49"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="9.5703125" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="26.28515625" customWidth="true" style="2"/>
     <col min="2" max="2" width="11.140625" customWidth="true" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:23" customHeight="1" ht="21">
+    <row r="1" spans="1:24" customHeight="1" ht="21">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="3" spans="1:23">
+    <row r="3" spans="1:24">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C3" s="6" t="s">
         <v>3</v>
       </c>
       <c r="D3" s="6" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="4" spans="1:23">
+    <row r="4" spans="1:24">
       <c r="B4" s="5" t="s">
         <v>5</v>
       </c>
       <c r="C4" s="4">
         <v>382</v>
       </c>
       <c r="D4" s="4">
         <v>385</v>
       </c>
     </row>
-    <row r="5" spans="1:23">
+    <row r="5" spans="1:24">
       <c r="B5" s="5" t="s">
         <v>6</v>
       </c>
       <c r="C5" s="6">
         <v>100</v>
       </c>
       <c r="D5" s="6">
         <v>100</v>
       </c>
     </row>
-    <row r="7" spans="1:23">
+    <row r="7" spans="1:24">
       <c r="A7" s="2" t="s">
         <v>7</v>
       </c>
       <c r="B7" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C7" s="6" t="s">
         <v>8</v>
       </c>
       <c r="D7" s="6" t="s">
         <v>9</v>
       </c>
       <c r="E7" s="6" t="s">
         <v>10</v>
       </c>
       <c r="F7" s="6" t="s">
         <v>11</v>
       </c>
       <c r="G7" s="6" t="s">
         <v>12</v>
       </c>
       <c r="H7" s="6" t="s">
         <v>13</v>
       </c>
       <c r="I7" s="6" t="s">
@@ -749,51 +752,51 @@
       <c r="M7" s="6" t="s">
         <v>18</v>
       </c>
       <c r="N7" s="6" t="s">
         <v>19</v>
       </c>
       <c r="O7" s="6" t="s">
         <v>20</v>
       </c>
       <c r="P7" s="6" t="s">
         <v>21</v>
       </c>
       <c r="Q7" s="6" t="s">
         <v>22</v>
       </c>
       <c r="R7" s="6" t="s">
         <v>23</v>
       </c>
       <c r="S7" s="6" t="s">
         <v>3</v>
       </c>
       <c r="T7" s="6" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="8" spans="1:23">
+    <row r="8" spans="1:24">
       <c r="B8" s="5" t="s">
         <v>5</v>
       </c>
       <c r="C8" s="4">
         <v>392</v>
       </c>
       <c r="D8" s="4">
         <v>376</v>
       </c>
       <c r="E8" s="4">
         <v>430</v>
       </c>
       <c r="F8" s="4">
         <v>407</v>
       </c>
       <c r="G8" s="4">
         <v>397</v>
       </c>
       <c r="H8" s="4">
         <v>379</v>
       </c>
       <c r="I8" s="4">
         <v>375</v>
       </c>
       <c r="J8" s="4">
@@ -808,51 +811,51 @@
       <c r="M8" s="4">
         <v>442</v>
       </c>
       <c r="N8" s="4">
         <v>434</v>
       </c>
       <c r="O8" s="4">
         <v>397</v>
       </c>
       <c r="P8" s="4">
         <v>403</v>
       </c>
       <c r="Q8" s="4">
         <v>442</v>
       </c>
       <c r="R8" s="4">
         <v>416</v>
       </c>
       <c r="S8" s="4">
         <v>434</v>
       </c>
       <c r="T8" s="4">
         <v>426</v>
       </c>
     </row>
-    <row r="9" spans="1:23">
+    <row r="9" spans="1:24">
       <c r="B9" s="5" t="s">
         <v>6</v>
       </c>
       <c r="C9" s="6">
         <v>100</v>
       </c>
       <c r="D9" s="6">
         <v>100</v>
       </c>
       <c r="E9" s="6">
         <v>100</v>
       </c>
       <c r="F9" s="6">
         <v>100</v>
       </c>
       <c r="G9" s="6">
         <v>100</v>
       </c>
       <c r="H9" s="6">
         <v>100</v>
       </c>
       <c r="I9" s="6">
         <v>100</v>
       </c>
       <c r="J9" s="6">
@@ -867,96 +870,96 @@
       <c r="M9" s="6">
         <v>100</v>
       </c>
       <c r="N9" s="6">
         <v>100</v>
       </c>
       <c r="O9" s="6">
         <v>100</v>
       </c>
       <c r="P9" s="6">
         <v>100</v>
       </c>
       <c r="Q9" s="6">
         <v>100</v>
       </c>
       <c r="R9" s="6">
         <v>100</v>
       </c>
       <c r="S9" s="6">
         <v>100</v>
       </c>
       <c r="T9" s="6">
         <v>100</v>
       </c>
     </row>
-    <row r="11" spans="1:23">
+    <row r="11" spans="1:24">
       <c r="A11" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B11" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C11" s="6" t="s">
         <v>26</v>
       </c>
       <c r="D11" s="6" t="s">
         <v>27</v>
       </c>
       <c r="E11" s="6" t="s">
         <v>28</v>
       </c>
     </row>
-    <row r="12" spans="1:23">
+    <row r="12" spans="1:24">
       <c r="B12" s="5" t="s">
         <v>5</v>
       </c>
       <c r="C12" s="4">
         <v>378</v>
       </c>
       <c r="D12" s="4">
         <v>367</v>
       </c>
       <c r="E12" s="4">
         <v>368</v>
       </c>
     </row>
-    <row r="13" spans="1:23">
+    <row r="13" spans="1:24">
       <c r="B13" s="5" t="s">
         <v>6</v>
       </c>
       <c r="C13" s="6">
         <v>100</v>
       </c>
       <c r="D13" s="6">
         <v>100</v>
       </c>
       <c r="E13" s="6">
         <v>100</v>
       </c>
     </row>
-    <row r="15" spans="1:23">
+    <row r="15" spans="1:24">
       <c r="A15" s="2" t="s">
         <v>29</v>
       </c>
       <c r="B15" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C15" s="6" t="s">
         <v>30</v>
       </c>
       <c r="D15" s="6" t="s">
         <v>31</v>
       </c>
       <c r="E15" s="6" t="s">
         <v>32</v>
       </c>
       <c r="F15" s="6" t="s">
         <v>33</v>
       </c>
       <c r="G15" s="6" t="s">
         <v>34</v>
       </c>
       <c r="H15" s="6" t="s">
         <v>35</v>
       </c>
       <c r="I15" s="6" t="s">
@@ -968,51 +971,51 @@
       <c r="K15" s="6" t="s">
         <v>37</v>
       </c>
       <c r="L15" s="6" t="s">
         <v>3</v>
       </c>
       <c r="M15" s="6" t="s">
         <v>38</v>
       </c>
       <c r="N15" s="6" t="s">
         <v>39</v>
       </c>
       <c r="O15" s="6" t="s">
         <v>40</v>
       </c>
       <c r="P15" s="6" t="s">
         <v>41</v>
       </c>
       <c r="Q15" s="6" t="s">
         <v>42</v>
       </c>
       <c r="R15" s="6" t="s">
         <v>43</v>
       </c>
     </row>
-    <row r="16" spans="1:23">
+    <row r="16" spans="1:24">
       <c r="B16" s="5" t="s">
         <v>5</v>
       </c>
       <c r="C16" s="4">
         <v>392</v>
       </c>
       <c r="D16" s="4">
         <v>420</v>
       </c>
       <c r="E16" s="4">
         <v>406</v>
       </c>
       <c r="F16" s="4">
         <v>445</v>
       </c>
       <c r="G16" s="4">
         <v>429</v>
       </c>
       <c r="H16" s="4">
         <v>466</v>
       </c>
       <c r="I16" s="4">
         <v>454</v>
       </c>
       <c r="J16" s="4">
@@ -1021,51 +1024,51 @@
       <c r="K16" s="4">
         <v>455</v>
       </c>
       <c r="L16" s="4">
         <v>406</v>
       </c>
       <c r="M16" s="4">
         <v>415</v>
       </c>
       <c r="N16" s="4">
         <v>396</v>
       </c>
       <c r="O16" s="4">
         <v>429</v>
       </c>
       <c r="P16" s="4">
         <v>427</v>
       </c>
       <c r="Q16" s="4">
         <v>412</v>
       </c>
       <c r="R16" s="4">
         <v>426</v>
       </c>
     </row>
-    <row r="17" spans="1:23">
+    <row r="17" spans="1:24">
       <c r="B17" s="5" t="s">
         <v>6</v>
       </c>
       <c r="C17" s="6">
         <v>100</v>
       </c>
       <c r="D17" s="6">
         <v>100</v>
       </c>
       <c r="E17" s="6">
         <v>100</v>
       </c>
       <c r="F17" s="6">
         <v>100</v>
       </c>
       <c r="G17" s="6">
         <v>100</v>
       </c>
       <c r="H17" s="6">
         <v>100</v>
       </c>
       <c r="I17" s="6">
         <v>100</v>
       </c>
       <c r="J17" s="6">
@@ -1074,339 +1077,339 @@
       <c r="K17" s="6">
         <v>100</v>
       </c>
       <c r="L17" s="6">
         <v>100</v>
       </c>
       <c r="M17" s="6">
         <v>100</v>
       </c>
       <c r="N17" s="6">
         <v>100</v>
       </c>
       <c r="O17" s="6">
         <v>100</v>
       </c>
       <c r="P17" s="6">
         <v>100</v>
       </c>
       <c r="Q17" s="6">
         <v>100</v>
       </c>
       <c r="R17" s="6">
         <v>100</v>
       </c>
     </row>
-    <row r="19" spans="1:23">
+    <row r="19" spans="1:24">
       <c r="A19" s="2" t="s">
         <v>44</v>
       </c>
       <c r="B19" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C19" s="6" t="s">
         <v>45</v>
       </c>
       <c r="D19" s="6" t="s">
         <v>26</v>
       </c>
       <c r="E19" s="6" t="s">
         <v>37</v>
       </c>
       <c r="F19" s="6" t="s">
         <v>3</v>
       </c>
       <c r="G19" s="6" t="s">
         <v>38</v>
       </c>
       <c r="H19" s="6" t="s">
         <v>39</v>
       </c>
       <c r="I19" s="6" t="s">
         <v>41</v>
       </c>
       <c r="J19" s="6" t="s">
         <v>42</v>
       </c>
       <c r="K19" s="6" t="s">
         <v>43</v>
       </c>
     </row>
-    <row r="20" spans="1:23">
+    <row r="20" spans="1:24">
       <c r="B20" s="5" t="s">
         <v>5</v>
       </c>
       <c r="C20" s="4">
         <v>320</v>
       </c>
       <c r="D20" s="4">
         <v>370</v>
       </c>
       <c r="E20" s="4">
         <v>456</v>
       </c>
       <c r="F20" s="4">
         <v>424</v>
       </c>
       <c r="G20" s="4">
         <v>406</v>
       </c>
       <c r="H20" s="4">
         <v>389</v>
       </c>
       <c r="I20" s="4">
         <v>451</v>
       </c>
       <c r="J20" s="4">
         <v>380</v>
       </c>
       <c r="K20" s="4">
         <v>390</v>
       </c>
     </row>
-    <row r="21" spans="1:23">
+    <row r="21" spans="1:24">
       <c r="B21" s="5" t="s">
         <v>6</v>
       </c>
       <c r="C21" s="6">
         <v>100</v>
       </c>
       <c r="D21" s="6">
         <v>100</v>
       </c>
       <c r="E21" s="6">
         <v>100</v>
       </c>
       <c r="F21" s="6">
         <v>100</v>
       </c>
       <c r="G21" s="6">
         <v>100</v>
       </c>
       <c r="H21" s="6">
         <v>100</v>
       </c>
       <c r="I21" s="6">
         <v>100</v>
       </c>
       <c r="J21" s="6">
         <v>100</v>
       </c>
       <c r="K21" s="6">
         <v>100</v>
       </c>
     </row>
-    <row r="23" spans="1:23">
+    <row r="23" spans="1:24">
       <c r="A23" s="2" t="s">
         <v>46</v>
       </c>
       <c r="B23" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C23" s="6" t="s">
         <v>45</v>
       </c>
       <c r="D23" s="6" t="s">
         <v>26</v>
       </c>
       <c r="E23" s="6" t="s">
         <v>27</v>
       </c>
       <c r="F23" s="6" t="s">
         <v>28</v>
       </c>
       <c r="G23" s="6" t="s">
         <v>37</v>
       </c>
       <c r="H23" s="6" t="s">
         <v>3</v>
       </c>
       <c r="I23" s="6" t="s">
         <v>38</v>
       </c>
       <c r="J23" s="6" t="s">
         <v>39</v>
       </c>
       <c r="K23" s="6" t="s">
         <v>40</v>
       </c>
     </row>
-    <row r="24" spans="1:23">
+    <row r="24" spans="1:24">
       <c r="B24" s="5" t="s">
         <v>5</v>
       </c>
       <c r="C24" s="4">
         <v>407</v>
       </c>
       <c r="D24" s="4">
         <v>408</v>
       </c>
       <c r="E24" s="4">
         <v>371</v>
       </c>
       <c r="F24" s="4">
         <v>358</v>
       </c>
       <c r="G24" s="4">
         <v>391</v>
       </c>
       <c r="H24" s="4">
         <v>379</v>
       </c>
       <c r="I24" s="4">
         <v>376</v>
       </c>
       <c r="J24" s="4">
         <v>402</v>
       </c>
       <c r="K24" s="4">
         <v>365</v>
       </c>
     </row>
-    <row r="25" spans="1:23">
+    <row r="25" spans="1:24">
       <c r="B25" s="5" t="s">
         <v>6</v>
       </c>
       <c r="C25" s="6">
         <v>100</v>
       </c>
       <c r="D25" s="6">
         <v>100</v>
       </c>
       <c r="E25" s="6">
         <v>100</v>
       </c>
       <c r="F25" s="6">
         <v>100</v>
       </c>
       <c r="G25" s="6">
         <v>100</v>
       </c>
       <c r="H25" s="6">
         <v>100</v>
       </c>
       <c r="I25" s="6">
         <v>100</v>
       </c>
       <c r="J25" s="6">
         <v>100</v>
       </c>
       <c r="K25" s="6">
         <v>100</v>
       </c>
     </row>
-    <row r="27" spans="1:23">
+    <row r="27" spans="1:24">
       <c r="A27" s="2" t="s">
         <v>47</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="6" t="s">
         <v>26</v>
       </c>
       <c r="D27" s="6" t="s">
         <v>27</v>
       </c>
       <c r="E27" s="6" t="s">
         <v>28</v>
       </c>
       <c r="F27" s="6" t="s">
         <v>37</v>
       </c>
       <c r="G27" s="6" t="s">
         <v>40</v>
       </c>
       <c r="H27" s="6" t="s">
         <v>41</v>
       </c>
       <c r="I27" s="6" t="s">
         <v>42</v>
       </c>
       <c r="J27" s="6" t="s">
         <v>43</v>
       </c>
     </row>
-    <row r="28" spans="1:23">
+    <row r="28" spans="1:24">
       <c r="B28" s="5" t="s">
         <v>5</v>
       </c>
       <c r="C28" s="4">
         <v>367</v>
       </c>
       <c r="D28" s="4">
         <v>384</v>
       </c>
       <c r="E28" s="4">
         <v>378</v>
       </c>
       <c r="F28" s="4">
         <v>435</v>
       </c>
       <c r="G28" s="4">
         <v>364</v>
       </c>
       <c r="H28" s="4">
         <v>370</v>
       </c>
       <c r="I28" s="4">
         <v>379</v>
       </c>
       <c r="J28" s="4">
         <v>396</v>
       </c>
     </row>
-    <row r="29" spans="1:23">
+    <row r="29" spans="1:24">
       <c r="B29" s="5" t="s">
         <v>6</v>
       </c>
       <c r="C29" s="6">
         <v>100</v>
       </c>
       <c r="D29" s="6">
         <v>100</v>
       </c>
       <c r="E29" s="6">
         <v>100</v>
       </c>
       <c r="F29" s="6">
         <v>100</v>
       </c>
       <c r="G29" s="6">
         <v>100</v>
       </c>
       <c r="H29" s="6">
         <v>100</v>
       </c>
       <c r="I29" s="6">
         <v>100</v>
       </c>
       <c r="J29" s="6">
         <v>100</v>
       </c>
     </row>
-    <row r="31" spans="1:23">
+    <row r="31" spans="1:24">
       <c r="A31" s="2" t="s">
         <v>48</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="6" t="s">
         <v>10</v>
       </c>
       <c r="D31" s="6" t="s">
         <v>11</v>
       </c>
       <c r="E31" s="6" t="s">
         <v>49</v>
       </c>
       <c r="F31" s="6" t="s">
         <v>50</v>
       </c>
       <c r="G31" s="6" t="s">
         <v>51</v>
       </c>
       <c r="H31" s="6" t="s">
         <v>52</v>
       </c>
       <c r="I31" s="6" t="s">
@@ -1424,51 +1427,51 @@
       <c r="M31" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N31" s="6" t="s">
         <v>36</v>
       </c>
       <c r="O31" s="6" t="s">
         <v>38</v>
       </c>
       <c r="P31" s="6" t="s">
         <v>39</v>
       </c>
       <c r="Q31" s="6" t="s">
         <v>40</v>
       </c>
       <c r="R31" s="6" t="s">
         <v>41</v>
       </c>
       <c r="S31" s="6" t="s">
         <v>42</v>
       </c>
       <c r="T31" s="6" t="s">
         <v>43</v>
       </c>
     </row>
-    <row r="32" spans="1:23">
+    <row r="32" spans="1:24">
       <c r="B32" s="5" t="s">
         <v>5</v>
       </c>
       <c r="C32" s="4">
         <v>386</v>
       </c>
       <c r="D32" s="4">
         <v>412</v>
       </c>
       <c r="E32" s="4">
         <v>344</v>
       </c>
       <c r="F32" s="4">
         <v>373</v>
       </c>
       <c r="G32" s="4">
         <v>349</v>
       </c>
       <c r="H32" s="4">
         <v>362</v>
       </c>
       <c r="I32" s="4">
         <v>385</v>
       </c>
       <c r="J32" s="4">
@@ -1483,51 +1486,51 @@
       <c r="M32" s="4">
         <v>368</v>
       </c>
       <c r="N32" s="4">
         <v>435</v>
       </c>
       <c r="O32" s="4">
         <v>444</v>
       </c>
       <c r="P32" s="4">
         <v>375</v>
       </c>
       <c r="Q32" s="4">
         <v>398</v>
       </c>
       <c r="R32" s="4">
         <v>398</v>
       </c>
       <c r="S32" s="4">
         <v>396</v>
       </c>
       <c r="T32" s="4">
         <v>434</v>
       </c>
     </row>
-    <row r="33" spans="1:23">
+    <row r="33" spans="1:24">
       <c r="B33" s="5" t="s">
         <v>6</v>
       </c>
       <c r="C33" s="6">
         <v>100</v>
       </c>
       <c r="D33" s="6">
         <v>100</v>
       </c>
       <c r="E33" s="6">
         <v>100</v>
       </c>
       <c r="F33" s="6">
         <v>100</v>
       </c>
       <c r="G33" s="6">
         <v>100</v>
       </c>
       <c r="H33" s="6">
         <v>100</v>
       </c>
       <c r="I33" s="6">
         <v>100</v>
       </c>
       <c r="J33" s="6">
@@ -1542,244 +1545,250 @@
       <c r="M33" s="6">
         <v>100</v>
       </c>
       <c r="N33" s="6">
         <v>100</v>
       </c>
       <c r="O33" s="6">
         <v>100</v>
       </c>
       <c r="P33" s="6">
         <v>100</v>
       </c>
       <c r="Q33" s="6">
         <v>100</v>
       </c>
       <c r="R33" s="6">
         <v>100</v>
       </c>
       <c r="S33" s="6">
         <v>100</v>
       </c>
       <c r="T33" s="6">
         <v>100</v>
       </c>
     </row>
-    <row r="35" spans="1:23">
+    <row r="35" spans="1:24">
       <c r="A35" s="2" t="s">
         <v>54</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C35" s="6" t="s">
         <v>45</v>
       </c>
       <c r="D35" s="6" t="s">
         <v>27</v>
       </c>
       <c r="E35" s="6" t="s">
         <v>38</v>
       </c>
       <c r="F35" s="6" t="s">
         <v>40</v>
       </c>
     </row>
-    <row r="36" spans="1:23">
+    <row r="36" spans="1:24">
       <c r="B36" s="5" t="s">
         <v>5</v>
       </c>
       <c r="C36" s="4">
         <v>352</v>
       </c>
       <c r="D36" s="4">
         <v>376</v>
       </c>
       <c r="E36" s="4">
         <v>333</v>
       </c>
       <c r="F36" s="4">
         <v>318</v>
       </c>
     </row>
-    <row r="37" spans="1:23">
+    <row r="37" spans="1:24">
       <c r="B37" s="5" t="s">
         <v>6</v>
       </c>
       <c r="C37" s="6">
         <v>100</v>
       </c>
       <c r="D37" s="6">
         <v>100</v>
       </c>
       <c r="E37" s="6">
         <v>100</v>
       </c>
       <c r="F37" s="6">
         <v>100</v>
       </c>
     </row>
-    <row r="39" spans="1:23">
+    <row r="39" spans="1:24">
       <c r="A39" s="2" t="s">
         <v>55</v>
       </c>
       <c r="B39" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C39" s="6" t="s">
+        <v>56</v>
+      </c>
+      <c r="D39" s="6" t="s">
         <v>10</v>
-      </c>
-[...1 lines deleted...]
-        <v>56</v>
       </c>
       <c r="E39" s="6" t="s">
         <v>57</v>
       </c>
       <c r="F39" s="6" t="s">
         <v>58</v>
       </c>
       <c r="G39" s="6" t="s">
         <v>59</v>
       </c>
       <c r="H39" s="6" t="s">
         <v>60</v>
       </c>
       <c r="I39" s="6" t="s">
         <v>61</v>
       </c>
       <c r="J39" s="6" t="s">
         <v>62</v>
       </c>
       <c r="K39" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="L39" s="6" t="s">
         <v>50</v>
       </c>
-      <c r="L39" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M39" s="6" t="s">
+        <v>64</v>
+      </c>
+      <c r="N39" s="6" t="s">
         <v>45</v>
       </c>
-      <c r="N39" s="6" t="s">
+      <c r="O39" s="6" t="s">
         <v>27</v>
       </c>
-      <c r="O39" s="6" t="s">
+      <c r="P39" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="P39" s="6" t="s">
+      <c r="Q39" s="6" t="s">
         <v>36</v>
       </c>
-      <c r="Q39" s="6" t="s">
+      <c r="R39" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="R39" s="6" t="s">
+      <c r="S39" s="6" t="s">
         <v>3</v>
       </c>
-      <c r="S39" s="6" t="s">
+      <c r="T39" s="6" t="s">
         <v>38</v>
       </c>
-      <c r="T39" s="6" t="s">
+      <c r="U39" s="6" t="s">
         <v>39</v>
       </c>
-      <c r="U39" s="6" t="s">
+      <c r="V39" s="6" t="s">
         <v>41</v>
       </c>
-      <c r="V39" s="6" t="s">
+      <c r="W39" s="6" t="s">
         <v>42</v>
       </c>
-      <c r="W39" s="6" t="s">
+      <c r="X39" s="6" t="s">
         <v>43</v>
       </c>
     </row>
-    <row r="40" spans="1:23">
+    <row r="40" spans="1:24">
       <c r="B40" s="5" t="s">
         <v>5</v>
       </c>
       <c r="C40" s="4">
+        <v>403</v>
+      </c>
+      <c r="D40" s="4">
         <v>379</v>
       </c>
-      <c r="D40" s="4">
+      <c r="E40" s="4">
         <v>411</v>
       </c>
-      <c r="E40" s="4">
+      <c r="F40" s="4">
         <v>391</v>
       </c>
-      <c r="F40" s="4">
+      <c r="G40" s="4">
         <v>364</v>
       </c>
-      <c r="G40" s="4">
+      <c r="H40" s="4">
         <v>404</v>
       </c>
-      <c r="H40" s="4">
+      <c r="I40" s="4">
         <v>418</v>
       </c>
-      <c r="I40" s="4">
+      <c r="J40" s="4">
         <v>406</v>
       </c>
-      <c r="J40" s="4">
+      <c r="K40" s="4">
         <v>365</v>
       </c>
-      <c r="K40" s="4">
+      <c r="L40" s="4">
         <v>377</v>
       </c>
-      <c r="L40" s="4">
+      <c r="M40" s="4">
         <v>396</v>
       </c>
-      <c r="M40" s="4">
+      <c r="N40" s="4">
         <v>379</v>
       </c>
-      <c r="N40" s="4">
+      <c r="O40" s="4">
         <v>423</v>
       </c>
-      <c r="O40" s="4">
+      <c r="P40" s="4">
         <v>427</v>
       </c>
-      <c r="P40" s="4">
+      <c r="Q40" s="4">
         <v>384</v>
       </c>
-      <c r="Q40" s="4">
+      <c r="R40" s="4">
         <v>419</v>
       </c>
-      <c r="R40" s="4">
+      <c r="S40" s="4">
         <v>382</v>
       </c>
-      <c r="S40" s="4">
+      <c r="T40" s="4">
         <v>444</v>
       </c>
-      <c r="T40" s="4">
+      <c r="U40" s="4">
         <v>399</v>
       </c>
-      <c r="U40" s="4">
+      <c r="V40" s="4">
         <v>373</v>
       </c>
-      <c r="V40" s="4">
+      <c r="W40" s="4">
         <v>381</v>
       </c>
-      <c r="W40" s="4">
+      <c r="X40" s="4">
         <v>387</v>
       </c>
     </row>
-    <row r="41" spans="1:23">
+    <row r="41" spans="1:24">
       <c r="B41" s="5" t="s">
         <v>6</v>
       </c>
       <c r="C41" s="6">
         <v>100</v>
       </c>
       <c r="D41" s="6">
         <v>100</v>
       </c>
       <c r="E41" s="6">
         <v>100</v>
       </c>
       <c r="F41" s="6">
         <v>100</v>
       </c>
       <c r="G41" s="6">
         <v>100</v>
       </c>
       <c r="H41" s="6">
         <v>100</v>
       </c>
       <c r="I41" s="6">
         <v>100</v>
       </c>
       <c r="J41" s="6">
@@ -1802,152 +1811,155 @@
       </c>
       <c r="P41" s="6">
         <v>100</v>
       </c>
       <c r="Q41" s="6">
         <v>100</v>
       </c>
       <c r="R41" s="6">
         <v>100</v>
       </c>
       <c r="S41" s="6">
         <v>100</v>
       </c>
       <c r="T41" s="6">
         <v>100</v>
       </c>
       <c r="U41" s="6">
         <v>100</v>
       </c>
       <c r="V41" s="6">
         <v>100</v>
       </c>
       <c r="W41" s="6">
         <v>100</v>
       </c>
-    </row>
-    <row r="43" spans="1:23">
+      <c r="X41" s="6">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="43" spans="1:24">
       <c r="A43" s="2" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="B43" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C43" s="6" t="s">
         <v>36</v>
       </c>
       <c r="D43" s="6" t="s">
         <v>3</v>
       </c>
       <c r="E43" s="6" t="s">
         <v>39</v>
       </c>
       <c r="F43" s="6" t="s">
         <v>41</v>
       </c>
       <c r="G43" s="6" t="s">
         <v>43</v>
       </c>
     </row>
-    <row r="44" spans="1:23">
+    <row r="44" spans="1:24">
       <c r="B44" s="5" t="s">
         <v>5</v>
       </c>
       <c r="C44" s="4">
         <v>451</v>
       </c>
       <c r="D44" s="4">
         <v>397</v>
       </c>
       <c r="E44" s="4">
         <v>378</v>
       </c>
       <c r="F44" s="4">
         <v>384</v>
       </c>
       <c r="G44" s="4">
         <v>367</v>
       </c>
     </row>
-    <row r="45" spans="1:23">
+    <row r="45" spans="1:24">
       <c r="B45" s="5" t="s">
         <v>6</v>
       </c>
       <c r="C45" s="6">
         <v>100</v>
       </c>
       <c r="D45" s="6">
         <v>100</v>
       </c>
       <c r="E45" s="6">
         <v>100</v>
       </c>
       <c r="F45" s="6">
         <v>100</v>
       </c>
       <c r="G45" s="6">
         <v>100</v>
       </c>
     </row>
-    <row r="47" spans="1:23">
+    <row r="47" spans="1:24">
       <c r="A47" s="2" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B47" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C47" s="6" t="s">
         <v>45</v>
       </c>
       <c r="D47" s="6" t="s">
         <v>26</v>
       </c>
       <c r="E47" s="6" t="s">
         <v>27</v>
       </c>
       <c r="F47" s="6" t="s">
         <v>36</v>
       </c>
     </row>
-    <row r="48" spans="1:23">
+    <row r="48" spans="1:24">
       <c r="B48" s="5" t="s">
         <v>5</v>
       </c>
       <c r="C48" s="4">
         <v>313</v>
       </c>
       <c r="D48" s="4">
         <v>321</v>
       </c>
       <c r="E48" s="4">
         <v>325</v>
       </c>
       <c r="F48" s="4">
         <v>339</v>
       </c>
     </row>
-    <row r="49" spans="1:23">
+    <row r="49" spans="1:24">
       <c r="B49" s="5" t="s">
         <v>6</v>
       </c>
       <c r="C49" s="6">
         <v>100</v>
       </c>
       <c r="D49" s="6">
         <v>100</v>
       </c>
       <c r="E49" s="6">
         <v>100</v>
       </c>
       <c r="F49" s="6">
         <v>100</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.787401575" bottom="0.787401575" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="portrait" scale="100" fitToHeight="2" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>