--- v0 (2025-12-07)
+++ v1 (2025-12-13)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="82">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="83">
   <si>
     <t>Výsledky hráčů družstva SK Meteor Praha B na kuželně SK Žižkov Praha</t>
   </si>
   <si>
     <t>Jindra Pokorná</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
     <t>16.4.2025</t>
   </si>
   <si>
     <t>5.3.2025</t>
   </si>
   <si>
     <t>13.2.2025</t>
   </si>
   <si>
     <t>7.2.2024</t>
   </si>
   <si>
     <t>30.11.2023</t>
   </si>
   <si>
@@ -177,50 +177,53 @@
     <t>David Dittrich</t>
   </si>
   <si>
     <t>Michal Franc</t>
   </si>
   <si>
     <t>Jan Petráček</t>
   </si>
   <si>
     <t>21.3.2022</t>
   </si>
   <si>
     <t>14.2.2022</t>
   </si>
   <si>
     <t>Luboš Soukup</t>
   </si>
   <si>
     <t>Pavel Novák</t>
   </si>
   <si>
     <t>Luboš Polanský</t>
   </si>
   <si>
     <t>Miroslav Šostý</t>
+  </si>
+  <si>
+    <t>10.12.2025</t>
   </si>
   <si>
     <t>1.12.2025</t>
   </si>
   <si>
     <t>29.9.2025</t>
   </si>
   <si>
     <t>27.3.2025</t>
   </si>
   <si>
     <t>10.3.2025</t>
   </si>
   <si>
     <t>17.2.2025</t>
   </si>
   <si>
     <t>4.4.2024</t>
   </si>
   <si>
     <t>16.1.2023</t>
   </si>
   <si>
     <t>23.3.2022</t>
   </si>
@@ -1817,130 +1820,136 @@
       </c>
       <c r="J37" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="39" spans="1:22">
       <c r="A39" s="2" t="s">
         <v>54</v>
       </c>
       <c r="B39" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C39" s="6" t="s">
         <v>55</v>
       </c>
       <c r="D39" s="6" t="s">
         <v>56</v>
       </c>
       <c r="E39" s="6" t="s">
         <v>57</v>
       </c>
       <c r="F39" s="6" t="s">
         <v>58</v>
       </c>
       <c r="G39" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="H39" s="6" t="s">
         <v>4</v>
-      </c>
-[...1 lines deleted...]
-        <v>59</v>
       </c>
       <c r="I39" s="6" t="s">
         <v>60</v>
       </c>
       <c r="J39" s="6" t="s">
         <v>61</v>
       </c>
       <c r="K39" s="6" t="s">
         <v>62</v>
       </c>
       <c r="L39" s="6" t="s">
         <v>63</v>
       </c>
       <c r="M39" s="6" t="s">
         <v>64</v>
       </c>
       <c r="N39" s="6" t="s">
         <v>65</v>
       </c>
       <c r="O39" s="6" t="s">
         <v>66</v>
       </c>
       <c r="P39" s="6" t="s">
         <v>67</v>
       </c>
       <c r="Q39" s="6" t="s">
         <v>68</v>
+      </c>
+      <c r="R39" s="6" t="s">
+        <v>69</v>
       </c>
     </row>
     <row r="40" spans="1:22">
       <c r="B40" s="5" t="s">
         <v>23</v>
       </c>
       <c r="C40" s="4">
+        <v>422</v>
+      </c>
+      <c r="D40" s="4">
         <v>362</v>
       </c>
-      <c r="D40" s="4">
+      <c r="E40" s="4">
         <v>428</v>
       </c>
-      <c r="E40" s="4">
+      <c r="F40" s="4">
         <v>439</v>
       </c>
-      <c r="F40" s="4">
+      <c r="G40" s="4">
         <v>413</v>
       </c>
-      <c r="G40" s="4">
+      <c r="H40" s="4">
         <v>446</v>
       </c>
-      <c r="H40" s="4">
+      <c r="I40" s="4">
         <v>418</v>
       </c>
-      <c r="I40" s="4">
+      <c r="J40" s="4">
         <v>401</v>
       </c>
-      <c r="J40" s="4">
+      <c r="K40" s="4">
         <v>471</v>
       </c>
-      <c r="K40" s="4">
+      <c r="L40" s="4">
         <v>441</v>
       </c>
-      <c r="L40" s="4">
+      <c r="M40" s="4">
         <v>462</v>
       </c>
-      <c r="M40" s="4">
+      <c r="N40" s="4">
         <v>458</v>
       </c>
-      <c r="N40" s="4">
+      <c r="O40" s="4">
         <v>444</v>
       </c>
-      <c r="O40" s="4">
+      <c r="P40" s="4">
         <v>450</v>
       </c>
-      <c r="P40" s="4">
+      <c r="Q40" s="4">
         <v>398</v>
       </c>
-      <c r="Q40" s="4">
+      <c r="R40" s="4">
         <v>411</v>
       </c>
     </row>
     <row r="41" spans="1:22">
       <c r="B41" s="5" t="s">
         <v>24</v>
       </c>
       <c r="C41" s="6">
         <v>100</v>
       </c>
       <c r="D41" s="6">
         <v>100</v>
       </c>
       <c r="E41" s="6">
         <v>100</v>
       </c>
       <c r="F41" s="6">
         <v>100</v>
       </c>
       <c r="G41" s="6">
         <v>100</v>
       </c>
       <c r="H41" s="6">
         <v>100</v>
       </c>
@@ -1949,114 +1958,117 @@
       </c>
       <c r="J41" s="6">
         <v>100</v>
       </c>
       <c r="K41" s="6">
         <v>100</v>
       </c>
       <c r="L41" s="6">
         <v>100</v>
       </c>
       <c r="M41" s="6">
         <v>100</v>
       </c>
       <c r="N41" s="6">
         <v>100</v>
       </c>
       <c r="O41" s="6">
         <v>100</v>
       </c>
       <c r="P41" s="6">
         <v>100</v>
       </c>
       <c r="Q41" s="6">
         <v>100</v>
       </c>
+      <c r="R41" s="6">
+        <v>100</v>
+      </c>
     </row>
     <row r="43" spans="1:22">
       <c r="A43" s="2" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="B43" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C43" s="6" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="D43" s="6" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="E43" s="6" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="F43" s="6" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="G43" s="6" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="H43" s="6" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="I43" s="6" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="J43" s="6" t="s">
         <v>11</v>
       </c>
       <c r="K43" s="6" t="s">
         <v>13</v>
       </c>
       <c r="L43" s="6" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="M43" s="6" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="N43" s="6" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="O43" s="6" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="P43" s="6" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="Q43" s="6" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="R43" s="6" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="S43" s="6" t="s">
         <v>19</v>
       </c>
       <c r="T43" s="6" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="U43" s="6" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
     </row>
     <row r="44" spans="1:22">
       <c r="B44" s="5" t="s">
         <v>23</v>
       </c>
       <c r="C44" s="4">
         <v>452</v>
       </c>
       <c r="D44" s="4">
         <v>462</v>
       </c>
       <c r="E44" s="4">
         <v>393</v>
       </c>
       <c r="F44" s="4">
         <v>438</v>
       </c>
       <c r="G44" s="4">
         <v>386</v>
       </c>
       <c r="H44" s="4">
         <v>441</v>
       </c>
       <c r="I44" s="4">
@@ -2141,195 +2153,204 @@
       </c>
       <c r="O45" s="6">
         <v>100</v>
       </c>
       <c r="P45" s="6">
         <v>100</v>
       </c>
       <c r="Q45" s="6">
         <v>100</v>
       </c>
       <c r="R45" s="6">
         <v>100</v>
       </c>
       <c r="S45" s="6">
         <v>100</v>
       </c>
       <c r="T45" s="6">
         <v>100</v>
       </c>
       <c r="U45" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="47" spans="1:22">
       <c r="A47" s="2" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="B47" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C47" s="6" t="s">
         <v>55</v>
       </c>
       <c r="D47" s="6" t="s">
         <v>56</v>
       </c>
       <c r="E47" s="6" t="s">
-        <v>60</v>
+        <v>57</v>
       </c>
       <c r="F47" s="6" t="s">
         <v>61</v>
       </c>
       <c r="G47" s="6" t="s">
-        <v>71</v>
+        <v>62</v>
       </c>
       <c r="H47" s="6" t="s">
-        <v>62</v>
+        <v>72</v>
       </c>
       <c r="I47" s="6" t="s">
         <v>63</v>
       </c>
       <c r="J47" s="6" t="s">
         <v>64</v>
       </c>
       <c r="K47" s="6" t="s">
         <v>65</v>
       </c>
       <c r="L47" s="6" t="s">
         <v>66</v>
+      </c>
+      <c r="M47" s="6" t="s">
+        <v>67</v>
       </c>
     </row>
     <row r="48" spans="1:22">
       <c r="B48" s="5" t="s">
         <v>23</v>
       </c>
       <c r="C48" s="4">
+        <v>352</v>
+      </c>
+      <c r="D48" s="4">
         <v>359</v>
       </c>
-      <c r="D48" s="4">
+      <c r="E48" s="4">
         <v>400</v>
       </c>
-      <c r="E48" s="4">
+      <c r="F48" s="4">
         <v>383</v>
       </c>
-      <c r="F48" s="4">
+      <c r="G48" s="4">
         <v>350</v>
       </c>
-      <c r="G48" s="4">
+      <c r="H48" s="4">
         <v>406</v>
       </c>
-      <c r="H48" s="4">
+      <c r="I48" s="4">
         <v>395</v>
       </c>
-      <c r="I48" s="4">
+      <c r="J48" s="4">
         <v>420</v>
       </c>
-      <c r="J48" s="4">
+      <c r="K48" s="4">
         <v>379</v>
       </c>
-      <c r="K48" s="4">
+      <c r="L48" s="4">
         <v>346</v>
       </c>
-      <c r="L48" s="4">
+      <c r="M48" s="4">
         <v>332</v>
       </c>
     </row>
     <row r="49" spans="1:22">
       <c r="B49" s="5" t="s">
         <v>24</v>
       </c>
       <c r="C49" s="6">
         <v>100</v>
       </c>
       <c r="D49" s="6">
         <v>100</v>
       </c>
       <c r="E49" s="6">
         <v>100</v>
       </c>
       <c r="F49" s="6">
         <v>100</v>
       </c>
       <c r="G49" s="6">
         <v>100</v>
       </c>
       <c r="H49" s="6">
         <v>100</v>
       </c>
       <c r="I49" s="6">
         <v>100</v>
       </c>
       <c r="J49" s="6">
         <v>100</v>
       </c>
       <c r="K49" s="6">
         <v>100</v>
       </c>
       <c r="L49" s="6">
         <v>100</v>
       </c>
+      <c r="M49" s="6">
+        <v>100</v>
+      </c>
     </row>
     <row r="51" spans="1:22">
       <c r="A51" s="2" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="B51" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C51" s="6" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="D51" s="6" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="E51" s="6" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="F51" s="6" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="G51" s="6" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="H51" s="6" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="I51" s="6" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="J51" s="6" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="K51" s="6" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="L51" s="6" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="M51" s="6" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
     </row>
     <row r="52" spans="1:22">
       <c r="B52" s="5" t="s">
         <v>23</v>
       </c>
       <c r="C52" s="4">
         <v>395</v>
       </c>
       <c r="D52" s="4">
         <v>400</v>
       </c>
       <c r="E52" s="4">
         <v>359</v>
       </c>
       <c r="F52" s="4">
         <v>370</v>
       </c>
       <c r="G52" s="4">
         <v>390</v>
       </c>
       <c r="H52" s="4">
         <v>421</v>
       </c>
       <c r="I52" s="4">
@@ -2366,81 +2387,81 @@
       </c>
       <c r="G53" s="6">
         <v>100</v>
       </c>
       <c r="H53" s="6">
         <v>100</v>
       </c>
       <c r="I53" s="6">
         <v>100</v>
       </c>
       <c r="J53" s="6">
         <v>100</v>
       </c>
       <c r="K53" s="6">
         <v>100</v>
       </c>
       <c r="L53" s="6">
         <v>100</v>
       </c>
       <c r="M53" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="55" spans="1:22">
       <c r="A55" s="2" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="B55" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C55" s="6" t="s">
         <v>3</v>
       </c>
       <c r="D55" s="6" t="s">
         <v>5</v>
       </c>
       <c r="E55" s="6" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="F55" s="6" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="G55" s="6" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="H55" s="6" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="I55" s="6" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="J55" s="6" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="K55" s="6" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
     </row>
     <row r="56" spans="1:22">
       <c r="B56" s="5" t="s">
         <v>23</v>
       </c>
       <c r="C56" s="4">
         <v>410</v>
       </c>
       <c r="D56" s="4">
         <v>423</v>
       </c>
       <c r="E56" s="4">
         <v>443</v>
       </c>
       <c r="F56" s="4">
         <v>436</v>
       </c>
       <c r="G56" s="4">
         <v>422</v>
       </c>
       <c r="H56" s="4">
         <v>427</v>
       </c>
       <c r="I56" s="4">