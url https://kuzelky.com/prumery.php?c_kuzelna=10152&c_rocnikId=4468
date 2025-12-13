--- v0 (2025-12-07)
+++ v1 (2025-12-13)
@@ -12,61 +12,64 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="98">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="99">
   <si>
     <t>Výsledky hráčů družstva KK Dopravní podniky Praha A na kuželně SK Žižkov Praha</t>
   </si>
   <si>
     <t>Miroslav Tomeš</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
+    <t>8.12.2025</t>
+  </si>
+  <si>
     <t>24.11.2025</t>
   </si>
   <si>
     <t>3.11.2025</t>
   </si>
   <si>
     <t>6.10.2025</t>
   </si>
   <si>
     <t>22.9.2025</t>
   </si>
   <si>
     <t>14.4.2025</t>
   </si>
   <si>
     <t>31.3.2025</t>
   </si>
   <si>
     <t>17.3.2025</t>
   </si>
   <si>
     <t>17.2.2025</t>
   </si>
   <si>
     <t>13.1.2025</t>
@@ -110,234 +113,234 @@
   <si>
     <t>4.12.2023</t>
   </si>
   <si>
     <t>20.11.2023</t>
   </si>
   <si>
     <t>6.11.2023</t>
   </si>
   <si>
     <t>1.11.2023</t>
   </si>
   <si>
     <t>23.10.2023</t>
   </si>
   <si>
     <t>19.10.2023</t>
   </si>
   <si>
     <t>2.10.2023</t>
   </si>
   <si>
     <t>18.9.2023</t>
   </si>
   <si>
+    <t>Výkon:</t>
+  </si>
+  <si>
+    <t>Počet hodů:</t>
+  </si>
+  <si>
+    <t>Deno Klos</t>
+  </si>
+  <si>
+    <t>2.3.2020</t>
+  </si>
+  <si>
+    <t>17.2.2020</t>
+  </si>
+  <si>
+    <t>3.2.2020</t>
+  </si>
+  <si>
+    <t>13.1.2020</t>
+  </si>
+  <si>
+    <t>18.11.2019</t>
+  </si>
+  <si>
+    <t>11.11.2019</t>
+  </si>
+  <si>
+    <t>30.9.2019</t>
+  </si>
+  <si>
+    <t>26.9.2019</t>
+  </si>
+  <si>
+    <t>3.12.2018</t>
+  </si>
+  <si>
+    <t>Antonín Švarc</t>
+  </si>
+  <si>
+    <t>15.10.2018</t>
+  </si>
+  <si>
+    <t>26.2.2018</t>
+  </si>
+  <si>
+    <t>Karel Hnátek st.</t>
+  </si>
+  <si>
+    <t>31.1.2022</t>
+  </si>
+  <si>
+    <t>26.1.2022</t>
+  </si>
+  <si>
+    <t>8.12.2021</t>
+  </si>
+  <si>
+    <t>8.11.2021</t>
+  </si>
+  <si>
+    <t>25.10.2021</t>
+  </si>
+  <si>
+    <t>4.10.2021</t>
+  </si>
+  <si>
+    <t>13.9.2021</t>
+  </si>
+  <si>
+    <t>6.9.2021</t>
+  </si>
+  <si>
+    <t>14.9.2020</t>
+  </si>
+  <si>
+    <t>7.9.2020</t>
+  </si>
+  <si>
+    <t>10.2.2020</t>
+  </si>
+  <si>
+    <t>28.10.2019</t>
+  </si>
+  <si>
+    <t>21.10.2019</t>
+  </si>
+  <si>
+    <t>14.10.2019</t>
+  </si>
+  <si>
+    <t>16.9.2019</t>
+  </si>
+  <si>
+    <t>2.9.2019</t>
+  </si>
+  <si>
+    <t>21.11.2018</t>
+  </si>
+  <si>
+    <t>Jaroslav Vondrák</t>
+  </si>
+  <si>
+    <t>3.3.2025</t>
+  </si>
+  <si>
+    <t>3.2.2025</t>
+  </si>
+  <si>
+    <t>25.11.2024</t>
+  </si>
+  <si>
     <t>13.9.2023</t>
   </si>
   <si>
-    <t>Výkon:</t>
-[...109 lines deleted...]
-  <si>
     <t>13.4.2023</t>
   </si>
   <si>
     <t>27.3.2023</t>
   </si>
   <si>
     <t>6.3.2023</t>
   </si>
   <si>
     <t>20.2.2023</t>
   </si>
   <si>
     <t>6.2.2023</t>
   </si>
   <si>
     <t>16.1.2023</t>
   </si>
   <si>
+    <t>Jindřich Habada</t>
+  </si>
+  <si>
+    <t>23.1.2023</t>
+  </si>
+  <si>
+    <t>Jan Novák</t>
+  </si>
+  <si>
+    <t>Martin Štochl</t>
+  </si>
+  <si>
+    <t>30.9.2025</t>
+  </si>
+  <si>
+    <t>12.3.2025</t>
+  </si>
+  <si>
+    <t>11.12.2024</t>
+  </si>
+  <si>
+    <t>23.10.2024</t>
+  </si>
+  <si>
+    <t>21.10.2024</t>
+  </si>
+  <si>
+    <t>14.10.2024</t>
+  </si>
+  <si>
+    <t>15.4.2024</t>
+  </si>
+  <si>
+    <t>26.3.2024</t>
+  </si>
+  <si>
+    <t>11.3.2024</t>
+  </si>
+  <si>
+    <t>22.2.2024</t>
+  </si>
+  <si>
+    <t>15.1.2024</t>
+  </si>
+  <si>
+    <t>Bohumil Plášil</t>
+  </si>
+  <si>
+    <t>1.2.2023</t>
+  </si>
+  <si>
     <t>28.11.2022</t>
-  </si>
-[...49 lines deleted...]
-    <t>1.2.2023</t>
   </si>
   <si>
     <t>14.11.2022</t>
   </si>
   <si>
     <t>26.9.2022</t>
   </si>
   <si>
     <t>12.9.2022</t>
   </si>
   <si>
     <t>5.9.2022</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="5">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -850,138 +853,138 @@
       </c>
       <c r="AA3" s="6" t="s">
         <v>27</v>
       </c>
       <c r="AB3" s="6" t="s">
         <v>28</v>
       </c>
       <c r="AC3" s="6" t="s">
         <v>29</v>
       </c>
       <c r="AD3" s="6" t="s">
         <v>30</v>
       </c>
       <c r="AE3" s="6" t="s">
         <v>31</v>
       </c>
       <c r="AF3" s="6" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="4" spans="1:32">
       <c r="B4" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C4" s="4">
+        <v>402</v>
+      </c>
+      <c r="D4" s="4">
         <v>409</v>
       </c>
-      <c r="D4" s="4">
+      <c r="E4" s="4">
         <v>447</v>
       </c>
-      <c r="E4" s="4">
+      <c r="F4" s="4">
         <v>423</v>
       </c>
-      <c r="F4" s="4">
+      <c r="G4" s="4">
         <v>416</v>
       </c>
-      <c r="G4" s="4">
+      <c r="H4" s="4">
         <v>402</v>
       </c>
-      <c r="H4" s="4">
+      <c r="I4" s="4">
         <v>345</v>
       </c>
-      <c r="I4" s="4">
+      <c r="J4" s="4">
         <v>412</v>
       </c>
-      <c r="J4" s="4">
+      <c r="K4" s="4">
         <v>370</v>
       </c>
-      <c r="K4" s="4">
+      <c r="L4" s="4">
         <v>387</v>
       </c>
-      <c r="L4" s="4">
+      <c r="M4" s="4">
         <v>393</v>
       </c>
-      <c r="M4" s="4">
+      <c r="N4" s="4">
         <v>387</v>
       </c>
-      <c r="N4" s="4">
+      <c r="O4" s="4">
         <v>413</v>
       </c>
-      <c r="O4" s="4">
+      <c r="P4" s="4">
         <v>377</v>
-      </c>
-[...1 lines deleted...]
-        <v>415</v>
       </c>
       <c r="Q4" s="4">
         <v>415</v>
       </c>
       <c r="R4" s="4">
+        <v>415</v>
+      </c>
+      <c r="S4" s="4">
         <v>414</v>
       </c>
-      <c r="S4" s="4">
+      <c r="T4" s="4">
         <v>401</v>
       </c>
-      <c r="T4" s="4">
+      <c r="U4" s="4">
         <v>438</v>
       </c>
-      <c r="U4" s="4">
+      <c r="V4" s="4">
         <v>398</v>
       </c>
-      <c r="V4" s="4">
+      <c r="W4" s="4">
         <v>394</v>
       </c>
-      <c r="W4" s="4">
+      <c r="X4" s="4">
         <v>439</v>
       </c>
-      <c r="X4" s="4">
+      <c r="Y4" s="4">
         <v>457</v>
       </c>
-      <c r="Y4" s="4">
+      <c r="Z4" s="4">
         <v>382</v>
       </c>
-      <c r="Z4" s="4">
+      <c r="AA4" s="4">
         <v>371</v>
       </c>
-      <c r="AA4" s="4">
+      <c r="AB4" s="4">
         <v>409</v>
       </c>
-      <c r="AB4" s="4">
+      <c r="AC4" s="4">
         <v>421</v>
       </c>
-      <c r="AC4" s="4">
+      <c r="AD4" s="4">
         <v>416</v>
       </c>
-      <c r="AD4" s="4">
+      <c r="AE4" s="4">
         <v>408</v>
       </c>
-      <c r="AE4" s="4">
+      <c r="AF4" s="4">
         <v>411</v>
-      </c>
-[...1 lines deleted...]
-        <v>404</v>
       </c>
     </row>
     <row r="5" spans="1:32">
       <c r="B5" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C5" s="6">
         <v>100</v>
       </c>
       <c r="D5" s="6">
         <v>100</v>
       </c>
       <c r="E5" s="6">
         <v>100</v>
       </c>
       <c r="F5" s="6">
         <v>100</v>
       </c>
       <c r="G5" s="6">
         <v>100</v>
       </c>
       <c r="H5" s="6">
         <v>100</v>
       </c>
       <c r="I5" s="6">
@@ -1454,227 +1457,227 @@
       </c>
       <c r="AA17" s="6">
         <v>100</v>
       </c>
       <c r="AB17" s="6">
         <v>100</v>
       </c>
       <c r="AC17" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="19" spans="1:32">
       <c r="A19" s="2" t="s">
         <v>66</v>
       </c>
       <c r="B19" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C19" s="6" t="s">
         <v>3</v>
       </c>
       <c r="D19" s="6" t="s">
         <v>4</v>
       </c>
       <c r="E19" s="6" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="F19" s="6" t="s">
         <v>7</v>
       </c>
       <c r="G19" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="H19" s="6" t="s">
         <v>67</v>
       </c>
-      <c r="H19" s="6" t="s">
+      <c r="I19" s="6" t="s">
         <v>68</v>
       </c>
-      <c r="I19" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J19" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="K19" s="6" t="s">
         <v>69</v>
-      </c>
-[...1 lines deleted...]
-        <v>12</v>
       </c>
       <c r="L19" s="6" t="s">
         <v>13</v>
       </c>
       <c r="M19" s="6" t="s">
         <v>14</v>
       </c>
       <c r="N19" s="6" t="s">
         <v>15</v>
       </c>
       <c r="O19" s="6" t="s">
         <v>16</v>
       </c>
       <c r="P19" s="6" t="s">
         <v>17</v>
       </c>
       <c r="Q19" s="6" t="s">
         <v>18</v>
       </c>
       <c r="R19" s="6" t="s">
         <v>19</v>
       </c>
       <c r="S19" s="6" t="s">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="T19" s="6" t="s">
         <v>26</v>
       </c>
       <c r="U19" s="6" t="s">
         <v>27</v>
       </c>
       <c r="V19" s="6" t="s">
         <v>28</v>
       </c>
       <c r="W19" s="6" t="s">
         <v>29</v>
       </c>
       <c r="X19" s="6" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="Y19" s="6" t="s">
         <v>32</v>
       </c>
       <c r="Z19" s="6" t="s">
         <v>70</v>
       </c>
       <c r="AA19" s="6" t="s">
         <v>71</v>
       </c>
       <c r="AB19" s="6" t="s">
         <v>72</v>
       </c>
       <c r="AC19" s="6" t="s">
         <v>73</v>
       </c>
       <c r="AD19" s="6" t="s">
         <v>74</v>
       </c>
       <c r="AE19" s="6" t="s">
         <v>75</v>
       </c>
       <c r="AF19" s="6" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="20" spans="1:32">
       <c r="B20" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C20" s="4">
+        <v>365</v>
+      </c>
+      <c r="D20" s="4">
         <v>402</v>
       </c>
-      <c r="D20" s="4">
+      <c r="E20" s="4">
         <v>433</v>
       </c>
-      <c r="E20" s="4">
+      <c r="F20" s="4">
         <v>401</v>
       </c>
-      <c r="F20" s="4">
+      <c r="G20" s="4">
         <v>384</v>
       </c>
-      <c r="G20" s="4">
+      <c r="H20" s="4">
         <v>366</v>
       </c>
-      <c r="H20" s="4">
+      <c r="I20" s="4">
         <v>418</v>
       </c>
-      <c r="I20" s="4">
+      <c r="J20" s="4">
         <v>434</v>
       </c>
-      <c r="J20" s="4">
+      <c r="K20" s="4">
         <v>431</v>
       </c>
-      <c r="K20" s="4">
+      <c r="L20" s="4">
         <v>394</v>
       </c>
-      <c r="L20" s="4">
+      <c r="M20" s="4">
         <v>404</v>
       </c>
-      <c r="M20" s="4">
+      <c r="N20" s="4">
         <v>419</v>
       </c>
-      <c r="N20" s="4">
+      <c r="O20" s="4">
         <v>406</v>
       </c>
-      <c r="O20" s="4">
+      <c r="P20" s="4">
         <v>400</v>
       </c>
-      <c r="P20" s="4">
+      <c r="Q20" s="4">
         <v>424</v>
       </c>
-      <c r="Q20" s="4">
+      <c r="R20" s="4">
         <v>414</v>
       </c>
-      <c r="R20" s="4">
+      <c r="S20" s="4">
         <v>396</v>
       </c>
-      <c r="S20" s="4">
+      <c r="T20" s="4">
         <v>430</v>
       </c>
-      <c r="T20" s="4">
+      <c r="U20" s="4">
         <v>441</v>
       </c>
-      <c r="U20" s="4">
+      <c r="V20" s="4">
         <v>400</v>
       </c>
-      <c r="V20" s="4">
+      <c r="W20" s="4">
         <v>406</v>
       </c>
-      <c r="W20" s="4">
+      <c r="X20" s="4">
         <v>441</v>
       </c>
-      <c r="X20" s="4">
+      <c r="Y20" s="4">
         <v>423</v>
       </c>
-      <c r="Y20" s="4">
+      <c r="Z20" s="4">
         <v>399</v>
       </c>
-      <c r="Z20" s="4">
+      <c r="AA20" s="4">
         <v>357</v>
       </c>
-      <c r="AA20" s="4">
+      <c r="AB20" s="4">
         <v>407</v>
       </c>
-      <c r="AB20" s="4">
+      <c r="AC20" s="4">
         <v>409</v>
       </c>
-      <c r="AC20" s="4">
+      <c r="AD20" s="4">
         <v>417</v>
       </c>
-      <c r="AD20" s="4">
+      <c r="AE20" s="4">
         <v>389</v>
       </c>
-      <c r="AE20" s="4">
+      <c r="AF20" s="4">
         <v>399</v>
-      </c>
-[...1 lines deleted...]
-        <v>422</v>
       </c>
     </row>
     <row r="21" spans="1:32">
       <c r="B21" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C21" s="6">
         <v>100</v>
       </c>
       <c r="D21" s="6">
         <v>100</v>
       </c>
       <c r="E21" s="6">
         <v>100</v>
       </c>
       <c r="F21" s="6">
         <v>100</v>
       </c>
       <c r="G21" s="6">
         <v>100</v>
       </c>
       <c r="H21" s="6">
         <v>100</v>
       </c>
       <c r="I21" s="6">
@@ -1736,138 +1739,138 @@
       </c>
       <c r="AB21" s="6">
         <v>100</v>
       </c>
       <c r="AC21" s="6">
         <v>100</v>
       </c>
       <c r="AD21" s="6">
         <v>100</v>
       </c>
       <c r="AE21" s="6">
         <v>100</v>
       </c>
       <c r="AF21" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="23" spans="1:32">
       <c r="A23" s="2" t="s">
         <v>77</v>
       </c>
       <c r="B23" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C23" s="6" t="s">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="D23" s="6" t="s">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="E23" s="6" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="F23" s="6" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="G23" s="6" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="H23" s="6" t="s">
         <v>67</v>
       </c>
       <c r="I23" s="6" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="J23" s="6" t="s">
         <v>68</v>
       </c>
       <c r="K23" s="6" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="L23" s="6" t="s">
         <v>69</v>
       </c>
       <c r="M23" s="6" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="N23" s="6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="O23" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="P23" s="6" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="Q23" s="6" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="R23" s="6" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="S23" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="T23" s="6" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="U23" s="6" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="V23" s="6" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="W23" s="6" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="X23" s="6" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="Y23" s="6" t="s">
-        <v>32</v>
+        <v>70</v>
       </c>
       <c r="Z23" s="6" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="AA23" s="6" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="AB23" s="6" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="AC23" s="6" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="AD23" s="6" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="AE23" s="6" t="s">
         <v>78</v>
       </c>
       <c r="AF23" s="6" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
     </row>
     <row r="24" spans="1:32">
       <c r="B24" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C24" s="4">
         <v>370</v>
       </c>
       <c r="D24" s="4">
         <v>394</v>
       </c>
       <c r="E24" s="4">
         <v>413</v>
       </c>
       <c r="F24" s="4">
         <v>439</v>
       </c>
       <c r="G24" s="4">
         <v>445</v>
       </c>
       <c r="H24" s="4">
         <v>399</v>
       </c>
       <c r="I24" s="4">
@@ -2036,221 +2039,221 @@
       </c>
       <c r="AF25" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="27" spans="1:32">
       <c r="A27" s="2" t="s">
         <v>79</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="6" t="s">
         <v>3</v>
       </c>
       <c r="D27" s="6" t="s">
         <v>4</v>
       </c>
       <c r="E27" s="6" t="s">
         <v>5</v>
       </c>
       <c r="F27" s="6" t="s">
         <v>6</v>
       </c>
       <c r="G27" s="6" t="s">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="H27" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="I27" s="6" t="s">
         <v>67</v>
       </c>
-      <c r="I27" s="6" t="s">
+      <c r="J27" s="6" t="s">
         <v>68</v>
       </c>
-      <c r="J27" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K27" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="L27" s="6" t="s">
         <v>69</v>
-      </c>
-[...1 lines deleted...]
-        <v>12</v>
       </c>
       <c r="M27" s="6" t="s">
         <v>13</v>
       </c>
       <c r="N27" s="6" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="O27" s="6" t="s">
         <v>16</v>
       </c>
       <c r="P27" s="6" t="s">
         <v>17</v>
       </c>
       <c r="Q27" s="6" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="R27" s="6" t="s">
         <v>21</v>
       </c>
       <c r="S27" s="6" t="s">
         <v>22</v>
       </c>
       <c r="T27" s="6" t="s">
         <v>23</v>
       </c>
       <c r="U27" s="6" t="s">
         <v>24</v>
       </c>
       <c r="V27" s="6" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="W27" s="6" t="s">
         <v>27</v>
       </c>
       <c r="X27" s="6" t="s">
         <v>28</v>
       </c>
       <c r="Y27" s="6" t="s">
         <v>29</v>
       </c>
       <c r="Z27" s="6" t="s">
         <v>30</v>
       </c>
       <c r="AA27" s="6" t="s">
         <v>31</v>
       </c>
       <c r="AB27" s="6" t="s">
-        <v>71</v>
+        <v>32</v>
       </c>
       <c r="AC27" s="6" t="s">
         <v>72</v>
       </c>
       <c r="AD27" s="6" t="s">
         <v>73</v>
       </c>
       <c r="AE27" s="6" t="s">
         <v>74</v>
       </c>
       <c r="AF27" s="6" t="s">
-        <v>78</v>
+        <v>75</v>
       </c>
     </row>
     <row r="28" spans="1:32">
       <c r="B28" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C28" s="4">
+        <v>419</v>
+      </c>
+      <c r="D28" s="4">
         <v>408</v>
       </c>
-      <c r="D28" s="4">
+      <c r="E28" s="4">
         <v>439</v>
       </c>
-      <c r="E28" s="4">
+      <c r="F28" s="4">
         <v>436</v>
       </c>
-      <c r="F28" s="4">
+      <c r="G28" s="4">
         <v>404</v>
       </c>
-      <c r="G28" s="4">
+      <c r="H28" s="4">
         <v>447</v>
       </c>
-      <c r="H28" s="4">
+      <c r="I28" s="4">
         <v>386</v>
       </c>
-      <c r="I28" s="4">
+      <c r="J28" s="4">
         <v>379</v>
       </c>
-      <c r="J28" s="4">
+      <c r="K28" s="4">
         <v>426</v>
       </c>
-      <c r="K28" s="4">
+      <c r="L28" s="4">
         <v>401</v>
       </c>
-      <c r="L28" s="4">
+      <c r="M28" s="4">
         <v>444</v>
       </c>
-      <c r="M28" s="4">
+      <c r="N28" s="4">
         <v>414</v>
       </c>
-      <c r="N28" s="4">
+      <c r="O28" s="4">
         <v>431</v>
       </c>
-      <c r="O28" s="4">
+      <c r="P28" s="4">
         <v>441</v>
       </c>
-      <c r="P28" s="4">
+      <c r="Q28" s="4">
         <v>445</v>
       </c>
-      <c r="Q28" s="4">
+      <c r="R28" s="4">
         <v>389</v>
       </c>
-      <c r="R28" s="4">
+      <c r="S28" s="4">
         <v>424</v>
       </c>
-      <c r="S28" s="4">
+      <c r="T28" s="4">
         <v>422</v>
       </c>
-      <c r="T28" s="4">
+      <c r="U28" s="4">
         <v>398</v>
       </c>
-      <c r="U28" s="4">
+      <c r="V28" s="4">
         <v>387</v>
       </c>
-      <c r="V28" s="4">
+      <c r="W28" s="4">
         <v>434</v>
       </c>
-      <c r="W28" s="4">
+      <c r="X28" s="4">
         <v>419</v>
       </c>
-      <c r="X28" s="4">
+      <c r="Y28" s="4">
         <v>449</v>
       </c>
-      <c r="Y28" s="4">
+      <c r="Z28" s="4">
         <v>450</v>
       </c>
-      <c r="Z28" s="4">
+      <c r="AA28" s="4">
         <v>485</v>
       </c>
-      <c r="AA28" s="4">
+      <c r="AB28" s="4">
         <v>410</v>
       </c>
-      <c r="AB28" s="4">
+      <c r="AC28" s="4">
         <v>425</v>
       </c>
-      <c r="AC28" s="4">
+      <c r="AD28" s="4">
         <v>451</v>
       </c>
-      <c r="AD28" s="4">
+      <c r="AE28" s="4">
         <v>456</v>
       </c>
-      <c r="AE28" s="4">
+      <c r="AF28" s="4">
         <v>382</v>
-      </c>
-[...1 lines deleted...]
-        <v>400</v>
       </c>
     </row>
     <row r="29" spans="1:32">
       <c r="B29" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C29" s="6">
         <v>100</v>
       </c>
       <c r="D29" s="6">
         <v>100</v>
       </c>
       <c r="E29" s="6">
         <v>100</v>
       </c>
       <c r="F29" s="6">
         <v>100</v>
       </c>
       <c r="G29" s="6">
         <v>100</v>
       </c>
       <c r="H29" s="6">
         <v>100</v>
       </c>
       <c r="I29" s="6">
@@ -2312,135 +2315,135 @@
       </c>
       <c r="AB29" s="6">
         <v>100</v>
       </c>
       <c r="AC29" s="6">
         <v>100</v>
       </c>
       <c r="AD29" s="6">
         <v>100</v>
       </c>
       <c r="AE29" s="6">
         <v>100</v>
       </c>
       <c r="AF29" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="31" spans="1:32">
       <c r="A31" s="2" t="s">
         <v>80</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="6" t="s">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="D31" s="6" t="s">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="E31" s="6" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="F31" s="6" t="s">
         <v>81</v>
       </c>
       <c r="G31" s="6" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="H31" s="6" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="I31" s="6" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="J31" s="6" t="s">
         <v>82</v>
       </c>
       <c r="K31" s="6" t="s">
         <v>67</v>
       </c>
       <c r="L31" s="6" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="M31" s="6" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="N31" s="6" t="s">
         <v>68</v>
       </c>
       <c r="O31" s="6" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="P31" s="6" t="s">
         <v>83</v>
       </c>
       <c r="Q31" s="6" t="s">
         <v>69</v>
       </c>
       <c r="R31" s="6" t="s">
         <v>84</v>
       </c>
       <c r="S31" s="6" t="s">
         <v>85</v>
       </c>
       <c r="T31" s="6" t="s">
         <v>86</v>
       </c>
       <c r="U31" s="6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="V31" s="6" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="W31" s="6" t="s">
         <v>87</v>
       </c>
       <c r="X31" s="6" t="s">
         <v>88</v>
       </c>
       <c r="Y31" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="Z31" s="6" t="s">
         <v>89</v>
       </c>
       <c r="AA31" s="6" t="s">
         <v>90</v>
       </c>
       <c r="AB31" s="6" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="AC31" s="6" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="AD31" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="AE31" s="6" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="AF31" s="6" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="32" spans="1:32">
       <c r="B32" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C32" s="4">
         <v>400</v>
       </c>
       <c r="D32" s="4">
         <v>416</v>
       </c>
       <c r="E32" s="4">
         <v>380</v>
       </c>
       <c r="F32" s="4">
         <v>401</v>
       </c>
       <c r="G32" s="4">
         <v>420</v>
       </c>
       <c r="H32" s="4">
@@ -2600,69 +2603,69 @@
       </c>
       <c r="AB33" s="6">
         <v>100</v>
       </c>
       <c r="AC33" s="6">
         <v>100</v>
       </c>
       <c r="AD33" s="6">
         <v>100</v>
       </c>
       <c r="AE33" s="6">
         <v>100</v>
       </c>
       <c r="AF33" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="35" spans="1:32">
       <c r="A35" s="2" t="s">
         <v>92</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C35" s="6" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="D35" s="6" t="s">
         <v>93</v>
       </c>
       <c r="E35" s="6" t="s">
-        <v>76</v>
+        <v>94</v>
       </c>
       <c r="F35" s="6" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="G35" s="6" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="H35" s="6" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="I35" s="6" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="J35" s="6" t="s">
         <v>49</v>
       </c>
       <c r="K35" s="6" t="s">
         <v>50</v>
       </c>
       <c r="L35" s="6" t="s">
         <v>55</v>
       </c>
       <c r="M35" s="6" t="s">
         <v>59</v>
       </c>
       <c r="N35" s="6" t="s">
         <v>43</v>
       </c>
       <c r="O35" s="6" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="36" spans="1:32">
       <c r="B36" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C36" s="4">