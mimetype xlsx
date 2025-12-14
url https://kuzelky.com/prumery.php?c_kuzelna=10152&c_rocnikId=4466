--- v0 (2025-12-07)
+++ v1 (2025-12-14)
@@ -173,81 +173,81 @@
   <si>
     <t>20.11.2023</t>
   </si>
   <si>
     <t>Jaroslav Michálek</t>
   </si>
   <si>
     <t>18.3.2024</t>
   </si>
   <si>
     <t>12.2.2024</t>
   </si>
   <si>
     <t>29.1.2024</t>
   </si>
   <si>
     <t>6.11.2023</t>
   </si>
   <si>
     <t>1.11.2023</t>
   </si>
   <si>
     <t>Petra Švarcová</t>
   </si>
   <si>
+    <t>8.12.2025</t>
+  </si>
+  <si>
     <t>17.10.2024</t>
   </si>
   <si>
     <t>12.9.2024</t>
   </si>
   <si>
     <t>4.3.2024</t>
   </si>
   <si>
     <t>8.1.2024</t>
   </si>
   <si>
     <t>23.10.2023</t>
   </si>
   <si>
     <t>19.10.2023</t>
   </si>
   <si>
     <t>2.10.2023</t>
   </si>
   <si>
     <t>18.9.2023</t>
   </si>
   <si>
     <t>13.9.2023</t>
   </si>
   <si>
     <t>13.4.2023</t>
-  </si>
-[...1 lines deleted...]
-    <t>27.3.2023</t>
   </si>
   <si>
     <t>Milan Švarc</t>
   </si>
   <si>
     <t>28.2.2022</t>
   </si>
   <si>
     <t>14.2.2022</t>
   </si>
   <si>
     <t>31.1.2022</t>
   </si>
   <si>
     <t>8.11.2021</t>
   </si>
   <si>
     <t>7.9.2020</t>
   </si>
   <si>
     <t>9.3.2020</t>
   </si>
   <si>
     <t>2.3.2020</t>
   </si>
@@ -1406,233 +1406,233 @@
       </c>
       <c r="AB13" s="6">
         <v>100</v>
       </c>
       <c r="AC13" s="6">
         <v>100</v>
       </c>
       <c r="AD13" s="6">
         <v>100</v>
       </c>
       <c r="AE13" s="6">
         <v>100</v>
       </c>
       <c r="AF13" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="15" spans="1:32">
       <c r="A15" s="2" t="s">
         <v>52</v>
       </c>
       <c r="B15" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C15" s="6" t="s">
+        <v>53</v>
+      </c>
+      <c r="D15" s="6" t="s">
         <v>16</v>
       </c>
-      <c r="D15" s="6" t="s">
+      <c r="E15" s="6" t="s">
         <v>17</v>
       </c>
-      <c r="E15" s="6" t="s">
+      <c r="F15" s="6" t="s">
         <v>18</v>
       </c>
-      <c r="F15" s="6" t="s">
+      <c r="G15" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="G15" s="6" t="s">
+      <c r="H15" s="6" t="s">
         <v>21</v>
       </c>
-      <c r="H15" s="6" t="s">
+      <c r="I15" s="6" t="s">
         <v>22</v>
       </c>
-      <c r="I15" s="6" t="s">
+      <c r="J15" s="6" t="s">
         <v>23</v>
       </c>
-      <c r="J15" s="6" t="s">
+      <c r="K15" s="6" t="s">
         <v>25</v>
       </c>
-      <c r="K15" s="6" t="s">
+      <c r="L15" s="6" t="s">
         <v>26</v>
       </c>
-      <c r="L15" s="6" t="s">
+      <c r="M15" s="6" t="s">
         <v>27</v>
       </c>
-      <c r="M15" s="6" t="s">
+      <c r="N15" s="6" t="s">
         <v>31</v>
       </c>
-      <c r="N15" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O15" s="6" t="s">
+        <v>54</v>
+      </c>
+      <c r="P15" s="6" t="s">
         <v>35</v>
       </c>
-      <c r="P15" s="6" t="s">
+      <c r="Q15" s="6" t="s">
         <v>36</v>
-      </c>
-[...1 lines deleted...]
-        <v>54</v>
       </c>
       <c r="R15" s="6" t="s">
         <v>55</v>
       </c>
       <c r="S15" s="6" t="s">
+        <v>56</v>
+      </c>
+      <c r="T15" s="6" t="s">
         <v>41</v>
       </c>
-      <c r="T15" s="6" t="s">
+      <c r="U15" s="6" t="s">
         <v>48</v>
       </c>
-      <c r="U15" s="6" t="s">
+      <c r="V15" s="6" t="s">
         <v>49</v>
       </c>
-      <c r="V15" s="6" t="s">
+      <c r="W15" s="6" t="s">
         <v>42</v>
       </c>
-      <c r="W15" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="X15" s="6" t="s">
+        <v>57</v>
+      </c>
+      <c r="Y15" s="6" t="s">
         <v>44</v>
       </c>
-      <c r="Y15" s="6" t="s">
+      <c r="Z15" s="6" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>57</v>
       </c>
       <c r="AA15" s="6" t="s">
         <v>58</v>
       </c>
       <c r="AB15" s="6" t="s">
         <v>59</v>
       </c>
       <c r="AC15" s="6" t="s">
         <v>60</v>
       </c>
       <c r="AD15" s="6" t="s">
         <v>61</v>
       </c>
       <c r="AE15" s="6" t="s">
         <v>62</v>
       </c>
       <c r="AF15" s="6" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="16" spans="1:32">
       <c r="B16" s="5" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="4">
+        <v>472</v>
+      </c>
+      <c r="D16" s="4">
         <v>394</v>
       </c>
-      <c r="D16" s="4">
+      <c r="E16" s="4">
         <v>419</v>
       </c>
-      <c r="E16" s="4">
+      <c r="F16" s="4">
         <v>425</v>
       </c>
-      <c r="F16" s="4">
+      <c r="G16" s="4">
         <v>375</v>
       </c>
-      <c r="G16" s="4">
+      <c r="H16" s="4">
         <v>410</v>
       </c>
-      <c r="H16" s="4">
+      <c r="I16" s="4">
         <v>425</v>
       </c>
-      <c r="I16" s="4">
+      <c r="J16" s="4">
         <v>416</v>
       </c>
-      <c r="J16" s="4">
+      <c r="K16" s="4">
         <v>407</v>
       </c>
-      <c r="K16" s="4">
+      <c r="L16" s="4">
         <v>443</v>
       </c>
-      <c r="L16" s="4">
+      <c r="M16" s="4">
         <v>459</v>
       </c>
-      <c r="M16" s="4">
+      <c r="N16" s="4">
         <v>388</v>
       </c>
-      <c r="N16" s="4">
+      <c r="O16" s="4">
         <v>443</v>
       </c>
-      <c r="O16" s="4">
+      <c r="P16" s="4">
         <v>383</v>
       </c>
-      <c r="P16" s="4">
+      <c r="Q16" s="4">
         <v>393</v>
       </c>
-      <c r="Q16" s="4">
+      <c r="R16" s="4">
         <v>412</v>
       </c>
-      <c r="R16" s="4">
+      <c r="S16" s="4">
         <v>428</v>
       </c>
-      <c r="S16" s="4">
+      <c r="T16" s="4">
         <v>414</v>
       </c>
-      <c r="T16" s="4">
+      <c r="U16" s="4">
         <v>446</v>
       </c>
-      <c r="U16" s="4">
+      <c r="V16" s="4">
         <v>440</v>
       </c>
-      <c r="V16" s="4">
+      <c r="W16" s="4">
         <v>459</v>
       </c>
-      <c r="W16" s="4">
+      <c r="X16" s="4">
         <v>432</v>
       </c>
-      <c r="X16" s="4">
+      <c r="Y16" s="4">
         <v>405</v>
       </c>
-      <c r="Y16" s="4">
+      <c r="Z16" s="4">
         <v>403</v>
       </c>
-      <c r="Z16" s="4">
+      <c r="AA16" s="4">
         <v>410</v>
       </c>
-      <c r="AA16" s="4">
+      <c r="AB16" s="4">
         <v>415</v>
       </c>
-      <c r="AB16" s="4">
+      <c r="AC16" s="4">
         <v>413</v>
       </c>
-      <c r="AC16" s="4">
+      <c r="AD16" s="4">
         <v>457</v>
       </c>
-      <c r="AD16" s="4">
+      <c r="AE16" s="4">
         <v>382</v>
       </c>
-      <c r="AE16" s="4">
+      <c r="AF16" s="4">
         <v>422</v>
-      </c>
-[...1 lines deleted...]
-        <v>427</v>
       </c>
     </row>
     <row r="17" spans="1:32">
       <c r="B17" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C17" s="6">
         <v>100</v>
       </c>
       <c r="D17" s="6">
         <v>100</v>
       </c>
       <c r="E17" s="6">
         <v>100</v>
       </c>
       <c r="F17" s="6">
         <v>100</v>
       </c>
       <c r="G17" s="6">
         <v>100</v>
       </c>
       <c r="H17" s="6">
         <v>100</v>
       </c>
       <c r="I17" s="6">
@@ -1919,233 +1919,233 @@
       </c>
       <c r="U21" s="6">
         <v>100</v>
       </c>
       <c r="V21" s="6">
         <v>100</v>
       </c>
       <c r="W21" s="6">
         <v>100</v>
       </c>
       <c r="X21" s="6">
         <v>100</v>
       </c>
       <c r="Y21" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="23" spans="1:32">
       <c r="A23" s="2" t="s">
         <v>81</v>
       </c>
       <c r="B23" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C23" s="6" t="s">
+        <v>53</v>
+      </c>
+      <c r="D23" s="6" t="s">
         <v>16</v>
       </c>
-      <c r="D23" s="6" t="s">
+      <c r="E23" s="6" t="s">
         <v>17</v>
       </c>
-      <c r="E23" s="6" t="s">
+      <c r="F23" s="6" t="s">
         <v>18</v>
       </c>
-      <c r="F23" s="6" t="s">
+      <c r="G23" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="G23" s="6" t="s">
+      <c r="H23" s="6" t="s">
         <v>21</v>
       </c>
-      <c r="H23" s="6" t="s">
+      <c r="I23" s="6" t="s">
         <v>22</v>
       </c>
-      <c r="I23" s="6" t="s">
+      <c r="J23" s="6" t="s">
         <v>23</v>
       </c>
-      <c r="J23" s="6" t="s">
+      <c r="K23" s="6" t="s">
         <v>25</v>
       </c>
-      <c r="K23" s="6" t="s">
+      <c r="L23" s="6" t="s">
         <v>26</v>
       </c>
-      <c r="L23" s="6" t="s">
+      <c r="M23" s="6" t="s">
         <v>27</v>
       </c>
-      <c r="M23" s="6" t="s">
+      <c r="N23" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="N23" s="6" t="s">
+      <c r="O23" s="6" t="s">
         <v>31</v>
       </c>
-      <c r="O23" s="6" t="s">
+      <c r="P23" s="6" t="s">
         <v>82</v>
       </c>
-      <c r="P23" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Q23" s="6" t="s">
+        <v>54</v>
+      </c>
+      <c r="R23" s="6" t="s">
         <v>35</v>
       </c>
-      <c r="R23" s="6" t="s">
+      <c r="S23" s="6" t="s">
         <v>36</v>
       </c>
-      <c r="S23" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="T23" s="6" t="s">
+        <v>55</v>
+      </c>
+      <c r="U23" s="6" t="s">
         <v>47</v>
       </c>
-      <c r="U23" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="V23" s="6" t="s">
+        <v>56</v>
+      </c>
+      <c r="W23" s="6" t="s">
         <v>41</v>
       </c>
-      <c r="W23" s="6" t="s">
+      <c r="X23" s="6" t="s">
         <v>48</v>
       </c>
-      <c r="X23" s="6" t="s">
+      <c r="Y23" s="6" t="s">
         <v>49</v>
       </c>
-      <c r="Y23" s="6" t="s">
+      <c r="Z23" s="6" t="s">
         <v>42</v>
       </c>
-      <c r="Z23" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AA23" s="6" t="s">
+        <v>57</v>
+      </c>
+      <c r="AB23" s="6" t="s">
         <v>44</v>
       </c>
-      <c r="AB23" s="6" t="s">
+      <c r="AC23" s="6" t="s">
         <v>45</v>
       </c>
-      <c r="AC23" s="6" t="s">
+      <c r="AD23" s="6" t="s">
         <v>50</v>
       </c>
-      <c r="AD23" s="6" t="s">
+      <c r="AE23" s="6" t="s">
         <v>51</v>
-      </c>
-[...1 lines deleted...]
-        <v>57</v>
       </c>
       <c r="AF23" s="6" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="24" spans="1:32">
       <c r="B24" s="5" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="4">
+        <v>408</v>
+      </c>
+      <c r="D24" s="4">
         <v>404</v>
       </c>
-      <c r="D24" s="4">
+      <c r="E24" s="4">
         <v>410</v>
       </c>
-      <c r="E24" s="4">
+      <c r="F24" s="4">
         <v>417</v>
       </c>
-      <c r="F24" s="4">
+      <c r="G24" s="4">
         <v>441</v>
       </c>
-      <c r="G24" s="4">
+      <c r="H24" s="4">
         <v>426</v>
       </c>
-      <c r="H24" s="4">
+      <c r="I24" s="4">
         <v>387</v>
       </c>
-      <c r="I24" s="4">
+      <c r="J24" s="4">
         <v>386</v>
       </c>
-      <c r="J24" s="4">
+      <c r="K24" s="4">
         <v>444</v>
       </c>
-      <c r="K24" s="4">
+      <c r="L24" s="4">
         <v>440</v>
       </c>
-      <c r="L24" s="4">
+      <c r="M24" s="4">
         <v>433</v>
       </c>
-      <c r="M24" s="4">
+      <c r="N24" s="4">
         <v>414</v>
       </c>
-      <c r="N24" s="4">
+      <c r="O24" s="4">
         <v>428</v>
       </c>
-      <c r="O24" s="4">
+      <c r="P24" s="4">
         <v>388</v>
       </c>
-      <c r="P24" s="4">
+      <c r="Q24" s="4">
         <v>416</v>
       </c>
-      <c r="Q24" s="4">
+      <c r="R24" s="4">
         <v>444</v>
       </c>
-      <c r="R24" s="4">
+      <c r="S24" s="4">
         <v>402</v>
       </c>
-      <c r="S24" s="4">
+      <c r="T24" s="4">
         <v>404</v>
       </c>
-      <c r="T24" s="4">
+      <c r="U24" s="4">
         <v>470</v>
       </c>
-      <c r="U24" s="4">
+      <c r="V24" s="4">
         <v>446</v>
       </c>
-      <c r="V24" s="4">
+      <c r="W24" s="4">
         <v>417</v>
       </c>
-      <c r="W24" s="4">
+      <c r="X24" s="4">
         <v>416</v>
       </c>
-      <c r="X24" s="4">
+      <c r="Y24" s="4">
         <v>441</v>
       </c>
-      <c r="Y24" s="4">
+      <c r="Z24" s="4">
         <v>428</v>
       </c>
-      <c r="Z24" s="4">
+      <c r="AA24" s="4">
         <v>407</v>
       </c>
-      <c r="AA24" s="4">
+      <c r="AB24" s="4">
         <v>435</v>
       </c>
-      <c r="AB24" s="4">
+      <c r="AC24" s="4">
         <v>457</v>
       </c>
-      <c r="AC24" s="4">
+      <c r="AD24" s="4">
         <v>438</v>
       </c>
-      <c r="AD24" s="4">
+      <c r="AE24" s="4">
         <v>443</v>
       </c>
-      <c r="AE24" s="4">
+      <c r="AF24" s="4">
         <v>428</v>
-      </c>
-[...1 lines deleted...]
-        <v>444</v>
       </c>
     </row>
     <row r="25" spans="1:32">
       <c r="B25" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C25" s="6">
         <v>100</v>
       </c>
       <c r="D25" s="6">
         <v>100</v>
       </c>
       <c r="E25" s="6">
         <v>100</v>
       </c>
       <c r="F25" s="6">
         <v>100</v>
       </c>
       <c r="G25" s="6">
         <v>100</v>
       </c>
       <c r="H25" s="6">
         <v>100</v>
       </c>
       <c r="I25" s="6">
@@ -2570,57 +2570,57 @@
       <c r="T31" s="6" t="s">
         <v>47</v>
       </c>
       <c r="U31" s="6" t="s">
         <v>39</v>
       </c>
       <c r="V31" s="6" t="s">
         <v>41</v>
       </c>
       <c r="W31" s="6" t="s">
         <v>48</v>
       </c>
       <c r="X31" s="6" t="s">
         <v>49</v>
       </c>
       <c r="Y31" s="6" t="s">
         <v>44</v>
       </c>
       <c r="Z31" s="6" t="s">
         <v>45</v>
       </c>
       <c r="AA31" s="6" t="s">
         <v>50</v>
       </c>
       <c r="AB31" s="6" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="AC31" s="6" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="AD31" s="6" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="AE31" s="6" t="s">
         <v>85</v>
       </c>
       <c r="AF31" s="6" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="32" spans="1:32">
       <c r="B32" s="5" t="s">
         <v>13</v>
       </c>
       <c r="C32" s="4">
         <v>339</v>
       </c>
       <c r="D32" s="4">
         <v>307</v>
       </c>
       <c r="E32" s="4">
         <v>351</v>
       </c>
       <c r="F32" s="4">
         <v>289</v>
       </c>
       <c r="G32" s="4">