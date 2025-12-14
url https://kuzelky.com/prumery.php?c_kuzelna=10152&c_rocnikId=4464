--- v0 (2025-12-07)
+++ v1 (2025-12-14)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="120">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="121">
   <si>
     <t>Výsledky hráčů družstva SK Žižkov Praha D na kuželně SK Žižkov Praha</t>
   </si>
   <si>
     <t>Bohumil Strnad</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
     <t>8.9.2022</t>
   </si>
   <si>
     <t>6.4.2022</t>
   </si>
   <si>
     <t>4.4.2022</t>
   </si>
   <si>
     <t>30.3.2022</t>
   </si>
   <si>
     <t>14.2.2022</t>
   </si>
   <si>
@@ -239,50 +239,53 @@
   <si>
     <t>10.11.2021</t>
   </si>
   <si>
     <t>20.10.2021</t>
   </si>
   <si>
     <t>8.9.2021</t>
   </si>
   <si>
     <t>Lenka Špačková</t>
   </si>
   <si>
     <t>30.1.2023</t>
   </si>
   <si>
     <t>30.11.2022</t>
   </si>
   <si>
     <t>31.10.2022</t>
   </si>
   <si>
     <t>Michal Truksa</t>
   </si>
   <si>
+    <t>10.12.2025</t>
+  </si>
+  <si>
     <t>16.4.2025</t>
   </si>
   <si>
     <t>19.3.2025</t>
   </si>
   <si>
     <t>10.3.2025</t>
   </si>
   <si>
     <t>3.3.2025</t>
   </si>
   <si>
     <t>12.2.2025</t>
   </si>
   <si>
     <t>29.1.2025</t>
   </si>
   <si>
     <t>15.1.2025</t>
   </si>
   <si>
     <t>27.11.2024</t>
   </si>
   <si>
     <t>21.11.2024</t>
@@ -323,57 +326,57 @@
   <si>
     <t>8.1.2024</t>
   </si>
   <si>
     <t>22.11.2023</t>
   </si>
   <si>
     <t>16.11.2023</t>
   </si>
   <si>
     <t>1.11.2023</t>
   </si>
   <si>
     <t>18.10.2023</t>
   </si>
   <si>
     <t>4.10.2023</t>
   </si>
   <si>
     <t>27.9.2023</t>
   </si>
   <si>
     <t>20.9.2023</t>
   </si>
   <si>
+    <t>Lubomír Čech</t>
+  </si>
+  <si>
+    <t>20.3.2024</t>
+  </si>
+  <si>
     <t>11.9.2023</t>
-  </si>
-[...4 lines deleted...]
-    <t>20.3.2024</t>
   </si>
   <si>
     <t>26.10.2022</t>
   </si>
   <si>
     <t>Jiří Štoček</t>
   </si>
   <si>
     <t>30.9.2020</t>
   </si>
   <si>
     <t>3.12.2018</t>
   </si>
   <si>
     <t>15.10.2018</t>
   </si>
   <si>
     <t>11.9.2017</t>
   </si>
   <si>
     <t>Václav Žďárek</t>
   </si>
   <si>
     <t>24.9.2025</t>
   </si>
@@ -2045,152 +2048,152 @@
       <c r="V23" s="6" t="s">
         <v>94</v>
       </c>
       <c r="W23" s="6" t="s">
         <v>95</v>
       </c>
       <c r="X23" s="6" t="s">
         <v>96</v>
       </c>
       <c r="Y23" s="6" t="s">
         <v>97</v>
       </c>
       <c r="Z23" s="6" t="s">
         <v>98</v>
       </c>
       <c r="AA23" s="6" t="s">
         <v>99</v>
       </c>
       <c r="AB23" s="6" t="s">
         <v>100</v>
       </c>
       <c r="AC23" s="6" t="s">
         <v>101</v>
       </c>
       <c r="AD23" s="6" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="AE23" s="6" t="s">
         <v>102</v>
       </c>
       <c r="AF23" s="6" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="24" spans="1:32">
       <c r="B24" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C24" s="4">
+        <v>391</v>
+      </c>
+      <c r="D24" s="4">
         <v>415</v>
       </c>
-      <c r="D24" s="4">
+      <c r="E24" s="4">
         <v>437</v>
       </c>
-      <c r="E24" s="4">
+      <c r="F24" s="4">
         <v>374</v>
       </c>
-      <c r="F24" s="4">
+      <c r="G24" s="4">
         <v>398</v>
       </c>
-      <c r="G24" s="4">
+      <c r="H24" s="4">
         <v>396</v>
       </c>
-      <c r="H24" s="4">
+      <c r="I24" s="4">
         <v>391</v>
       </c>
-      <c r="I24" s="4">
+      <c r="J24" s="4">
         <v>368</v>
       </c>
-      <c r="J24" s="4">
+      <c r="K24" s="4">
         <v>422</v>
-      </c>
-[...1 lines deleted...]
-        <v>372</v>
       </c>
       <c r="L24" s="4">
         <v>372</v>
       </c>
       <c r="M24" s="4">
+        <v>372</v>
+      </c>
+      <c r="N24" s="4">
         <v>429</v>
       </c>
-      <c r="N24" s="4">
+      <c r="O24" s="4">
         <v>403</v>
       </c>
-      <c r="O24" s="4">
+      <c r="P24" s="4">
         <v>379</v>
       </c>
-      <c r="P24" s="4">
+      <c r="Q24" s="4">
         <v>428</v>
       </c>
-      <c r="Q24" s="4">
+      <c r="R24" s="4">
         <v>427</v>
       </c>
-      <c r="R24" s="4">
+      <c r="S24" s="4">
         <v>384</v>
       </c>
-      <c r="S24" s="4">
+      <c r="T24" s="4">
         <v>410</v>
       </c>
-      <c r="T24" s="4">
+      <c r="U24" s="4">
         <v>369</v>
       </c>
-      <c r="U24" s="4">
+      <c r="V24" s="4">
         <v>377</v>
       </c>
-      <c r="V24" s="4">
+      <c r="W24" s="4">
         <v>427</v>
       </c>
-      <c r="W24" s="4">
+      <c r="X24" s="4">
         <v>374</v>
       </c>
-      <c r="X24" s="4">
+      <c r="Y24" s="4">
         <v>368</v>
       </c>
-      <c r="Y24" s="4">
+      <c r="Z24" s="4">
         <v>432</v>
       </c>
-      <c r="Z24" s="4">
+      <c r="AA24" s="4">
         <v>387</v>
       </c>
-      <c r="AA24" s="4">
+      <c r="AB24" s="4">
         <v>371</v>
       </c>
-      <c r="AB24" s="4">
+      <c r="AC24" s="4">
         <v>405</v>
       </c>
-      <c r="AC24" s="4">
+      <c r="AD24" s="4">
         <v>370</v>
       </c>
-      <c r="AD24" s="4">
+      <c r="AE24" s="4">
         <v>400</v>
       </c>
-      <c r="AE24" s="4">
+      <c r="AF24" s="4">
         <v>398</v>
-      </c>
-[...1 lines deleted...]
-        <v>391</v>
       </c>
     </row>
     <row r="25" spans="1:32">
       <c r="B25" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C25" s="6">
         <v>100</v>
       </c>
       <c r="D25" s="6">
         <v>100</v>
       </c>
       <c r="E25" s="6">
         <v>100</v>
       </c>
       <c r="F25" s="6">
         <v>100</v>
       </c>
       <c r="G25" s="6">
         <v>100</v>
       </c>
       <c r="H25" s="6">
         <v>100</v>
       </c>
       <c r="I25" s="6">
@@ -2255,93 +2258,93 @@
       </c>
       <c r="AC25" s="6">
         <v>100</v>
       </c>
       <c r="AD25" s="6">
         <v>100</v>
       </c>
       <c r="AE25" s="6">
         <v>100</v>
       </c>
       <c r="AF25" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="27" spans="1:32">
       <c r="A27" s="2" t="s">
         <v>104</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="6" t="s">
         <v>105</v>
       </c>
       <c r="D27" s="6" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="E27" s="6" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="F27" s="6" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="G27" s="6" t="s">
         <v>50</v>
       </c>
       <c r="H27" s="6" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="I27" s="6" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="J27" s="6" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="K27" s="6" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
       <c r="L27" s="6" t="s">
         <v>54</v>
       </c>
       <c r="M27" s="6" t="s">
         <v>55</v>
       </c>
       <c r="N27" s="6" t="s">
         <v>56</v>
       </c>
       <c r="O27" s="6" t="s">
         <v>71</v>
       </c>
       <c r="P27" s="6" t="s">
         <v>72</v>
       </c>
       <c r="Q27" s="6" t="s">
         <v>73</v>
       </c>
       <c r="R27" s="6" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="S27" s="6" t="s">
         <v>60</v>
       </c>
       <c r="T27" s="6" t="s">
         <v>62</v>
       </c>
       <c r="U27" s="6" t="s">
         <v>12</v>
       </c>
       <c r="V27" s="6" t="s">
         <v>13</v>
       </c>
       <c r="W27" s="6" t="s">
         <v>14</v>
       </c>
       <c r="X27" s="6" t="s">
         <v>20</v>
       </c>
       <c r="Y27" s="6" t="s">
         <v>21</v>
       </c>
       <c r="Z27" s="6" t="s">
         <v>37</v>
       </c>
@@ -2498,126 +2501,126 @@
       </c>
       <c r="V29" s="6">
         <v>100</v>
       </c>
       <c r="W29" s="6">
         <v>100</v>
       </c>
       <c r="X29" s="6">
         <v>100</v>
       </c>
       <c r="Y29" s="6">
         <v>100</v>
       </c>
       <c r="Z29" s="6">
         <v>100</v>
       </c>
       <c r="AA29" s="6">
         <v>100</v>
       </c>
       <c r="AB29" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="31" spans="1:32">
       <c r="A31" s="2" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="6" t="s">
         <v>7</v>
       </c>
       <c r="D31" s="6" t="s">
         <v>65</v>
       </c>
       <c r="E31" s="6" t="s">
         <v>66</v>
       </c>
       <c r="F31" s="6" t="s">
         <v>67</v>
       </c>
       <c r="G31" s="6" t="s">
         <v>10</v>
       </c>
       <c r="H31" s="6" t="s">
         <v>68</v>
       </c>
       <c r="I31" s="6" t="s">
         <v>11</v>
       </c>
       <c r="J31" s="6" t="s">
         <v>69</v>
       </c>
       <c r="K31" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="L31" s="6" t="s">
         <v>12</v>
       </c>
       <c r="M31" s="6" t="s">
         <v>13</v>
       </c>
       <c r="N31" s="6" t="s">
         <v>15</v>
       </c>
       <c r="O31" s="6" t="s">
         <v>16</v>
       </c>
       <c r="P31" s="6" t="s">
         <v>18</v>
       </c>
       <c r="Q31" s="6" t="s">
         <v>19</v>
       </c>
       <c r="R31" s="6" t="s">
         <v>22</v>
       </c>
       <c r="S31" s="6" t="s">
         <v>23</v>
       </c>
       <c r="T31" s="6" t="s">
         <v>24</v>
       </c>
       <c r="U31" s="6" t="s">
         <v>25</v>
       </c>
       <c r="V31" s="6" t="s">
         <v>38</v>
       </c>
       <c r="W31" s="6" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="X31" s="6" t="s">
         <v>46</v>
       </c>
       <c r="Y31" s="6" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="Z31" s="6" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
     </row>
     <row r="32" spans="1:32">
       <c r="B32" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C32" s="4">
         <v>420</v>
       </c>
       <c r="D32" s="4">
         <v>438</v>
       </c>
       <c r="E32" s="4">
         <v>378</v>
       </c>
       <c r="F32" s="4">
         <v>366</v>
       </c>
       <c r="G32" s="4">
         <v>379</v>
       </c>
       <c r="H32" s="4">
         <v>355</v>
       </c>
       <c r="I32" s="4">
@@ -2732,96 +2735,96 @@
       </c>
       <c r="T33" s="6">
         <v>100</v>
       </c>
       <c r="U33" s="6">
         <v>100</v>
       </c>
       <c r="V33" s="6">
         <v>100</v>
       </c>
       <c r="W33" s="6">
         <v>100</v>
       </c>
       <c r="X33" s="6">
         <v>100</v>
       </c>
       <c r="Y33" s="6">
         <v>100</v>
       </c>
       <c r="Z33" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="35" spans="1:32">
       <c r="A35" s="2" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C35" s="6" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="D35" s="6" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E35" s="6" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="F35" s="6" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="G35" s="6" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="H35" s="6" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="I35" s="6" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="J35" s="6" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="K35" s="6" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="L35" s="6" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="M35" s="6" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="N35" s="6" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="O35" s="6" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="P35" s="6" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="Q35" s="6" t="s">
         <v>51</v>
       </c>
       <c r="R35" s="6" t="s">
         <v>52</v>
       </c>
       <c r="S35" s="6" t="s">
         <v>53</v>
       </c>
       <c r="T35" s="6" t="s">
         <v>55</v>
       </c>
       <c r="U35" s="6" t="s">
         <v>71</v>
       </c>
       <c r="V35" s="6" t="s">
         <v>57</v>
       </c>
       <c r="W35" s="6" t="s">
         <v>73</v>
       </c>
       <c r="X35" s="6" t="s">
         <v>61</v>
       </c>
@@ -3020,105 +3023,105 @@
       </c>
       <c r="Z37" s="6">
         <v>100</v>
       </c>
       <c r="AA37" s="6">
         <v>100</v>
       </c>
       <c r="AB37" s="6">
         <v>100</v>
       </c>
       <c r="AC37" s="6">
         <v>100</v>
       </c>
       <c r="AD37" s="6">
         <v>100</v>
       </c>
       <c r="AE37" s="6">
         <v>100</v>
       </c>
       <c r="AF37" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="39" spans="1:32">
       <c r="A39" s="2" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="B39" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C39" s="6" t="s">
         <v>4</v>
       </c>
       <c r="D39" s="6" t="s">
         <v>15</v>
       </c>
       <c r="E39" s="6" t="s">
         <v>17</v>
       </c>
       <c r="F39" s="6" t="s">
         <v>18</v>
       </c>
       <c r="G39" s="6" t="s">
         <v>20</v>
       </c>
       <c r="H39" s="6" t="s">
         <v>21</v>
       </c>
       <c r="I39" s="6" t="s">
         <v>22</v>
       </c>
       <c r="J39" s="6" t="s">
         <v>23</v>
       </c>
       <c r="K39" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L39" s="6" t="s">
         <v>37</v>
       </c>
       <c r="M39" s="6" t="s">
         <v>38</v>
       </c>
       <c r="N39" s="6" t="s">
         <v>26</v>
       </c>
       <c r="O39" s="6" t="s">
         <v>28</v>
       </c>
       <c r="P39" s="6" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="Q39" s="6" t="s">
         <v>30</v>
       </c>
       <c r="R39" s="6" t="s">
         <v>31</v>
       </c>
       <c r="S39" s="6" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="T39" s="6" t="s">
         <v>32</v>
       </c>
       <c r="U39" s="6" t="s">
         <v>45</v>
       </c>
       <c r="V39" s="6" t="s">
         <v>46</v>
       </c>
       <c r="W39" s="6" t="s">
         <v>41</v>
       </c>
       <c r="X39" s="6" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="40" spans="1:32">
       <c r="B40" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C40" s="4">
         <v>331</v>
       </c>
       <c r="D40" s="4">
@@ -3236,63 +3239,63 @@
       </c>
       <c r="R41" s="6">
         <v>100</v>
       </c>
       <c r="S41" s="6">
         <v>100</v>
       </c>
       <c r="T41" s="6">
         <v>100</v>
       </c>
       <c r="U41" s="6">
         <v>100</v>
       </c>
       <c r="V41" s="6">
         <v>100</v>
       </c>
       <c r="W41" s="6">
         <v>100</v>
       </c>
       <c r="X41" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="43" spans="1:32">
       <c r="A43" s="2" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="B43" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C43" s="6" t="s">
         <v>30</v>
       </c>
       <c r="D43" s="6" t="s">
         <v>44</v>
       </c>
       <c r="E43" s="6" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="F43" s="6" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="44" spans="1:32">
       <c r="B44" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C44" s="4">
         <v>325</v>
       </c>
       <c r="D44" s="4">
         <v>327</v>
       </c>
       <c r="E44" s="4">
         <v>349</v>
       </c>
       <c r="F44" s="4">
         <v>356</v>
       </c>
     </row>
     <row r="45" spans="1:32">
       <c r="B45" s="5" t="s">
         <v>34</v>