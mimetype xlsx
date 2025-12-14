--- v0 (2025-12-08)
+++ v1 (2025-12-14)
@@ -245,50 +245,53 @@
   <si>
     <t>10.11.2021</t>
   </si>
   <si>
     <t>20.10.2021</t>
   </si>
   <si>
     <t>8.9.2021</t>
   </si>
   <si>
     <t>Lenka Špačková</t>
   </si>
   <si>
     <t>30.1.2023</t>
   </si>
   <si>
     <t>30.11.2022</t>
   </si>
   <si>
     <t>31.10.2022</t>
   </si>
   <si>
     <t>Michal Truksa</t>
   </si>
   <si>
+    <t>10.12.2025</t>
+  </si>
+  <si>
     <t>16.4.2025</t>
   </si>
   <si>
     <t>19.3.2025</t>
   </si>
   <si>
     <t>10.3.2025</t>
   </si>
   <si>
     <t>3.3.2025</t>
   </si>
   <si>
     <t>12.2.2025</t>
   </si>
   <si>
     <t>29.1.2025</t>
   </si>
   <si>
     <t>15.1.2025</t>
   </si>
   <si>
     <t>27.11.2024</t>
   </si>
   <si>
     <t>21.11.2024</t>
@@ -327,53 +330,50 @@
     <t>10.1.2024</t>
   </si>
   <si>
     <t>8.1.2024</t>
   </si>
   <si>
     <t>22.11.2023</t>
   </si>
   <si>
     <t>16.11.2023</t>
   </si>
   <si>
     <t>1.11.2023</t>
   </si>
   <si>
     <t>18.10.2023</t>
   </si>
   <si>
     <t>4.10.2023</t>
   </si>
   <si>
     <t>27.9.2023</t>
   </si>
   <si>
     <t>20.9.2023</t>
-  </si>
-[...1 lines deleted...]
-    <t>11.9.2023</t>
   </si>
   <si>
     <t>Tomáš Herman</t>
   </si>
   <si>
     <t>26.11.2025</t>
   </si>
   <si>
     <t>12.11.2025</t>
   </si>
   <si>
     <t>6.11.2025</t>
   </si>
   <si>
     <t>8.10.2025</t>
   </si>
   <si>
     <t>2.4.2025</t>
   </si>
   <si>
     <t>9.10.2024</t>
   </si>
   <si>
     <t>2.10.2024</t>
   </si>
@@ -2096,152 +2096,152 @@
       <c r="V27" s="6" t="s">
         <v>96</v>
       </c>
       <c r="W27" s="6" t="s">
         <v>97</v>
       </c>
       <c r="X27" s="6" t="s">
         <v>98</v>
       </c>
       <c r="Y27" s="6" t="s">
         <v>99</v>
       </c>
       <c r="Z27" s="6" t="s">
         <v>100</v>
       </c>
       <c r="AA27" s="6" t="s">
         <v>101</v>
       </c>
       <c r="AB27" s="6" t="s">
         <v>102</v>
       </c>
       <c r="AC27" s="6" t="s">
         <v>103</v>
       </c>
       <c r="AD27" s="6" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="AE27" s="6" t="s">
         <v>104</v>
       </c>
       <c r="AF27" s="6" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="28" spans="1:32">
       <c r="B28" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C28" s="4">
+        <v>391</v>
+      </c>
+      <c r="D28" s="4">
         <v>415</v>
       </c>
-      <c r="D28" s="4">
+      <c r="E28" s="4">
         <v>437</v>
       </c>
-      <c r="E28" s="4">
+      <c r="F28" s="4">
         <v>374</v>
       </c>
-      <c r="F28" s="4">
+      <c r="G28" s="4">
         <v>398</v>
       </c>
-      <c r="G28" s="4">
+      <c r="H28" s="4">
         <v>396</v>
       </c>
-      <c r="H28" s="4">
+      <c r="I28" s="4">
         <v>391</v>
       </c>
-      <c r="I28" s="4">
+      <c r="J28" s="4">
         <v>368</v>
       </c>
-      <c r="J28" s="4">
+      <c r="K28" s="4">
         <v>422</v>
-      </c>
-[...1 lines deleted...]
-        <v>372</v>
       </c>
       <c r="L28" s="4">
         <v>372</v>
       </c>
       <c r="M28" s="4">
+        <v>372</v>
+      </c>
+      <c r="N28" s="4">
         <v>429</v>
       </c>
-      <c r="N28" s="4">
+      <c r="O28" s="4">
         <v>403</v>
       </c>
-      <c r="O28" s="4">
+      <c r="P28" s="4">
         <v>379</v>
       </c>
-      <c r="P28" s="4">
+      <c r="Q28" s="4">
         <v>428</v>
       </c>
-      <c r="Q28" s="4">
+      <c r="R28" s="4">
         <v>427</v>
       </c>
-      <c r="R28" s="4">
+      <c r="S28" s="4">
         <v>384</v>
       </c>
-      <c r="S28" s="4">
+      <c r="T28" s="4">
         <v>410</v>
       </c>
-      <c r="T28" s="4">
+      <c r="U28" s="4">
         <v>369</v>
       </c>
-      <c r="U28" s="4">
+      <c r="V28" s="4">
         <v>377</v>
       </c>
-      <c r="V28" s="4">
+      <c r="W28" s="4">
         <v>427</v>
       </c>
-      <c r="W28" s="4">
+      <c r="X28" s="4">
         <v>374</v>
       </c>
-      <c r="X28" s="4">
+      <c r="Y28" s="4">
         <v>368</v>
       </c>
-      <c r="Y28" s="4">
+      <c r="Z28" s="4">
         <v>432</v>
       </c>
-      <c r="Z28" s="4">
+      <c r="AA28" s="4">
         <v>387</v>
       </c>
-      <c r="AA28" s="4">
+      <c r="AB28" s="4">
         <v>371</v>
       </c>
-      <c r="AB28" s="4">
+      <c r="AC28" s="4">
         <v>405</v>
       </c>
-      <c r="AC28" s="4">
+      <c r="AD28" s="4">
         <v>370</v>
       </c>
-      <c r="AD28" s="4">
+      <c r="AE28" s="4">
         <v>400</v>
       </c>
-      <c r="AE28" s="4">
+      <c r="AF28" s="4">
         <v>398</v>
-      </c>
-[...1 lines deleted...]
-        <v>391</v>
       </c>
     </row>
     <row r="29" spans="1:32">
       <c r="B29" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C29" s="6">
         <v>100</v>
       </c>
       <c r="D29" s="6">
         <v>100</v>
       </c>
       <c r="E29" s="6">
         <v>100</v>
       </c>
       <c r="F29" s="6">
         <v>100</v>
       </c>
       <c r="G29" s="6">
         <v>100</v>
       </c>
       <c r="H29" s="6">
         <v>100</v>
       </c>
       <c r="I29" s="6">
@@ -2303,233 +2303,233 @@
       </c>
       <c r="AB29" s="6">
         <v>100</v>
       </c>
       <c r="AC29" s="6">
         <v>100</v>
       </c>
       <c r="AD29" s="6">
         <v>100</v>
       </c>
       <c r="AE29" s="6">
         <v>100</v>
       </c>
       <c r="AF29" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="31" spans="1:32">
       <c r="A31" s="2" t="s">
         <v>106</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="6" t="s">
+        <v>77</v>
+      </c>
+      <c r="D31" s="6" t="s">
         <v>107</v>
       </c>
-      <c r="D31" s="6" t="s">
+      <c r="E31" s="6" t="s">
         <v>108</v>
       </c>
-      <c r="E31" s="6" t="s">
+      <c r="F31" s="6" t="s">
         <v>109</v>
       </c>
-      <c r="F31" s="6" t="s">
+      <c r="G31" s="6" t="s">
         <v>110</v>
       </c>
-      <c r="G31" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H31" s="6" t="s">
+        <v>78</v>
+      </c>
+      <c r="I31" s="6" t="s">
         <v>111</v>
-      </c>
-[...1 lines deleted...]
-        <v>78</v>
       </c>
       <c r="J31" s="6" t="s">
         <v>79</v>
       </c>
       <c r="K31" s="6" t="s">
-        <v>83</v>
+        <v>80</v>
       </c>
       <c r="L31" s="6" t="s">
         <v>84</v>
       </c>
       <c r="M31" s="6" t="s">
         <v>85</v>
       </c>
       <c r="N31" s="6" t="s">
         <v>86</v>
       </c>
       <c r="O31" s="6" t="s">
         <v>87</v>
       </c>
       <c r="P31" s="6" t="s">
         <v>88</v>
       </c>
       <c r="Q31" s="6" t="s">
+        <v>89</v>
+      </c>
+      <c r="R31" s="6" t="s">
         <v>112</v>
       </c>
-      <c r="R31" s="6" t="s">
+      <c r="S31" s="6" t="s">
         <v>113</v>
-      </c>
-[...1 lines deleted...]
-        <v>89</v>
       </c>
       <c r="T31" s="6" t="s">
         <v>90</v>
       </c>
       <c r="U31" s="6" t="s">
         <v>91</v>
       </c>
       <c r="V31" s="6" t="s">
+        <v>92</v>
+      </c>
+      <c r="W31" s="6" t="s">
         <v>114</v>
       </c>
-      <c r="W31" s="6" t="s">
+      <c r="X31" s="6" t="s">
         <v>115</v>
-      </c>
-[...1 lines deleted...]
-        <v>92</v>
       </c>
       <c r="Y31" s="6" t="s">
         <v>93</v>
       </c>
       <c r="Z31" s="6" t="s">
         <v>94</v>
       </c>
       <c r="AA31" s="6" t="s">
         <v>95</v>
       </c>
       <c r="AB31" s="6" t="s">
         <v>96</v>
       </c>
       <c r="AC31" s="6" t="s">
+        <v>97</v>
+      </c>
+      <c r="AD31" s="6" t="s">
         <v>52</v>
-      </c>
-[...1 lines deleted...]
-        <v>99</v>
       </c>
       <c r="AE31" s="6" t="s">
         <v>100</v>
       </c>
       <c r="AF31" s="6" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="32" spans="1:32">
       <c r="B32" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C32" s="4">
+        <v>443</v>
+      </c>
+      <c r="D32" s="4">
         <v>398</v>
       </c>
-      <c r="D32" s="4">
+      <c r="E32" s="4">
         <v>413</v>
       </c>
-      <c r="E32" s="4">
+      <c r="F32" s="4">
         <v>407</v>
       </c>
-      <c r="F32" s="4">
+      <c r="G32" s="4">
         <v>445</v>
       </c>
-      <c r="G32" s="4">
+      <c r="H32" s="4">
         <v>442</v>
       </c>
-      <c r="H32" s="4">
+      <c r="I32" s="4">
         <v>440</v>
       </c>
-      <c r="I32" s="4">
+      <c r="J32" s="4">
         <v>434</v>
       </c>
-      <c r="J32" s="4">
+      <c r="K32" s="4">
         <v>450</v>
       </c>
-      <c r="K32" s="4">
+      <c r="L32" s="4">
         <v>392</v>
       </c>
-      <c r="L32" s="4">
+      <c r="M32" s="4">
         <v>395</v>
       </c>
-      <c r="M32" s="4">
+      <c r="N32" s="4">
         <v>416</v>
       </c>
-      <c r="N32" s="4">
+      <c r="O32" s="4">
         <v>403</v>
       </c>
-      <c r="O32" s="4">
+      <c r="P32" s="4">
         <v>425</v>
       </c>
-      <c r="P32" s="4">
+      <c r="Q32" s="4">
         <v>419</v>
       </c>
-      <c r="Q32" s="4">
+      <c r="R32" s="4">
         <v>406</v>
       </c>
-      <c r="R32" s="4">
+      <c r="S32" s="4">
         <v>470</v>
       </c>
-      <c r="S32" s="4">
+      <c r="T32" s="4">
         <v>418</v>
       </c>
-      <c r="T32" s="4">
+      <c r="U32" s="4">
         <v>437</v>
       </c>
-      <c r="U32" s="4">
+      <c r="V32" s="4">
         <v>454</v>
       </c>
-      <c r="V32" s="4">
+      <c r="W32" s="4">
         <v>449</v>
       </c>
-      <c r="W32" s="4">
+      <c r="X32" s="4">
         <v>483</v>
       </c>
-      <c r="X32" s="4">
+      <c r="Y32" s="4">
         <v>472</v>
       </c>
-      <c r="Y32" s="4">
+      <c r="Z32" s="4">
         <v>475</v>
       </c>
-      <c r="Z32" s="4">
+      <c r="AA32" s="4">
         <v>419</v>
       </c>
-      <c r="AA32" s="4">
+      <c r="AB32" s="4">
         <v>418</v>
       </c>
-      <c r="AB32" s="4">
+      <c r="AC32" s="4">
         <v>482</v>
       </c>
-      <c r="AC32" s="4">
+      <c r="AD32" s="4">
         <v>422</v>
       </c>
-      <c r="AD32" s="4">
+      <c r="AE32" s="4">
         <v>445</v>
       </c>
-      <c r="AE32" s="4">
+      <c r="AF32" s="4">
         <v>392</v>
-      </c>
-[...1 lines deleted...]
-        <v>452</v>
       </c>
     </row>
     <row r="33" spans="1:32">
       <c r="B33" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C33" s="6">
         <v>100</v>
       </c>
       <c r="D33" s="6">
         <v>100</v>
       </c>
       <c r="E33" s="6">
         <v>100</v>
       </c>
       <c r="F33" s="6">
         <v>100</v>
       </c>
       <c r="G33" s="6">
         <v>100</v>
       </c>
       <c r="H33" s="6">
         <v>100</v>
       </c>
       <c r="I33" s="6">
@@ -2594,87 +2594,87 @@
       </c>
       <c r="AC33" s="6">
         <v>100</v>
       </c>
       <c r="AD33" s="6">
         <v>100</v>
       </c>
       <c r="AE33" s="6">
         <v>100</v>
       </c>
       <c r="AF33" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="35" spans="1:32">
       <c r="A35" s="2" t="s">
         <v>116</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C35" s="6" t="s">
         <v>117</v>
       </c>
       <c r="D35" s="6" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="E35" s="6" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="F35" s="6" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="G35" s="6" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="H35" s="6" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="I35" s="6" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="J35" s="6" t="s">
         <v>112</v>
       </c>
       <c r="K35" s="6" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="L35" s="6" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="M35" s="6" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="N35" s="6" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="O35" s="6" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="P35" s="6" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="Q35" s="6" t="s">
         <v>53</v>
       </c>
       <c r="R35" s="6" t="s">
         <v>54</v>
       </c>
       <c r="S35" s="6" t="s">
         <v>55</v>
       </c>
       <c r="T35" s="6" t="s">
         <v>57</v>
       </c>
       <c r="U35" s="6" t="s">
         <v>73</v>
       </c>
       <c r="V35" s="6" t="s">
         <v>59</v>
       </c>
       <c r="W35" s="6" t="s">
         <v>75</v>
       </c>
       <c r="X35" s="6" t="s">
         <v>63</v>
       </c>