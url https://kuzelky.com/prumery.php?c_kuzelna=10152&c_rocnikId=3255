--- v0 (2025-12-07)
+++ v1 (2025-12-13)
@@ -407,50 +407,53 @@
   <si>
     <t>24.11.2021</t>
   </si>
   <si>
     <t>10.11.2021</t>
   </si>
   <si>
     <t>3.11.2021</t>
   </si>
   <si>
     <t>20.10.2021</t>
   </si>
   <si>
     <t>8.9.2021</t>
   </si>
   <si>
     <t>16.9.2020</t>
   </si>
   <si>
     <t>9.3.2020</t>
   </si>
   <si>
     <t>Michal Truksa</t>
   </si>
   <si>
+    <t>10.12.2025</t>
+  </si>
+  <si>
     <t>16.4.2025</t>
   </si>
   <si>
     <t>19.3.2025</t>
   </si>
   <si>
     <t>10.3.2025</t>
   </si>
   <si>
     <t>3.3.2025</t>
   </si>
   <si>
     <t>12.2.2025</t>
   </si>
   <si>
     <t>29.1.2025</t>
   </si>
   <si>
     <t>27.11.2024</t>
   </si>
   <si>
     <t>21.11.2024</t>
   </si>
   <si>
     <t>13.11.2024</t>
@@ -474,53 +477,50 @@
     <t>28.2.2024</t>
   </si>
   <si>
     <t>14.2.2024</t>
   </si>
   <si>
     <t>10.1.2024</t>
   </si>
   <si>
     <t>22.11.2023</t>
   </si>
   <si>
     <t>16.11.2023</t>
   </si>
   <si>
     <t>1.11.2023</t>
   </si>
   <si>
     <t>18.10.2023</t>
   </si>
   <si>
     <t>4.10.2023</t>
   </si>
   <si>
     <t>20.9.2023</t>
-  </si>
-[...1 lines deleted...]
-    <t>11.9.2023</t>
   </si>
   <si>
     <t>Karolína Stellnerová</t>
   </si>
   <si>
     <t>Vladislav Škrabal</t>
   </si>
   <si>
     <t>2.3.2022</t>
   </si>
   <si>
     <t>12.1.2022</t>
   </si>
   <si>
     <t>1.12.2021</t>
   </si>
   <si>
     <t>27.10.2021</t>
   </si>
   <si>
     <t>15.9.2021</t>
   </si>
   <si>
     <t>7.10.2020</t>
   </si>
@@ -2687,215 +2687,215 @@
       <c r="A31" s="2" t="s">
         <v>130</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="6" t="s">
         <v>131</v>
       </c>
       <c r="D31" s="6" t="s">
         <v>132</v>
       </c>
       <c r="E31" s="6" t="s">
         <v>133</v>
       </c>
       <c r="F31" s="6" t="s">
         <v>134</v>
       </c>
       <c r="G31" s="6" t="s">
         <v>135</v>
       </c>
       <c r="H31" s="6" t="s">
         <v>136</v>
       </c>
       <c r="I31" s="6" t="s">
+        <v>137</v>
+      </c>
+      <c r="J31" s="6" t="s">
         <v>27</v>
-      </c>
-[...1 lines deleted...]
-        <v>137</v>
       </c>
       <c r="K31" s="6" t="s">
         <v>138</v>
       </c>
       <c r="L31" s="6" t="s">
         <v>139</v>
       </c>
       <c r="M31" s="6" t="s">
         <v>140</v>
       </c>
       <c r="N31" s="6" t="s">
         <v>141</v>
       </c>
       <c r="O31" s="6" t="s">
         <v>142</v>
       </c>
       <c r="P31" s="6" t="s">
+        <v>143</v>
+      </c>
+      <c r="Q31" s="6" t="s">
         <v>59</v>
-      </c>
-[...1 lines deleted...]
-        <v>143</v>
       </c>
       <c r="R31" s="6" t="s">
         <v>144</v>
       </c>
       <c r="S31" s="6" t="s">
         <v>145</v>
       </c>
       <c r="T31" s="6" t="s">
         <v>146</v>
       </c>
       <c r="U31" s="6" t="s">
+        <v>147</v>
+      </c>
+      <c r="V31" s="6" t="s">
         <v>38</v>
       </c>
-      <c r="V31" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="W31" s="6" t="s">
+        <v>148</v>
+      </c>
+      <c r="X31" s="6" t="s">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>148</v>
       </c>
       <c r="Y31" s="6" t="s">
         <v>149</v>
       </c>
       <c r="Z31" s="6" t="s">
         <v>150</v>
       </c>
       <c r="AA31" s="6" t="s">
         <v>151</v>
       </c>
       <c r="AB31" s="6" t="s">
         <v>152</v>
       </c>
       <c r="AC31" s="6" t="s">
-        <v>45</v>
+        <v>153</v>
       </c>
       <c r="AD31" s="6" t="s">
         <v>45</v>
       </c>
       <c r="AE31" s="6" t="s">
-        <v>153</v>
+        <v>45</v>
       </c>
       <c r="AF31" s="6" t="s">
         <v>154</v>
       </c>
     </row>
     <row r="32" spans="1:32">
       <c r="B32" s="5" t="s">
         <v>18</v>
       </c>
       <c r="C32" s="4">
+        <v>391</v>
+      </c>
+      <c r="D32" s="4">
         <v>415</v>
       </c>
-      <c r="D32" s="4">
+      <c r="E32" s="4">
         <v>437</v>
       </c>
-      <c r="E32" s="4">
+      <c r="F32" s="4">
         <v>374</v>
       </c>
-      <c r="F32" s="4">
+      <c r="G32" s="4">
         <v>398</v>
       </c>
-      <c r="G32" s="4">
+      <c r="H32" s="4">
         <v>396</v>
       </c>
-      <c r="H32" s="4">
+      <c r="I32" s="4">
         <v>391</v>
       </c>
-      <c r="I32" s="4">
+      <c r="J32" s="4">
         <v>368</v>
       </c>
-      <c r="J32" s="4">
+      <c r="K32" s="4">
         <v>422</v>
-      </c>
-[...1 lines deleted...]
-        <v>372</v>
       </c>
       <c r="L32" s="4">
         <v>372</v>
       </c>
       <c r="M32" s="4">
+        <v>372</v>
+      </c>
+      <c r="N32" s="4">
         <v>429</v>
       </c>
-      <c r="N32" s="4">
+      <c r="O32" s="4">
         <v>403</v>
       </c>
-      <c r="O32" s="4">
+      <c r="P32" s="4">
         <v>379</v>
       </c>
-      <c r="P32" s="4">
+      <c r="Q32" s="4">
         <v>428</v>
       </c>
-      <c r="Q32" s="4">
+      <c r="R32" s="4">
         <v>427</v>
       </c>
-      <c r="R32" s="4">
+      <c r="S32" s="4">
         <v>384</v>
       </c>
-      <c r="S32" s="4">
+      <c r="T32" s="4">
         <v>410</v>
       </c>
-      <c r="T32" s="4">
+      <c r="U32" s="4">
         <v>369</v>
       </c>
-      <c r="U32" s="4">
+      <c r="V32" s="4">
         <v>377</v>
       </c>
-      <c r="V32" s="4">
+      <c r="W32" s="4">
         <v>427</v>
       </c>
-      <c r="W32" s="4">
+      <c r="X32" s="4">
         <v>374</v>
       </c>
-      <c r="X32" s="4">
+      <c r="Y32" s="4">
         <v>368</v>
       </c>
-      <c r="Y32" s="4">
+      <c r="Z32" s="4">
         <v>432</v>
       </c>
-      <c r="Z32" s="4">
+      <c r="AA32" s="4">
         <v>387</v>
       </c>
-      <c r="AA32" s="4">
+      <c r="AB32" s="4">
         <v>371</v>
       </c>
-      <c r="AB32" s="4">
+      <c r="AC32" s="4">
         <v>405</v>
       </c>
-      <c r="AC32" s="4">
+      <c r="AD32" s="4">
         <v>370</v>
       </c>
-      <c r="AD32" s="4">
+      <c r="AE32" s="4">
         <v>400</v>
       </c>
-      <c r="AE32" s="4">
+      <c r="AF32" s="4">
         <v>398</v>
-      </c>
-[...1 lines deleted...]
-        <v>391</v>
       </c>
     </row>
     <row r="33" spans="1:32">
       <c r="B33" s="5" t="s">
         <v>19</v>
       </c>
       <c r="C33" s="6">
         <v>100</v>
       </c>
       <c r="D33" s="6">
         <v>100</v>
       </c>
       <c r="E33" s="6">
         <v>100</v>
       </c>
       <c r="F33" s="6">
         <v>100</v>
       </c>
       <c r="G33" s="6">
         <v>100</v>
       </c>
       <c r="H33" s="6">
         <v>100</v>
       </c>
       <c r="I33" s="6">
@@ -3551,233 +3551,233 @@
       </c>
       <c r="AB45" s="6">
         <v>100</v>
       </c>
       <c r="AC45" s="6">
         <v>100</v>
       </c>
       <c r="AD45" s="6">
         <v>100</v>
       </c>
       <c r="AE45" s="6">
         <v>100</v>
       </c>
       <c r="AF45" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="47" spans="1:32">
       <c r="A47" s="2" t="s">
         <v>169</v>
       </c>
       <c r="B47" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C47" s="6" t="s">
+        <v>131</v>
+      </c>
+      <c r="D47" s="6" t="s">
         <v>170</v>
       </c>
-      <c r="D47" s="6" t="s">
+      <c r="E47" s="6" t="s">
         <v>171</v>
       </c>
-      <c r="E47" s="6" t="s">
+      <c r="F47" s="6" t="s">
         <v>172</v>
       </c>
-      <c r="F47" s="6" t="s">
+      <c r="G47" s="6" t="s">
         <v>173</v>
       </c>
-      <c r="G47" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H47" s="6" t="s">
+        <v>132</v>
+      </c>
+      <c r="I47" s="6" t="s">
         <v>174</v>
-      </c>
-[...1 lines deleted...]
-        <v>132</v>
       </c>
       <c r="J47" s="6" t="s">
         <v>133</v>
       </c>
       <c r="K47" s="6" t="s">
+        <v>134</v>
+      </c>
+      <c r="L47" s="6" t="s">
         <v>27</v>
-      </c>
-[...1 lines deleted...]
-        <v>137</v>
       </c>
       <c r="M47" s="6" t="s">
         <v>138</v>
       </c>
       <c r="N47" s="6" t="s">
         <v>139</v>
       </c>
       <c r="O47" s="6" t="s">
         <v>140</v>
       </c>
       <c r="P47" s="6" t="s">
         <v>141</v>
       </c>
       <c r="Q47" s="6" t="s">
+        <v>142</v>
+      </c>
+      <c r="R47" s="6" t="s">
         <v>175</v>
       </c>
-      <c r="R47" s="6" t="s">
+      <c r="S47" s="6" t="s">
         <v>31</v>
       </c>
-      <c r="S47" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="T47" s="6" t="s">
+        <v>143</v>
+      </c>
+      <c r="U47" s="6" t="s">
         <v>59</v>
       </c>
-      <c r="U47" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="V47" s="6" t="s">
+        <v>144</v>
+      </c>
+      <c r="W47" s="6" t="s">
         <v>176</v>
       </c>
-      <c r="W47" s="6" t="s">
+      <c r="X47" s="6" t="s">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>144</v>
       </c>
       <c r="Y47" s="6" t="s">
         <v>145</v>
       </c>
       <c r="Z47" s="6" t="s">
         <v>146</v>
       </c>
       <c r="AA47" s="6" t="s">
+        <v>147</v>
+      </c>
+      <c r="AB47" s="6" t="s">
         <v>38</v>
       </c>
-      <c r="AB47" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AC47" s="6" t="s">
+        <v>148</v>
+      </c>
+      <c r="AD47" s="6" t="s">
         <v>103</v>
-      </c>
-[...1 lines deleted...]
-        <v>149</v>
       </c>
       <c r="AE47" s="6" t="s">
         <v>150</v>
       </c>
       <c r="AF47" s="6" t="s">
         <v>151</v>
       </c>
     </row>
     <row r="48" spans="1:32">
       <c r="B48" s="5" t="s">
         <v>18</v>
       </c>
       <c r="C48" s="4">
+        <v>443</v>
+      </c>
+      <c r="D48" s="4">
         <v>398</v>
       </c>
-      <c r="D48" s="4">
+      <c r="E48" s="4">
         <v>413</v>
       </c>
-      <c r="E48" s="4">
+      <c r="F48" s="4">
         <v>407</v>
       </c>
-      <c r="F48" s="4">
+      <c r="G48" s="4">
         <v>445</v>
       </c>
-      <c r="G48" s="4">
+      <c r="H48" s="4">
         <v>442</v>
       </c>
-      <c r="H48" s="4">
+      <c r="I48" s="4">
         <v>440</v>
       </c>
-      <c r="I48" s="4">
+      <c r="J48" s="4">
         <v>434</v>
       </c>
-      <c r="J48" s="4">
+      <c r="K48" s="4">
         <v>450</v>
       </c>
-      <c r="K48" s="4">
+      <c r="L48" s="4">
         <v>392</v>
       </c>
-      <c r="L48" s="4">
+      <c r="M48" s="4">
         <v>395</v>
       </c>
-      <c r="M48" s="4">
+      <c r="N48" s="4">
         <v>416</v>
       </c>
-      <c r="N48" s="4">
+      <c r="O48" s="4">
         <v>403</v>
       </c>
-      <c r="O48" s="4">
+      <c r="P48" s="4">
         <v>425</v>
       </c>
-      <c r="P48" s="4">
+      <c r="Q48" s="4">
         <v>419</v>
       </c>
-      <c r="Q48" s="4">
+      <c r="R48" s="4">
         <v>406</v>
       </c>
-      <c r="R48" s="4">
+      <c r="S48" s="4">
         <v>470</v>
       </c>
-      <c r="S48" s="4">
+      <c r="T48" s="4">
         <v>418</v>
       </c>
-      <c r="T48" s="4">
+      <c r="U48" s="4">
         <v>437</v>
       </c>
-      <c r="U48" s="4">
+      <c r="V48" s="4">
         <v>454</v>
       </c>
-      <c r="V48" s="4">
+      <c r="W48" s="4">
         <v>449</v>
       </c>
-      <c r="W48" s="4">
+      <c r="X48" s="4">
         <v>483</v>
       </c>
-      <c r="X48" s="4">
+      <c r="Y48" s="4">
         <v>472</v>
       </c>
-      <c r="Y48" s="4">
+      <c r="Z48" s="4">
         <v>475</v>
       </c>
-      <c r="Z48" s="4">
+      <c r="AA48" s="4">
         <v>419</v>
       </c>
-      <c r="AA48" s="4">
+      <c r="AB48" s="4">
         <v>418</v>
       </c>
-      <c r="AB48" s="4">
+      <c r="AC48" s="4">
         <v>482</v>
       </c>
-      <c r="AC48" s="4">
+      <c r="AD48" s="4">
         <v>422</v>
       </c>
-      <c r="AD48" s="4">
+      <c r="AE48" s="4">
         <v>445</v>
       </c>
-      <c r="AE48" s="4">
+      <c r="AF48" s="4">
         <v>392</v>
-      </c>
-[...1 lines deleted...]
-        <v>452</v>
       </c>
     </row>
     <row r="49" spans="1:32">
       <c r="B49" s="5" t="s">
         <v>19</v>
       </c>
       <c r="C49" s="6">
         <v>100</v>
       </c>
       <c r="D49" s="6">
         <v>100</v>
       </c>
       <c r="E49" s="6">
         <v>100</v>
       </c>
       <c r="F49" s="6">
         <v>100</v>
       </c>
       <c r="G49" s="6">
         <v>100</v>
       </c>
       <c r="H49" s="6">
         <v>100</v>
       </c>
       <c r="I49" s="6">