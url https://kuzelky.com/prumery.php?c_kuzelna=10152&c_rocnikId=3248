--- v0 (2025-12-08)
+++ v1 (2025-12-14)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="67">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="68">
   <si>
     <t>Výsledky hráčů družstva TJ Sokol Kobylisy C na kuželně SK Žižkov Praha</t>
   </si>
   <si>
     <t>Václav Jícha</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
     <t>1.4.2019</t>
   </si>
   <si>
     <t>6.12.2018</t>
   </si>
   <si>
     <t>1.3.2018</t>
   </si>
   <si>
     <t>Výkon:</t>
   </si>
   <si>
     <t>Počet hodů:</t>
   </si>
   <si>
@@ -144,50 +144,53 @@
     <t>29.9.2022</t>
   </si>
   <si>
     <t>11.11.2021</t>
   </si>
   <si>
     <t>29.9.2021</t>
   </si>
   <si>
     <t>5.3.2020</t>
   </si>
   <si>
     <t>26.2.2020</t>
   </si>
   <si>
     <t>11.4.2019</t>
   </si>
   <si>
     <t>28.2.2019</t>
   </si>
   <si>
     <t>6.2.2019</t>
   </si>
   <si>
     <t>Jana Cermanová</t>
+  </si>
+  <si>
+    <t>8.12.2025</t>
   </si>
   <si>
     <t>3.12.2025</t>
   </si>
   <si>
     <t>28.11.2024</t>
   </si>
   <si>
     <t>11.11.2024</t>
   </si>
   <si>
     <t>14.9.2023</t>
   </si>
   <si>
     <t>19.4.2023</t>
   </si>
   <si>
     <t>8.3.2023</t>
   </si>
   <si>
     <t>20.2.2023</t>
   </si>
   <si>
     <t>21.11.2022</t>
   </si>
@@ -637,167 +640,167 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:V41"/>
+  <dimension ref="A1:W41"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="T41" sqref="T41"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="9.5703125" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="26.28515625" customWidth="true" style="2"/>
     <col min="2" max="2" width="11.140625" customWidth="true" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:22" customHeight="1" ht="21">
+    <row r="1" spans="1:23" customHeight="1" ht="21">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="3" spans="1:22">
+    <row r="3" spans="1:23">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C3" s="6" t="s">
         <v>3</v>
       </c>
       <c r="D3" s="6" t="s">
         <v>4</v>
       </c>
       <c r="E3" s="6" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="4" spans="1:22">
+    <row r="4" spans="1:23">
       <c r="B4" s="5" t="s">
         <v>6</v>
       </c>
       <c r="C4" s="4">
         <v>376</v>
       </c>
       <c r="D4" s="4">
         <v>422</v>
       </c>
       <c r="E4" s="4">
         <v>451</v>
       </c>
     </row>
-    <row r="5" spans="1:22">
+    <row r="5" spans="1:23">
       <c r="B5" s="5" t="s">
         <v>7</v>
       </c>
       <c r="C5" s="6">
         <v>100</v>
       </c>
       <c r="D5" s="6">
         <v>100</v>
       </c>
       <c r="E5" s="6">
         <v>100</v>
       </c>
     </row>
-    <row r="7" spans="1:22">
+    <row r="7" spans="1:23">
       <c r="A7" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B7" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C7" s="6" t="s">
         <v>9</v>
       </c>
       <c r="D7" s="6" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="8" spans="1:22">
+    <row r="8" spans="1:23">
       <c r="B8" s="5" t="s">
         <v>6</v>
       </c>
       <c r="C8" s="4">
         <v>377</v>
       </c>
       <c r="D8" s="4">
         <v>367</v>
       </c>
     </row>
-    <row r="9" spans="1:22">
+    <row r="9" spans="1:23">
       <c r="B9" s="5" t="s">
         <v>7</v>
       </c>
       <c r="C9" s="6">
         <v>100</v>
       </c>
       <c r="D9" s="6">
         <v>100</v>
       </c>
     </row>
-    <row r="11" spans="1:22">
+    <row r="11" spans="1:23">
       <c r="A11" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B11" s="1" t="s">
         <v>2</v>
       </c>
     </row>
-    <row r="12" spans="1:22">
+    <row r="12" spans="1:23">
       <c r="B12" s="1" t="s">
         <v>6</v>
       </c>
     </row>
-    <row r="13" spans="1:22">
+    <row r="13" spans="1:23">
       <c r="B13" s="1" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="15" spans="1:22">
+    <row r="15" spans="1:23">
       <c r="A15" s="2" t="s">
         <v>11</v>
       </c>
       <c r="B15" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C15" s="6" t="s">
         <v>12</v>
       </c>
       <c r="D15" s="6" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="6" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G15" s="6" t="s">
         <v>16</v>
       </c>
       <c r="H15" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I15" s="6" t="s">
@@ -821,51 +824,51 @@
       <c r="O15" s="6" t="s">
         <v>24</v>
       </c>
       <c r="P15" s="6" t="s">
         <v>25</v>
       </c>
       <c r="Q15" s="6" t="s">
         <v>26</v>
       </c>
       <c r="R15" s="6" t="s">
         <v>27</v>
       </c>
       <c r="S15" s="6" t="s">
         <v>9</v>
       </c>
       <c r="T15" s="6" t="s">
         <v>3</v>
       </c>
       <c r="U15" s="6" t="s">
         <v>4</v>
       </c>
       <c r="V15" s="6" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="16" spans="1:22">
+    <row r="16" spans="1:23">
       <c r="B16" s="5" t="s">
         <v>6</v>
       </c>
       <c r="C16" s="4">
         <v>389</v>
       </c>
       <c r="D16" s="4">
         <v>434</v>
       </c>
       <c r="E16" s="4">
         <v>431</v>
       </c>
       <c r="F16" s="4">
         <v>427</v>
       </c>
       <c r="G16" s="4">
         <v>425</v>
       </c>
       <c r="H16" s="4">
         <v>444</v>
       </c>
       <c r="I16" s="4">
         <v>405</v>
       </c>
       <c r="J16" s="4">
@@ -886,51 +889,51 @@
       <c r="O16" s="4">
         <v>456</v>
       </c>
       <c r="P16" s="4">
         <v>454</v>
       </c>
       <c r="Q16" s="4">
         <v>456</v>
       </c>
       <c r="R16" s="4">
         <v>460</v>
       </c>
       <c r="S16" s="4">
         <v>378</v>
       </c>
       <c r="T16" s="4">
         <v>475</v>
       </c>
       <c r="U16" s="4">
         <v>401</v>
       </c>
       <c r="V16" s="4">
         <v>452</v>
       </c>
     </row>
-    <row r="17" spans="1:22">
+    <row r="17" spans="1:23">
       <c r="B17" s="5" t="s">
         <v>7</v>
       </c>
       <c r="C17" s="6">
         <v>100</v>
       </c>
       <c r="D17" s="6">
         <v>100</v>
       </c>
       <c r="E17" s="6">
         <v>100</v>
       </c>
       <c r="F17" s="6">
         <v>100</v>
       </c>
       <c r="G17" s="6">
         <v>100</v>
       </c>
       <c r="H17" s="6">
         <v>100</v>
       </c>
       <c r="I17" s="6">
         <v>100</v>
       </c>
       <c r="J17" s="6">
@@ -951,51 +954,51 @@
       <c r="O17" s="6">
         <v>100</v>
       </c>
       <c r="P17" s="6">
         <v>100</v>
       </c>
       <c r="Q17" s="6">
         <v>100</v>
       </c>
       <c r="R17" s="6">
         <v>100</v>
       </c>
       <c r="S17" s="6">
         <v>100</v>
       </c>
       <c r="T17" s="6">
         <v>100</v>
       </c>
       <c r="U17" s="6">
         <v>100</v>
       </c>
       <c r="V17" s="6">
         <v>100</v>
       </c>
     </row>
-    <row r="19" spans="1:22">
+    <row r="19" spans="1:23">
       <c r="A19" s="2" t="s">
         <v>28</v>
       </c>
       <c r="B19" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C19" s="6" t="s">
         <v>13</v>
       </c>
       <c r="D19" s="6" t="s">
         <v>14</v>
       </c>
       <c r="E19" s="6" t="s">
         <v>16</v>
       </c>
       <c r="F19" s="6" t="s">
         <v>18</v>
       </c>
       <c r="G19" s="6" t="s">
         <v>19</v>
       </c>
       <c r="H19" s="6" t="s">
         <v>20</v>
       </c>
       <c r="I19" s="6" t="s">
@@ -1007,51 +1010,51 @@
       <c r="K19" s="6" t="s">
         <v>24</v>
       </c>
       <c r="L19" s="6" t="s">
         <v>25</v>
       </c>
       <c r="M19" s="6" t="s">
         <v>26</v>
       </c>
       <c r="N19" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O19" s="6" t="s">
         <v>9</v>
       </c>
       <c r="P19" s="6" t="s">
         <v>3</v>
       </c>
       <c r="Q19" s="6" t="s">
         <v>4</v>
       </c>
       <c r="R19" s="6" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="20" spans="1:22">
+    <row r="20" spans="1:23">
       <c r="B20" s="5" t="s">
         <v>6</v>
       </c>
       <c r="C20" s="4">
         <v>397</v>
       </c>
       <c r="D20" s="4">
         <v>400</v>
       </c>
       <c r="E20" s="4">
         <v>376</v>
       </c>
       <c r="F20" s="4">
         <v>454</v>
       </c>
       <c r="G20" s="4">
         <v>445</v>
       </c>
       <c r="H20" s="4">
         <v>459</v>
       </c>
       <c r="I20" s="4">
         <v>497</v>
       </c>
       <c r="J20" s="4">
@@ -1060,51 +1063,51 @@
       <c r="K20" s="4">
         <v>421</v>
       </c>
       <c r="L20" s="4">
         <v>459</v>
       </c>
       <c r="M20" s="4">
         <v>416</v>
       </c>
       <c r="N20" s="4">
         <v>439</v>
       </c>
       <c r="O20" s="4">
         <v>472</v>
       </c>
       <c r="P20" s="4">
         <v>439</v>
       </c>
       <c r="Q20" s="4">
         <v>407</v>
       </c>
       <c r="R20" s="4">
         <v>407</v>
       </c>
     </row>
-    <row r="21" spans="1:22">
+    <row r="21" spans="1:23">
       <c r="B21" s="5" t="s">
         <v>7</v>
       </c>
       <c r="C21" s="6">
         <v>100</v>
       </c>
       <c r="D21" s="6">
         <v>100</v>
       </c>
       <c r="E21" s="6">
         <v>100</v>
       </c>
       <c r="F21" s="6">
         <v>100</v>
       </c>
       <c r="G21" s="6">
         <v>100</v>
       </c>
       <c r="H21" s="6">
         <v>100</v>
       </c>
       <c r="I21" s="6">
         <v>100</v>
       </c>
       <c r="J21" s="6">
@@ -1113,51 +1116,51 @@
       <c r="K21" s="6">
         <v>100</v>
       </c>
       <c r="L21" s="6">
         <v>100</v>
       </c>
       <c r="M21" s="6">
         <v>100</v>
       </c>
       <c r="N21" s="6">
         <v>100</v>
       </c>
       <c r="O21" s="6">
         <v>100</v>
       </c>
       <c r="P21" s="6">
         <v>100</v>
       </c>
       <c r="Q21" s="6">
         <v>100</v>
       </c>
       <c r="R21" s="6">
         <v>100</v>
       </c>
     </row>
-    <row r="23" spans="1:22">
+    <row r="23" spans="1:23">
       <c r="A23" s="2" t="s">
         <v>29</v>
       </c>
       <c r="B23" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C23" s="6" t="s">
         <v>30</v>
       </c>
       <c r="D23" s="6" t="s">
         <v>31</v>
       </c>
       <c r="E23" s="6" t="s">
         <v>32</v>
       </c>
       <c r="F23" s="6" t="s">
         <v>33</v>
       </c>
       <c r="G23" s="6" t="s">
         <v>34</v>
       </c>
       <c r="H23" s="6" t="s">
         <v>35</v>
       </c>
       <c r="I23" s="6" t="s">
@@ -1169,51 +1172,51 @@
       <c r="K23" s="6" t="s">
         <v>38</v>
       </c>
       <c r="L23" s="6" t="s">
         <v>39</v>
       </c>
       <c r="M23" s="6" t="s">
         <v>40</v>
       </c>
       <c r="N23" s="6" t="s">
         <v>3</v>
       </c>
       <c r="O23" s="6" t="s">
         <v>41</v>
       </c>
       <c r="P23" s="6" t="s">
         <v>42</v>
       </c>
       <c r="Q23" s="6" t="s">
         <v>4</v>
       </c>
       <c r="R23" s="6" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="24" spans="1:22">
+    <row r="24" spans="1:23">
       <c r="B24" s="5" t="s">
         <v>6</v>
       </c>
       <c r="C24" s="4">
         <v>445</v>
       </c>
       <c r="D24" s="4">
         <v>411</v>
       </c>
       <c r="E24" s="4">
         <v>448</v>
       </c>
       <c r="F24" s="4">
         <v>414</v>
       </c>
       <c r="G24" s="4">
         <v>373</v>
       </c>
       <c r="H24" s="4">
         <v>420</v>
       </c>
       <c r="I24" s="4">
         <v>395</v>
       </c>
       <c r="J24" s="4">
@@ -1222,51 +1225,51 @@
       <c r="K24" s="4">
         <v>426</v>
       </c>
       <c r="L24" s="4">
         <v>427</v>
       </c>
       <c r="M24" s="4">
         <v>421</v>
       </c>
       <c r="N24" s="4">
         <v>408</v>
       </c>
       <c r="O24" s="4">
         <v>455</v>
       </c>
       <c r="P24" s="4">
         <v>393</v>
       </c>
       <c r="Q24" s="4">
         <v>394</v>
       </c>
       <c r="R24" s="4">
         <v>420</v>
       </c>
     </row>
-    <row r="25" spans="1:22">
+    <row r="25" spans="1:23">
       <c r="B25" s="5" t="s">
         <v>7</v>
       </c>
       <c r="C25" s="6">
         <v>100</v>
       </c>
       <c r="D25" s="6">
         <v>100</v>
       </c>
       <c r="E25" s="6">
         <v>100</v>
       </c>
       <c r="F25" s="6">
         <v>100</v>
       </c>
       <c r="G25" s="6">
         <v>100</v>
       </c>
       <c r="H25" s="6">
         <v>100</v>
       </c>
       <c r="I25" s="6">
         <v>100</v>
       </c>
       <c r="J25" s="6">
@@ -1275,184 +1278,190 @@
       <c r="K25" s="6">
         <v>100</v>
       </c>
       <c r="L25" s="6">
         <v>100</v>
       </c>
       <c r="M25" s="6">
         <v>100</v>
       </c>
       <c r="N25" s="6">
         <v>100</v>
       </c>
       <c r="O25" s="6">
         <v>100</v>
       </c>
       <c r="P25" s="6">
         <v>100</v>
       </c>
       <c r="Q25" s="6">
         <v>100</v>
       </c>
       <c r="R25" s="6">
         <v>100</v>
       </c>
     </row>
-    <row r="27" spans="1:22">
+    <row r="27" spans="1:23">
       <c r="A27" s="2" t="s">
         <v>43</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="6" t="s">
         <v>44</v>
       </c>
       <c r="D27" s="6" t="s">
         <v>45</v>
       </c>
       <c r="E27" s="6" t="s">
         <v>46</v>
       </c>
       <c r="F27" s="6" t="s">
         <v>47</v>
       </c>
       <c r="G27" s="6" t="s">
         <v>48</v>
       </c>
       <c r="H27" s="6" t="s">
         <v>49</v>
       </c>
       <c r="I27" s="6" t="s">
         <v>50</v>
       </c>
       <c r="J27" s="6" t="s">
         <v>51</v>
       </c>
       <c r="K27" s="6" t="s">
         <v>52</v>
       </c>
       <c r="L27" s="6" t="s">
+        <v>53</v>
+      </c>
+      <c r="M27" s="6" t="s">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>53</v>
       </c>
       <c r="N27" s="6" t="s">
         <v>54</v>
       </c>
       <c r="O27" s="6" t="s">
         <v>55</v>
       </c>
       <c r="P27" s="6" t="s">
         <v>56</v>
       </c>
       <c r="Q27" s="6" t="s">
         <v>57</v>
       </c>
       <c r="R27" s="6" t="s">
         <v>58</v>
       </c>
       <c r="S27" s="6" t="s">
         <v>59</v>
       </c>
       <c r="T27" s="6" t="s">
         <v>60</v>
       </c>
       <c r="U27" s="6" t="s">
         <v>61</v>
       </c>
       <c r="V27" s="6" t="s">
         <v>62</v>
       </c>
-    </row>
-    <row r="28" spans="1:22">
+      <c r="W27" s="6" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="28" spans="1:23">
       <c r="B28" s="5" t="s">
         <v>6</v>
       </c>
       <c r="C28" s="4">
+        <v>411</v>
+      </c>
+      <c r="D28" s="4">
         <v>447</v>
       </c>
-      <c r="D28" s="4">
+      <c r="E28" s="4">
         <v>397</v>
       </c>
-      <c r="E28" s="4">
+      <c r="F28" s="4">
         <v>412</v>
-      </c>
-[...1 lines deleted...]
-        <v>403</v>
       </c>
       <c r="G28" s="4">
         <v>403</v>
       </c>
       <c r="H28" s="4">
+        <v>403</v>
+      </c>
+      <c r="I28" s="4">
         <v>408</v>
       </c>
-      <c r="I28" s="4">
+      <c r="J28" s="4">
         <v>417</v>
       </c>
-      <c r="J28" s="4">
+      <c r="K28" s="4">
         <v>423</v>
       </c>
-      <c r="K28" s="4">
+      <c r="L28" s="4">
         <v>385</v>
       </c>
-      <c r="L28" s="4">
+      <c r="M28" s="4">
         <v>439</v>
       </c>
-      <c r="M28" s="4">
+      <c r="N28" s="4">
         <v>404</v>
       </c>
-      <c r="N28" s="4">
+      <c r="O28" s="4">
         <v>424</v>
       </c>
-      <c r="O28" s="4">
+      <c r="P28" s="4">
         <v>403</v>
       </c>
-      <c r="P28" s="4">
+      <c r="Q28" s="4">
         <v>415</v>
       </c>
-      <c r="Q28" s="4">
+      <c r="R28" s="4">
         <v>434</v>
       </c>
-      <c r="R28" s="4">
+      <c r="S28" s="4">
         <v>420</v>
       </c>
-      <c r="S28" s="4">
+      <c r="T28" s="4">
         <v>411</v>
       </c>
-      <c r="T28" s="4">
+      <c r="U28" s="4">
         <v>460</v>
       </c>
-      <c r="U28" s="4">
+      <c r="V28" s="4">
         <v>447</v>
       </c>
-      <c r="V28" s="4">
+      <c r="W28" s="4">
         <v>425</v>
       </c>
     </row>
-    <row r="29" spans="1:22">
+    <row r="29" spans="1:23">
       <c r="B29" s="5" t="s">
         <v>7</v>
       </c>
       <c r="C29" s="6">
         <v>100</v>
       </c>
       <c r="D29" s="6">
         <v>100</v>
       </c>
       <c r="E29" s="6">
         <v>100</v>
       </c>
       <c r="F29" s="6">
         <v>100</v>
       </c>
       <c r="G29" s="6">
         <v>100</v>
       </c>
       <c r="H29" s="6">
         <v>100</v>
       </c>
       <c r="I29" s="6">
         <v>100</v>
       </c>
       <c r="J29" s="6">
@@ -1472,117 +1481,120 @@
       </c>
       <c r="O29" s="6">
         <v>100</v>
       </c>
       <c r="P29" s="6">
         <v>100</v>
       </c>
       <c r="Q29" s="6">
         <v>100</v>
       </c>
       <c r="R29" s="6">
         <v>100</v>
       </c>
       <c r="S29" s="6">
         <v>100</v>
       </c>
       <c r="T29" s="6">
         <v>100</v>
       </c>
       <c r="U29" s="6">
         <v>100</v>
       </c>
       <c r="V29" s="6">
         <v>100</v>
       </c>
-    </row>
-    <row r="31" spans="1:22">
+      <c r="W29" s="6">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="31" spans="1:23">
       <c r="A31" s="2" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="6" t="s">
         <v>26</v>
       </c>
       <c r="D31" s="6" t="s">
         <v>27</v>
       </c>
       <c r="E31" s="6" t="s">
         <v>9</v>
       </c>
       <c r="F31" s="6" t="s">
         <v>3</v>
       </c>
       <c r="G31" s="6" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="32" spans="1:22">
+    <row r="32" spans="1:23">
       <c r="B32" s="5" t="s">
         <v>6</v>
       </c>
       <c r="C32" s="4">
         <v>372</v>
       </c>
       <c r="D32" s="4">
         <v>438</v>
       </c>
       <c r="E32" s="4">
         <v>418</v>
       </c>
       <c r="F32" s="4">
         <v>383</v>
       </c>
       <c r="G32" s="4">
         <v>426</v>
       </c>
     </row>
-    <row r="33" spans="1:22">
+    <row r="33" spans="1:23">
       <c r="B33" s="5" t="s">
         <v>7</v>
       </c>
       <c r="C33" s="6">
         <v>100</v>
       </c>
       <c r="D33" s="6">
         <v>100</v>
       </c>
       <c r="E33" s="6">
         <v>100</v>
       </c>
       <c r="F33" s="6">
         <v>100</v>
       </c>
       <c r="G33" s="6">
         <v>100</v>
       </c>
     </row>
-    <row r="35" spans="1:22">
+    <row r="35" spans="1:23">
       <c r="A35" s="2" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C35" s="6" t="s">
         <v>12</v>
       </c>
       <c r="D35" s="6" t="s">
         <v>13</v>
       </c>
       <c r="E35" s="6" t="s">
         <v>14</v>
       </c>
       <c r="F35" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G35" s="6" t="s">
         <v>16</v>
       </c>
       <c r="H35" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I35" s="6" t="s">
         <v>18</v>
       </c>
@@ -1604,51 +1616,51 @@
       <c r="O35" s="6" t="s">
         <v>24</v>
       </c>
       <c r="P35" s="6" t="s">
         <v>25</v>
       </c>
       <c r="Q35" s="6" t="s">
         <v>26</v>
       </c>
       <c r="R35" s="6" t="s">
         <v>27</v>
       </c>
       <c r="S35" s="6" t="s">
         <v>9</v>
       </c>
       <c r="T35" s="6" t="s">
         <v>3</v>
       </c>
       <c r="U35" s="6" t="s">
         <v>4</v>
       </c>
       <c r="V35" s="6" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="36" spans="1:22">
+    <row r="36" spans="1:23">
       <c r="B36" s="5" t="s">
         <v>6</v>
       </c>
       <c r="C36" s="4">
         <v>340</v>
       </c>
       <c r="D36" s="4">
         <v>372</v>
       </c>
       <c r="E36" s="4">
         <v>406</v>
       </c>
       <c r="F36" s="4">
         <v>352</v>
       </c>
       <c r="G36" s="4">
         <v>419</v>
       </c>
       <c r="H36" s="4">
         <v>409</v>
       </c>
       <c r="I36" s="4">
         <v>347</v>
       </c>
       <c r="J36" s="4">
@@ -1669,51 +1681,51 @@
       <c r="O36" s="4">
         <v>447</v>
       </c>
       <c r="P36" s="4">
         <v>414</v>
       </c>
       <c r="Q36" s="4">
         <v>399</v>
       </c>
       <c r="R36" s="4">
         <v>409</v>
       </c>
       <c r="S36" s="4">
         <v>460</v>
       </c>
       <c r="T36" s="4">
         <v>372</v>
       </c>
       <c r="U36" s="4">
         <v>380</v>
       </c>
       <c r="V36" s="4">
         <v>374</v>
       </c>
     </row>
-    <row r="37" spans="1:22">
+    <row r="37" spans="1:23">
       <c r="B37" s="5" t="s">
         <v>7</v>
       </c>
       <c r="C37" s="6">
         <v>100</v>
       </c>
       <c r="D37" s="6">
         <v>100</v>
       </c>
       <c r="E37" s="6">
         <v>100</v>
       </c>
       <c r="F37" s="6">
         <v>100</v>
       </c>
       <c r="G37" s="6">
         <v>100</v>
       </c>
       <c r="H37" s="6">
         <v>100</v>
       </c>
       <c r="I37" s="6">
         <v>100</v>
       </c>
       <c r="J37" s="6">
@@ -1734,113 +1746,113 @@
       <c r="O37" s="6">
         <v>100</v>
       </c>
       <c r="P37" s="6">
         <v>100</v>
       </c>
       <c r="Q37" s="6">
         <v>100</v>
       </c>
       <c r="R37" s="6">
         <v>100</v>
       </c>
       <c r="S37" s="6">
         <v>100</v>
       </c>
       <c r="T37" s="6">
         <v>100</v>
       </c>
       <c r="U37" s="6">
         <v>100</v>
       </c>
       <c r="V37" s="6">
         <v>100</v>
       </c>
     </row>
-    <row r="39" spans="1:22">
+    <row r="39" spans="1:23">
       <c r="A39" s="2" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B39" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C39" s="6" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="D39" s="6" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="E39" s="6" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="F39" s="6" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="G39" s="6" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="H39" s="6" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="I39" s="6" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="J39" s="6" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="K39" s="6" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="L39" s="6" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="M39" s="6" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="N39" s="6" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="O39" s="6" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="P39" s="6" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="Q39" s="6" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="R39" s="6" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="S39" s="6" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="T39" s="6" t="s">
-        <v>62</v>
-[...2 lines deleted...]
-    <row r="40" spans="1:22">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="40" spans="1:23">
       <c r="B40" s="5" t="s">
         <v>6</v>
       </c>
       <c r="C40" s="4">
         <v>402</v>
       </c>
       <c r="D40" s="4">
         <v>386</v>
       </c>
       <c r="E40" s="4">
         <v>373</v>
       </c>
       <c r="F40" s="4">
         <v>359</v>
       </c>
       <c r="G40" s="4">
         <v>399</v>
       </c>
       <c r="H40" s="4">
         <v>422</v>
       </c>
       <c r="I40" s="4">
         <v>349</v>
       </c>
       <c r="J40" s="4">
@@ -1855,51 +1867,51 @@
       <c r="M40" s="4">
         <v>377</v>
       </c>
       <c r="N40" s="4">
         <v>393</v>
       </c>
       <c r="O40" s="4">
         <v>421</v>
       </c>
       <c r="P40" s="4">
         <v>399</v>
       </c>
       <c r="Q40" s="4">
         <v>391</v>
       </c>
       <c r="R40" s="4">
         <v>430</v>
       </c>
       <c r="S40" s="4">
         <v>380</v>
       </c>
       <c r="T40" s="4">
         <v>428</v>
       </c>
     </row>
-    <row r="41" spans="1:22">
+    <row r="41" spans="1:23">
       <c r="B41" s="5" t="s">
         <v>7</v>
       </c>
       <c r="C41" s="6">
         <v>100</v>
       </c>
       <c r="D41" s="6">
         <v>100</v>
       </c>
       <c r="E41" s="6">
         <v>100</v>
       </c>
       <c r="F41" s="6">
         <v>100</v>
       </c>
       <c r="G41" s="6">
         <v>100</v>
       </c>
       <c r="H41" s="6">
         <v>100</v>
       </c>
       <c r="I41" s="6">
         <v>100</v>
       </c>
       <c r="J41" s="6">