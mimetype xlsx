--- v0 (2025-12-05)
+++ v1 (2025-12-13)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="44">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="45">
   <si>
     <t>Výsledky hráčů družstva TJ Sokol Písek A na kuželně TJ Blatná</t>
   </si>
   <si>
     <t>Petr Zítek</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
     <t>4.4.2025</t>
   </si>
   <si>
     <t>Výkon:</t>
   </si>
   <si>
     <t>Počet hodů:</t>
   </si>
   <si>
     <t>Marie Lukešová</t>
   </si>
   <si>
     <t>22.10.2025</t>
   </si>
   <si>
@@ -93,50 +93,53 @@
     <t>Drahomíra Nedomová</t>
   </si>
   <si>
     <t>11.3.2020</t>
   </si>
   <si>
     <t>Iva Švejcarová</t>
   </si>
   <si>
     <t>11.1.2023</t>
   </si>
   <si>
     <t>20.10.2021</t>
   </si>
   <si>
     <t>Tomáš Brückler</t>
   </si>
   <si>
     <t>Alexandra Králová</t>
   </si>
   <si>
     <t>Petr Kolařík</t>
   </si>
   <si>
     <t>Jan Vaňata</t>
+  </si>
+  <si>
+    <t>5.12.2025</t>
   </si>
   <si>
     <t>7.11.2025</t>
   </si>
   <si>
     <t>17.10.2025</t>
   </si>
   <si>
     <t>26.9.2025</t>
   </si>
   <si>
     <t>23.9.2020</t>
   </si>
   <si>
     <t>19.2.2020</t>
   </si>
   <si>
     <t>29.1.2020</t>
   </si>
   <si>
     <t>22.1.2020</t>
   </si>
   <si>
     <t>8.1.2020</t>
   </si>
@@ -568,867 +571,876 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:Q49"/>
+  <dimension ref="A1:R49"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="J49" sqref="J49"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="9.5703125" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="26.28515625" customWidth="true" style="2"/>
     <col min="2" max="2" width="11.140625" customWidth="true" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:17" customHeight="1" ht="21">
+    <row r="1" spans="1:18" customHeight="1" ht="21">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="3" spans="1:17">
+    <row r="3" spans="1:18">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C3" s="5" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="4" spans="1:17">
+    <row r="4" spans="1:18">
       <c r="B4" s="4" t="s">
         <v>4</v>
       </c>
       <c r="C4" s="6">
         <v>344</v>
       </c>
     </row>
-    <row r="5" spans="1:17">
+    <row r="5" spans="1:18">
       <c r="B5" s="4" t="s">
         <v>5</v>
       </c>
       <c r="C5" s="5">
         <v>100</v>
       </c>
     </row>
-    <row r="7" spans="1:17">
+    <row r="7" spans="1:18">
       <c r="A7" s="2" t="s">
         <v>6</v>
       </c>
       <c r="B7" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C7" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D7" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E7" s="5" t="s">
         <v>9</v>
       </c>
       <c r="F7" s="5" t="s">
         <v>10</v>
       </c>
       <c r="G7" s="5" t="s">
         <v>11</v>
       </c>
       <c r="H7" s="5" t="s">
         <v>12</v>
       </c>
       <c r="I7" s="5" t="s">
         <v>13</v>
       </c>
       <c r="J7" s="5" t="s">
         <v>14</v>
       </c>
       <c r="K7" s="5" t="s">
         <v>15</v>
       </c>
       <c r="L7" s="5" t="s">
         <v>16</v>
       </c>
     </row>
-    <row r="8" spans="1:17">
+    <row r="8" spans="1:18">
       <c r="B8" s="4" t="s">
         <v>4</v>
       </c>
       <c r="C8" s="6">
         <v>410</v>
       </c>
       <c r="D8" s="6">
         <v>401</v>
       </c>
       <c r="E8" s="6">
         <v>452</v>
       </c>
       <c r="F8" s="6">
         <v>430</v>
       </c>
       <c r="G8" s="6">
         <v>385</v>
       </c>
       <c r="H8" s="6">
         <v>410</v>
       </c>
       <c r="I8" s="6">
         <v>417</v>
       </c>
       <c r="J8" s="6">
         <v>472</v>
       </c>
       <c r="K8" s="6">
         <v>415</v>
       </c>
       <c r="L8" s="6">
         <v>450</v>
       </c>
     </row>
-    <row r="9" spans="1:17">
+    <row r="9" spans="1:18">
       <c r="B9" s="4" t="s">
         <v>5</v>
       </c>
       <c r="C9" s="5">
         <v>100</v>
       </c>
       <c r="D9" s="5">
         <v>100</v>
       </c>
       <c r="E9" s="5">
         <v>100</v>
       </c>
       <c r="F9" s="5">
         <v>100</v>
       </c>
       <c r="G9" s="5">
         <v>100</v>
       </c>
       <c r="H9" s="5">
         <v>100</v>
       </c>
       <c r="I9" s="5">
         <v>100</v>
       </c>
       <c r="J9" s="5">
         <v>100</v>
       </c>
       <c r="K9" s="5">
         <v>100</v>
       </c>
       <c r="L9" s="5">
         <v>100</v>
       </c>
     </row>
-    <row r="11" spans="1:17">
+    <row r="11" spans="1:18">
       <c r="A11" s="2" t="s">
         <v>17</v>
       </c>
       <c r="B11" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C11" s="5" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="12" spans="1:17">
+    <row r="12" spans="1:18">
       <c r="B12" s="4" t="s">
         <v>4</v>
       </c>
       <c r="C12" s="6">
         <v>483</v>
       </c>
     </row>
-    <row r="13" spans="1:17">
+    <row r="13" spans="1:18">
       <c r="B13" s="4" t="s">
         <v>5</v>
       </c>
       <c r="C13" s="5">
         <v>100</v>
       </c>
     </row>
-    <row r="15" spans="1:17">
+    <row r="15" spans="1:18">
       <c r="A15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="B15" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C15" s="5" t="s">
         <v>3</v>
       </c>
       <c r="D15" s="5" t="s">
         <v>19</v>
       </c>
       <c r="E15" s="5" t="s">
         <v>16</v>
       </c>
     </row>
-    <row r="16" spans="1:17">
+    <row r="16" spans="1:18">
       <c r="B16" s="4" t="s">
         <v>4</v>
       </c>
       <c r="C16" s="6">
         <v>426</v>
       </c>
       <c r="D16" s="6">
         <v>406</v>
       </c>
       <c r="E16" s="6">
         <v>432</v>
       </c>
     </row>
-    <row r="17" spans="1:17">
+    <row r="17" spans="1:18">
       <c r="B17" s="4" t="s">
         <v>5</v>
       </c>
       <c r="C17" s="5">
         <v>100</v>
       </c>
       <c r="D17" s="5">
         <v>100</v>
       </c>
       <c r="E17" s="5">
         <v>100</v>
       </c>
     </row>
-    <row r="19" spans="1:17">
+    <row r="19" spans="1:18">
       <c r="A19" s="2" t="s">
         <v>20</v>
       </c>
       <c r="B19" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C19" s="5" t="s">
         <v>3</v>
       </c>
       <c r="D19" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="5" t="s">
         <v>21</v>
       </c>
       <c r="F19" s="5" t="s">
         <v>14</v>
       </c>
       <c r="G19" s="5" t="s">
         <v>22</v>
       </c>
       <c r="H19" s="5" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="20" spans="1:17">
+    <row r="20" spans="1:18">
       <c r="B20" s="4" t="s">
         <v>4</v>
       </c>
       <c r="C20" s="6">
         <v>422</v>
       </c>
       <c r="D20" s="6">
         <v>433</v>
       </c>
       <c r="E20" s="6">
         <v>426</v>
       </c>
       <c r="F20" s="6">
         <v>418</v>
       </c>
       <c r="G20" s="6">
         <v>393</v>
       </c>
       <c r="H20" s="6">
         <v>427</v>
       </c>
     </row>
-    <row r="21" spans="1:17">
+    <row r="21" spans="1:18">
       <c r="B21" s="4" t="s">
         <v>5</v>
       </c>
       <c r="C21" s="5">
         <v>100</v>
       </c>
       <c r="D21" s="5">
         <v>100</v>
       </c>
       <c r="E21" s="5">
         <v>100</v>
       </c>
       <c r="F21" s="5">
         <v>100</v>
       </c>
       <c r="G21" s="5">
         <v>100</v>
       </c>
       <c r="H21" s="5">
         <v>100</v>
       </c>
     </row>
-    <row r="23" spans="1:17">
+    <row r="23" spans="1:18">
       <c r="A23" s="2" t="s">
         <v>23</v>
       </c>
       <c r="B23" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C23" s="5" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="24" spans="1:17">
+    <row r="24" spans="1:18">
       <c r="B24" s="4" t="s">
         <v>4</v>
       </c>
       <c r="C24" s="6">
         <v>435</v>
       </c>
     </row>
-    <row r="25" spans="1:17">
+    <row r="25" spans="1:18">
       <c r="B25" s="4" t="s">
         <v>5</v>
       </c>
       <c r="C25" s="5">
         <v>100</v>
       </c>
     </row>
-    <row r="27" spans="1:17">
+    <row r="27" spans="1:18">
       <c r="A27" s="2" t="s">
         <v>24</v>
       </c>
       <c r="B27" s="1" t="s">
         <v>2</v>
       </c>
     </row>
-    <row r="28" spans="1:17">
+    <row r="28" spans="1:18">
       <c r="B28" s="1" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="29" spans="1:17">
+    <row r="29" spans="1:18">
       <c r="B29" s="1" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="31" spans="1:17">
+    <row r="31" spans="1:18">
       <c r="A31" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B31" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="5" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="32" spans="1:17">
+    <row r="32" spans="1:18">
       <c r="B32" s="4" t="s">
         <v>4</v>
       </c>
       <c r="C32" s="6">
         <v>416</v>
       </c>
     </row>
-    <row r="33" spans="1:17">
+    <row r="33" spans="1:18">
       <c r="B33" s="4" t="s">
         <v>5</v>
       </c>
       <c r="C33" s="5">
         <v>100</v>
       </c>
     </row>
-    <row r="35" spans="1:17">
+    <row r="35" spans="1:18">
       <c r="A35" s="2" t="s">
         <v>26</v>
       </c>
       <c r="B35" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C35" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D35" s="5" t="s">
         <v>28</v>
       </c>
       <c r="E35" s="5" t="s">
         <v>29</v>
       </c>
       <c r="F35" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="G35" s="5" t="s">
         <v>3</v>
       </c>
-      <c r="G35" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H35" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="I35" s="5" t="s">
         <v>19</v>
-      </c>
-[...1 lines deleted...]
-        <v>31</v>
       </c>
       <c r="J35" s="5" t="s">
         <v>32</v>
       </c>
       <c r="K35" s="5" t="s">
         <v>33</v>
       </c>
       <c r="L35" s="5" t="s">
         <v>34</v>
       </c>
       <c r="M35" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="N35" s="5" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>35</v>
       </c>
       <c r="O35" s="5" t="s">
         <v>36</v>
       </c>
       <c r="P35" s="5" t="s">
         <v>37</v>
       </c>
       <c r="Q35" s="5" t="s">
         <v>38</v>
       </c>
-    </row>
-    <row r="36" spans="1:17">
+      <c r="R35" s="5" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="36" spans="1:18">
       <c r="B36" s="4" t="s">
         <v>4</v>
       </c>
       <c r="C36" s="6">
+        <v>438</v>
+      </c>
+      <c r="D36" s="6">
         <v>454</v>
       </c>
-      <c r="D36" s="6">
+      <c r="E36" s="6">
         <v>456</v>
       </c>
-      <c r="E36" s="6">
+      <c r="F36" s="6">
         <v>472</v>
       </c>
-      <c r="F36" s="6">
+      <c r="G36" s="6">
         <v>491</v>
       </c>
-      <c r="G36" s="6">
+      <c r="H36" s="6">
         <v>370</v>
       </c>
-      <c r="H36" s="6">
+      <c r="I36" s="6">
         <v>426</v>
       </c>
-      <c r="I36" s="6">
+      <c r="J36" s="6">
         <v>413</v>
       </c>
-      <c r="J36" s="6">
+      <c r="K36" s="6">
         <v>388</v>
       </c>
-      <c r="K36" s="6">
+      <c r="L36" s="6">
         <v>391</v>
       </c>
-      <c r="L36" s="6">
+      <c r="M36" s="6">
         <v>360</v>
       </c>
-      <c r="M36" s="6">
+      <c r="N36" s="6">
         <v>427</v>
       </c>
-      <c r="N36" s="6">
+      <c r="O36" s="6">
         <v>375</v>
       </c>
-      <c r="O36" s="6">
+      <c r="P36" s="6">
         <v>393</v>
       </c>
-      <c r="P36" s="6">
+      <c r="Q36" s="6">
         <v>406</v>
       </c>
-      <c r="Q36" s="6">
+      <c r="R36" s="6">
         <v>382</v>
       </c>
     </row>
-    <row r="37" spans="1:17">
+    <row r="37" spans="1:18">
       <c r="B37" s="4" t="s">
         <v>5</v>
       </c>
       <c r="C37" s="5">
         <v>100</v>
       </c>
       <c r="D37" s="5">
         <v>100</v>
       </c>
       <c r="E37" s="5">
         <v>100</v>
       </c>
       <c r="F37" s="5">
         <v>100</v>
       </c>
       <c r="G37" s="5">
         <v>100</v>
       </c>
       <c r="H37" s="5">
         <v>100</v>
       </c>
       <c r="I37" s="5">
         <v>100</v>
       </c>
       <c r="J37" s="5">
         <v>100</v>
       </c>
       <c r="K37" s="5">
         <v>100</v>
       </c>
       <c r="L37" s="5">
         <v>100</v>
       </c>
       <c r="M37" s="5">
         <v>100</v>
       </c>
       <c r="N37" s="5">
         <v>100</v>
       </c>
       <c r="O37" s="5">
         <v>100</v>
       </c>
       <c r="P37" s="5">
         <v>100</v>
       </c>
       <c r="Q37" s="5">
         <v>100</v>
       </c>
-    </row>
-    <row r="39" spans="1:17">
+      <c r="R37" s="5">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="39" spans="1:18">
       <c r="A39" s="2" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="B39" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C39" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D39" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E39" s="5" t="s">
         <v>9</v>
       </c>
       <c r="F39" s="5" t="s">
         <v>10</v>
       </c>
       <c r="G39" s="5" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="H39" s="5" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="I39" s="5" t="s">
         <v>12</v>
       </c>
       <c r="J39" s="5" t="s">
         <v>13</v>
       </c>
       <c r="K39" s="5" t="s">
         <v>21</v>
       </c>
       <c r="L39" s="5" t="s">
         <v>14</v>
       </c>
       <c r="M39" s="5" t="s">
         <v>15</v>
       </c>
       <c r="N39" s="5" t="s">
         <v>22</v>
       </c>
       <c r="O39" s="5" t="s">
         <v>19</v>
       </c>
       <c r="P39" s="5" t="s">
         <v>16</v>
       </c>
     </row>
-    <row r="40" spans="1:17">
+    <row r="40" spans="1:18">
       <c r="B40" s="4" t="s">
         <v>4</v>
       </c>
       <c r="C40" s="6">
         <v>427</v>
       </c>
       <c r="D40" s="6">
         <v>404</v>
       </c>
       <c r="E40" s="6">
         <v>442</v>
       </c>
       <c r="F40" s="6">
         <v>442</v>
       </c>
       <c r="G40" s="6">
         <v>417</v>
       </c>
       <c r="H40" s="6">
         <v>459</v>
       </c>
       <c r="I40" s="6">
         <v>391</v>
       </c>
       <c r="J40" s="6">
         <v>425</v>
       </c>
       <c r="K40" s="6">
         <v>409</v>
       </c>
       <c r="L40" s="6">
         <v>418</v>
       </c>
       <c r="M40" s="6">
         <v>458</v>
       </c>
       <c r="N40" s="6">
         <v>409</v>
       </c>
       <c r="O40" s="6">
         <v>396</v>
       </c>
       <c r="P40" s="6">
         <v>344</v>
       </c>
     </row>
-    <row r="41" spans="1:17">
+    <row r="41" spans="1:18">
       <c r="B41" s="4" t="s">
         <v>5</v>
       </c>
       <c r="C41" s="5">
         <v>100</v>
       </c>
       <c r="D41" s="5">
         <v>100</v>
       </c>
       <c r="E41" s="5">
         <v>100</v>
       </c>
       <c r="F41" s="5">
         <v>100</v>
       </c>
       <c r="G41" s="5">
         <v>100</v>
       </c>
       <c r="H41" s="5">
         <v>100</v>
       </c>
       <c r="I41" s="5">
         <v>100</v>
       </c>
       <c r="J41" s="5">
         <v>100</v>
       </c>
       <c r="K41" s="5">
         <v>100</v>
       </c>
       <c r="L41" s="5">
         <v>100</v>
       </c>
       <c r="M41" s="5">
         <v>100</v>
       </c>
       <c r="N41" s="5">
         <v>100</v>
       </c>
       <c r="O41" s="5">
         <v>100</v>
       </c>
       <c r="P41" s="5">
         <v>100</v>
       </c>
     </row>
-    <row r="43" spans="1:17">
+    <row r="43" spans="1:18">
       <c r="A43" s="2" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B43" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C43" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D43" s="5" t="s">
         <v>10</v>
       </c>
       <c r="E43" s="5" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="F43" s="5" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="G43" s="5" t="s">
         <v>11</v>
       </c>
       <c r="H43" s="5" t="s">
         <v>21</v>
       </c>
       <c r="I43" s="5" t="s">
         <v>15</v>
       </c>
       <c r="J43" s="5" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="44" spans="1:17">
+    <row r="44" spans="1:18">
       <c r="B44" s="4" t="s">
         <v>4</v>
       </c>
       <c r="C44" s="6">
         <v>360</v>
       </c>
       <c r="D44" s="6">
         <v>380</v>
       </c>
       <c r="E44" s="6">
         <v>390</v>
       </c>
       <c r="F44" s="6">
         <v>411</v>
       </c>
       <c r="G44" s="6">
         <v>412</v>
       </c>
       <c r="H44" s="6">
         <v>394</v>
       </c>
       <c r="I44" s="6">
         <v>418</v>
       </c>
       <c r="J44" s="6">
         <v>368</v>
       </c>
     </row>
-    <row r="45" spans="1:17">
+    <row r="45" spans="1:18">
       <c r="B45" s="4" t="s">
         <v>5</v>
       </c>
       <c r="C45" s="5">
         <v>100</v>
       </c>
       <c r="D45" s="5">
         <v>100</v>
       </c>
       <c r="E45" s="5">
         <v>100</v>
       </c>
       <c r="F45" s="5">
         <v>100</v>
       </c>
       <c r="G45" s="5">
         <v>100</v>
       </c>
       <c r="H45" s="5">
         <v>100</v>
       </c>
       <c r="I45" s="5">
         <v>100</v>
       </c>
       <c r="J45" s="5">
         <v>100</v>
       </c>
     </row>
-    <row r="47" spans="1:17">
+    <row r="47" spans="1:18">
       <c r="A47" s="2" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B47" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C47" s="5" t="s">
         <v>8</v>
       </c>
       <c r="D47" s="5" t="s">
         <v>9</v>
       </c>
       <c r="E47" s="5" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="F47" s="5" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="G47" s="5" t="s">
         <v>12</v>
       </c>
       <c r="H47" s="5" t="s">
         <v>13</v>
       </c>
       <c r="I47" s="5" t="s">
         <v>21</v>
       </c>
       <c r="J47" s="5" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="48" spans="1:17">
+    <row r="48" spans="1:18">
       <c r="B48" s="4" t="s">
         <v>4</v>
       </c>
       <c r="C48" s="6">
         <v>367</v>
       </c>
       <c r="D48" s="6">
         <v>430</v>
       </c>
       <c r="E48" s="6">
         <v>385</v>
       </c>
       <c r="F48" s="6">
         <v>400</v>
       </c>
       <c r="G48" s="6">
         <v>376</v>
       </c>
       <c r="H48" s="6">
         <v>387</v>
       </c>
       <c r="I48" s="6">
         <v>397</v>
       </c>
       <c r="J48" s="6">
         <v>393</v>
       </c>
     </row>
-    <row r="49" spans="1:17">
+    <row r="49" spans="1:18">
       <c r="B49" s="4" t="s">
         <v>5</v>
       </c>
       <c r="C49" s="5">
         <v>100</v>
       </c>
       <c r="D49" s="5">
         <v>100</v>
       </c>
       <c r="E49" s="5">
         <v>100</v>
       </c>
       <c r="F49" s="5">
         <v>100</v>
       </c>
       <c r="G49" s="5">
         <v>100</v>
       </c>
       <c r="H49" s="5">
         <v>100</v>
       </c>
       <c r="I49" s="5">
         <v>100</v>
       </c>
       <c r="J49" s="5">