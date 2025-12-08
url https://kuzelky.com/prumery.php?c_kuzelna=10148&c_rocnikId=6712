--- v0 (2025-12-05)
+++ v1 (2025-12-08)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="104">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="105">
   <si>
     <t>Výsledky hráčů družstva TJ Blatná B na kuželně TJ Blatná</t>
   </si>
   <si>
     <t>Miloš Rozhoň</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
     <t>4.4.2025</t>
   </si>
   <si>
     <t>28.3.2025</t>
   </si>
   <si>
     <t>14.3.2025</t>
   </si>
   <si>
     <t>28.2.2025</t>
   </si>
   <si>
     <t>14.2.2025</t>
   </si>
   <si>
@@ -153,50 +153,53 @@
     <t>11.11.2022</t>
   </si>
   <si>
     <t>30.9.2022</t>
   </si>
   <si>
     <t>11.2.2022</t>
   </si>
   <si>
     <t>21.1.2022</t>
   </si>
   <si>
     <t>14.1.2022</t>
   </si>
   <si>
     <t>3.12.2021</t>
   </si>
   <si>
     <t>12.11.2021</t>
   </si>
   <si>
     <t>6.3.2020</t>
   </si>
   <si>
     <t>Robert Flandera</t>
+  </si>
+  <si>
+    <t>5.12.2025</t>
   </si>
   <si>
     <t>21.11.2025</t>
   </si>
   <si>
     <t>7.11.2025</t>
   </si>
   <si>
     <t>17.10.2025</t>
   </si>
   <si>
     <t>26.9.2025</t>
   </si>
   <si>
     <t>30.11.2024</t>
   </si>
   <si>
     <t>30.3.2024</t>
   </si>
   <si>
     <t>13.1.2024</t>
   </si>
   <si>
     <t>2.12.2023</t>
   </si>
@@ -1373,387 +1376,396 @@
       </c>
       <c r="AF9" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="11" spans="1:32">
       <c r="A11" s="2" t="s">
         <v>46</v>
       </c>
       <c r="B11" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C11" s="6" t="s">
         <v>47</v>
       </c>
       <c r="D11" s="6" t="s">
         <v>48</v>
       </c>
       <c r="E11" s="6" t="s">
         <v>49</v>
       </c>
       <c r="F11" s="6" t="s">
         <v>50</v>
       </c>
       <c r="G11" s="6" t="s">
+        <v>51</v>
+      </c>
+      <c r="H11" s="6" t="s">
         <v>3</v>
       </c>
-      <c r="H11" s="6" t="s">
+      <c r="I11" s="6" t="s">
         <v>4</v>
       </c>
-      <c r="I11" s="6" t="s">
+      <c r="J11" s="6" t="s">
         <v>5</v>
       </c>
-      <c r="J11" s="6" t="s">
+      <c r="K11" s="6" t="s">
         <v>6</v>
-      </c>
-[...1 lines deleted...]
-        <v>51</v>
       </c>
       <c r="L11" s="6" t="s">
         <v>52</v>
       </c>
       <c r="M11" s="6" t="s">
         <v>53</v>
       </c>
       <c r="N11" s="6" t="s">
         <v>54</v>
       </c>
       <c r="O11" s="6" t="s">
         <v>55</v>
       </c>
       <c r="P11" s="6" t="s">
         <v>56</v>
       </c>
       <c r="Q11" s="6" t="s">
         <v>57</v>
       </c>
       <c r="R11" s="6" t="s">
         <v>58</v>
       </c>
       <c r="S11" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="T11" s="6" t="s">
         <v>13</v>
       </c>
-      <c r="T11" s="6" t="s">
+      <c r="U11" s="6" t="s">
         <v>14</v>
       </c>
-      <c r="U11" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="V11" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="W11" s="6" t="s">
         <v>38</v>
       </c>
-      <c r="W11" s="6" t="s">
+      <c r="X11" s="6" t="s">
         <v>16</v>
       </c>
-      <c r="X11" s="6" t="s">
+      <c r="Y11" s="6" t="s">
         <v>39</v>
       </c>
-      <c r="Y11" s="6" t="s">
+      <c r="Z11" s="6" t="s">
         <v>17</v>
       </c>
-      <c r="Z11" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AA11" s="6" t="s">
+        <v>61</v>
+      </c>
+      <c r="AB11" s="6" t="s">
         <v>40</v>
       </c>
-      <c r="AB11" s="6" t="s">
+      <c r="AC11" s="6" t="s">
         <v>42</v>
       </c>
-      <c r="AC11" s="6" t="s">
+      <c r="AD11" s="6" t="s">
         <v>43</v>
       </c>
-      <c r="AD11" s="6" t="s">
+      <c r="AE11" s="6" t="s">
         <v>44</v>
       </c>
-      <c r="AE11" s="6" t="s">
+      <c r="AF11" s="6" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="12" spans="1:32">
       <c r="B12" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C12" s="4">
+        <v>447</v>
+      </c>
+      <c r="D12" s="4">
         <v>446</v>
       </c>
-      <c r="D12" s="4">
+      <c r="E12" s="4">
         <v>434</v>
       </c>
-      <c r="E12" s="4">
+      <c r="F12" s="4">
         <v>475</v>
       </c>
-      <c r="F12" s="4">
+      <c r="G12" s="4">
         <v>459</v>
       </c>
-      <c r="G12" s="4">
+      <c r="H12" s="4">
         <v>419</v>
       </c>
-      <c r="H12" s="4">
+      <c r="I12" s="4">
         <v>434</v>
       </c>
-      <c r="I12" s="4">
+      <c r="J12" s="4">
         <v>449</v>
       </c>
-      <c r="J12" s="4">
+      <c r="K12" s="4">
         <v>448</v>
       </c>
-      <c r="K12" s="7">
+      <c r="L12" s="7">
         <v>559</v>
       </c>
-      <c r="L12" s="7">
+      <c r="M12" s="7">
         <v>583</v>
       </c>
-      <c r="M12" s="7">
+      <c r="N12" s="7">
         <v>576</v>
       </c>
-      <c r="N12" s="7">
+      <c r="O12" s="7">
         <v>535</v>
       </c>
-      <c r="O12" s="7">
+      <c r="P12" s="7">
         <v>556</v>
       </c>
-      <c r="P12" s="7">
+      <c r="Q12" s="7">
         <v>597</v>
       </c>
-      <c r="Q12" s="4">
+      <c r="R12" s="4">
         <v>459</v>
       </c>
-      <c r="R12" s="7">
+      <c r="S12" s="7">
         <v>502</v>
       </c>
-      <c r="S12" s="4">
+      <c r="T12" s="4">
         <v>461</v>
       </c>
-      <c r="T12" s="4">
+      <c r="U12" s="4">
         <v>472</v>
       </c>
-      <c r="U12" s="7">
+      <c r="V12" s="7">
         <v>569</v>
       </c>
-      <c r="V12" s="4">
+      <c r="W12" s="4">
         <v>434</v>
       </c>
-      <c r="W12" s="4">
+      <c r="X12" s="4">
         <v>422</v>
       </c>
-      <c r="X12" s="4">
+      <c r="Y12" s="4">
         <v>479</v>
       </c>
-      <c r="Y12" s="4">
+      <c r="Z12" s="4">
         <v>467</v>
       </c>
-      <c r="Z12" s="4">
+      <c r="AA12" s="4">
         <v>418</v>
       </c>
-      <c r="AA12" s="4">
+      <c r="AB12" s="4">
         <v>408</v>
       </c>
-      <c r="AB12" s="4">
+      <c r="AC12" s="4">
         <v>455</v>
       </c>
-      <c r="AC12" s="4">
+      <c r="AD12" s="4">
         <v>383</v>
       </c>
-      <c r="AD12" s="4">
+      <c r="AE12" s="4">
         <v>453</v>
       </c>
-      <c r="AE12" s="4">
+      <c r="AF12" s="4">
         <v>438</v>
       </c>
     </row>
     <row r="13" spans="1:32">
       <c r="B13" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C13" s="6">
         <v>100</v>
       </c>
       <c r="D13" s="6">
         <v>100</v>
       </c>
       <c r="E13" s="6">
         <v>100</v>
       </c>
       <c r="F13" s="6">
         <v>100</v>
       </c>
       <c r="G13" s="6">
         <v>100</v>
       </c>
       <c r="H13" s="6">
         <v>100</v>
       </c>
       <c r="I13" s="6">
         <v>100</v>
       </c>
       <c r="J13" s="6">
         <v>100</v>
       </c>
-      <c r="K13" s="7">
-        <v>120</v>
+      <c r="K13" s="6">
+        <v>100</v>
       </c>
       <c r="L13" s="7">
         <v>120</v>
       </c>
       <c r="M13" s="7">
         <v>120</v>
       </c>
       <c r="N13" s="7">
         <v>120</v>
       </c>
       <c r="O13" s="7">
         <v>120</v>
       </c>
       <c r="P13" s="7">
         <v>120</v>
       </c>
-      <c r="Q13" s="6">
-[...6 lines deleted...]
-        <v>100</v>
+      <c r="Q13" s="7">
+        <v>120</v>
+      </c>
+      <c r="R13" s="6">
+        <v>100</v>
+      </c>
+      <c r="S13" s="7">
+        <v>120</v>
       </c>
       <c r="T13" s="6">
         <v>100</v>
       </c>
-      <c r="U13" s="7">
-[...3 lines deleted...]
-        <v>100</v>
+      <c r="U13" s="6">
+        <v>100</v>
+      </c>
+      <c r="V13" s="7">
+        <v>120</v>
       </c>
       <c r="W13" s="6">
         <v>100</v>
       </c>
       <c r="X13" s="6">
         <v>100</v>
       </c>
       <c r="Y13" s="6">
         <v>100</v>
       </c>
       <c r="Z13" s="6">
         <v>100</v>
       </c>
       <c r="AA13" s="6">
         <v>100</v>
       </c>
       <c r="AB13" s="6">
         <v>100</v>
       </c>
       <c r="AC13" s="6">
         <v>100</v>
       </c>
       <c r="AD13" s="6">
         <v>100</v>
       </c>
       <c r="AE13" s="6">
+        <v>100</v>
+      </c>
+      <c r="AF13" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="15" spans="1:32">
       <c r="A15" s="2" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="B15" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C15" s="6" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="D15" s="6" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="E15" s="6" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="F15" s="6" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="G15" s="6" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="H15" s="6" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="I15" s="6" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="J15" s="6" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="K15" s="6" t="s">
         <v>9</v>
       </c>
       <c r="L15" s="6" t="s">
         <v>36</v>
       </c>
       <c r="M15" s="6" t="s">
         <v>10</v>
       </c>
       <c r="N15" s="6" t="s">
         <v>11</v>
       </c>
       <c r="O15" s="6" t="s">
         <v>37</v>
       </c>
       <c r="P15" s="6" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="Q15" s="6" t="s">
         <v>12</v>
       </c>
       <c r="R15" s="6" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="S15" s="6" t="s">
         <v>13</v>
       </c>
       <c r="T15" s="6" t="s">
         <v>14</v>
       </c>
       <c r="U15" s="6" t="s">
         <v>38</v>
       </c>
       <c r="V15" s="6" t="s">
         <v>15</v>
       </c>
       <c r="W15" s="6" t="s">
         <v>16</v>
       </c>
       <c r="X15" s="6" t="s">
         <v>39</v>
       </c>
       <c r="Y15" s="6" t="s">
         <v>17</v>
       </c>
       <c r="Z15" s="6" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="AA15" s="6" t="s">
         <v>18</v>
       </c>
       <c r="AB15" s="6" t="s">
         <v>40</v>
       </c>
       <c r="AC15" s="6" t="s">
         <v>41</v>
       </c>
       <c r="AD15" s="6" t="s">
         <v>42</v>
       </c>
       <c r="AE15" s="6" t="s">
         <v>43</v>
       </c>
       <c r="AF15" s="6" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="16" spans="1:32">
       <c r="B16" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C16" s="7">
@@ -1922,483 +1934,492 @@
       </c>
       <c r="Z17" s="6">
         <v>100</v>
       </c>
       <c r="AA17" s="6">
         <v>100</v>
       </c>
       <c r="AB17" s="6">
         <v>100</v>
       </c>
       <c r="AC17" s="6">
         <v>100</v>
       </c>
       <c r="AD17" s="6">
         <v>100</v>
       </c>
       <c r="AE17" s="6">
         <v>100</v>
       </c>
       <c r="AF17" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="19" spans="1:32">
       <c r="A19" s="2" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="B19" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C19" s="6" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="D19" s="6" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="6" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="F19" s="6" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="G19" s="6" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
     </row>
     <row r="20" spans="1:32">
       <c r="B20" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C20" s="4">
         <v>412</v>
       </c>
       <c r="D20" s="4">
         <v>447</v>
       </c>
       <c r="E20" s="4">
         <v>401</v>
       </c>
       <c r="F20" s="4">
         <v>400</v>
       </c>
       <c r="G20" s="4">
         <v>382</v>
       </c>
     </row>
     <row r="21" spans="1:32">
       <c r="B21" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C21" s="6">
         <v>100</v>
       </c>
       <c r="D21" s="6">
         <v>100</v>
       </c>
       <c r="E21" s="6">
         <v>100</v>
       </c>
       <c r="F21" s="6">
         <v>100</v>
       </c>
       <c r="G21" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="23" spans="1:32">
       <c r="A23" s="2" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="B23" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C23" s="6" t="s">
         <v>47</v>
       </c>
       <c r="D23" s="6" t="s">
-        <v>77</v>
+        <v>48</v>
       </c>
       <c r="E23" s="6" t="s">
-        <v>48</v>
+        <v>78</v>
       </c>
       <c r="F23" s="6" t="s">
-        <v>78</v>
+        <v>49</v>
       </c>
       <c r="G23" s="6" t="s">
-        <v>49</v>
+        <v>79</v>
       </c>
       <c r="H23" s="6" t="s">
-        <v>79</v>
+        <v>50</v>
       </c>
       <c r="I23" s="6" t="s">
-        <v>50</v>
+        <v>80</v>
       </c>
       <c r="J23" s="6" t="s">
-        <v>80</v>
+        <v>51</v>
       </c>
       <c r="K23" s="6" t="s">
         <v>81</v>
       </c>
       <c r="L23" s="6" t="s">
         <v>82</v>
       </c>
       <c r="M23" s="6" t="s">
         <v>83</v>
       </c>
       <c r="N23" s="6" t="s">
         <v>84</v>
       </c>
       <c r="O23" s="6" t="s">
         <v>85</v>
       </c>
       <c r="P23" s="6" t="s">
         <v>86</v>
       </c>
       <c r="Q23" s="6" t="s">
         <v>87</v>
       </c>
       <c r="R23" s="6" t="s">
+        <v>88</v>
+      </c>
+      <c r="S23" s="6" t="s">
         <v>12</v>
       </c>
-      <c r="S23" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="T23" s="6" t="s">
+        <v>58</v>
+      </c>
+      <c r="U23" s="6" t="s">
         <v>13</v>
       </c>
-      <c r="U23" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="V23" s="6" t="s">
+        <v>74</v>
+      </c>
+      <c r="W23" s="6" t="s">
         <v>14</v>
       </c>
-      <c r="W23" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="X23" s="6" t="s">
-        <v>88</v>
+        <v>75</v>
       </c>
       <c r="Y23" s="6" t="s">
         <v>89</v>
       </c>
       <c r="Z23" s="6" t="s">
         <v>90</v>
       </c>
       <c r="AA23" s="6" t="s">
+        <v>91</v>
+      </c>
+      <c r="AB23" s="6" t="s">
         <v>38</v>
       </c>
-      <c r="AB23" s="6" t="s">
+      <c r="AC23" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="AC23" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AD23" s="6" t="s">
+        <v>76</v>
+      </c>
+      <c r="AE23" s="6" t="s">
         <v>16</v>
       </c>
-      <c r="AE23" s="6" t="s">
+      <c r="AF23" s="6" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="24" spans="1:32">
       <c r="B24" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C24" s="4">
+        <v>477</v>
+      </c>
+      <c r="D24" s="4">
         <v>407</v>
       </c>
-      <c r="D24" s="7">
+      <c r="E24" s="7">
         <v>540</v>
       </c>
-      <c r="E24" s="4">
+      <c r="F24" s="4">
         <v>487</v>
       </c>
-      <c r="F24" s="7">
+      <c r="G24" s="7">
         <v>592</v>
       </c>
-      <c r="G24" s="4">
+      <c r="H24" s="4">
         <v>481</v>
       </c>
-      <c r="H24" s="7">
+      <c r="I24" s="7">
         <v>523</v>
       </c>
-      <c r="I24" s="4">
+      <c r="J24" s="4">
         <v>452</v>
       </c>
-      <c r="J24" s="7">
+      <c r="K24" s="7">
         <v>541</v>
       </c>
-      <c r="K24" s="7">
+      <c r="L24" s="7">
         <v>581</v>
       </c>
-      <c r="L24" s="7">
+      <c r="M24" s="7">
         <v>546</v>
       </c>
-      <c r="M24" s="7">
+      <c r="N24" s="7">
         <v>516</v>
       </c>
-      <c r="N24" s="4">
+      <c r="O24" s="4">
         <v>429</v>
       </c>
-      <c r="O24" s="7">
+      <c r="P24" s="7">
         <v>566</v>
       </c>
-      <c r="P24" s="7">
+      <c r="Q24" s="7">
         <v>540</v>
       </c>
-      <c r="Q24" s="7">
+      <c r="R24" s="7">
         <v>565</v>
       </c>
-      <c r="R24" s="4">
+      <c r="S24" s="4">
         <v>464</v>
       </c>
-      <c r="S24" s="4">
+      <c r="T24" s="4">
         <v>400</v>
       </c>
-      <c r="T24" s="4">
+      <c r="U24" s="4">
         <v>423</v>
       </c>
-      <c r="U24" s="4">
+      <c r="V24" s="4">
         <v>407</v>
       </c>
-      <c r="V24" s="4">
+      <c r="W24" s="4">
         <v>436</v>
       </c>
-      <c r="W24" s="7">
+      <c r="X24" s="7">
         <v>481</v>
       </c>
-      <c r="X24" s="4">
+      <c r="Y24" s="4">
         <v>408</v>
       </c>
-      <c r="Y24" s="7">
+      <c r="Z24" s="7">
         <v>535</v>
       </c>
-      <c r="Z24" s="7">
+      <c r="AA24" s="7">
         <v>531</v>
       </c>
-      <c r="AA24" s="4">
+      <c r="AB24" s="4">
         <v>453</v>
       </c>
-      <c r="AB24" s="4">
+      <c r="AC24" s="4">
         <v>442</v>
       </c>
-      <c r="AC24" s="7">
+      <c r="AD24" s="7">
         <v>507</v>
       </c>
-      <c r="AD24" s="4">
+      <c r="AE24" s="4">
         <v>428</v>
       </c>
-      <c r="AE24" s="4">
+      <c r="AF24" s="4">
         <v>506</v>
       </c>
     </row>
     <row r="25" spans="1:32">
       <c r="B25" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C25" s="6">
         <v>100</v>
       </c>
-      <c r="D25" s="7">
-[...18 lines deleted...]
-        <v>120</v>
+      <c r="D25" s="6">
+        <v>100</v>
+      </c>
+      <c r="E25" s="7">
+        <v>120</v>
+      </c>
+      <c r="F25" s="6">
+        <v>100</v>
+      </c>
+      <c r="G25" s="7">
+        <v>120</v>
+      </c>
+      <c r="H25" s="6">
+        <v>100</v>
+      </c>
+      <c r="I25" s="7">
+        <v>120</v>
+      </c>
+      <c r="J25" s="6">
+        <v>100</v>
       </c>
       <c r="K25" s="7">
         <v>120</v>
       </c>
       <c r="L25" s="7">
         <v>120</v>
       </c>
       <c r="M25" s="7">
         <v>120</v>
       </c>
-      <c r="N25" s="6">
-[...3 lines deleted...]
-        <v>120</v>
+      <c r="N25" s="7">
+        <v>120</v>
+      </c>
+      <c r="O25" s="6">
+        <v>100</v>
       </c>
       <c r="P25" s="7">
         <v>120</v>
       </c>
       <c r="Q25" s="7">
         <v>120</v>
       </c>
-      <c r="R25" s="6">
-        <v>100</v>
+      <c r="R25" s="7">
+        <v>120</v>
       </c>
       <c r="S25" s="6">
         <v>100</v>
       </c>
       <c r="T25" s="6">
         <v>100</v>
       </c>
       <c r="U25" s="6">
         <v>100</v>
       </c>
       <c r="V25" s="6">
         <v>100</v>
       </c>
-      <c r="W25" s="7">
-[...6 lines deleted...]
-        <v>120</v>
+      <c r="W25" s="6">
+        <v>100</v>
+      </c>
+      <c r="X25" s="7">
+        <v>120</v>
+      </c>
+      <c r="Y25" s="6">
+        <v>100</v>
       </c>
       <c r="Z25" s="7">
         <v>120</v>
       </c>
-      <c r="AA25" s="6">
-        <v>100</v>
+      <c r="AA25" s="7">
+        <v>120</v>
       </c>
       <c r="AB25" s="6">
         <v>100</v>
       </c>
-      <c r="AC25" s="7">
-[...3 lines deleted...]
-        <v>100</v>
+      <c r="AC25" s="6">
+        <v>100</v>
+      </c>
+      <c r="AD25" s="7">
+        <v>120</v>
       </c>
       <c r="AE25" s="6">
+        <v>100</v>
+      </c>
+      <c r="AF25" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="27" spans="1:32">
       <c r="A27" s="2" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="B27" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="28" spans="1:32">
       <c r="B28" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="29" spans="1:32">
       <c r="B29" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="31" spans="1:32">
       <c r="A31" s="2" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="6" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="D31" s="6" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="E31" s="6" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="F31" s="6" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="G31" s="6" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="H31" s="6" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="I31" s="6" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="J31" s="6" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="K31" s="6" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="L31" s="6" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="M31" s="6" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="N31" s="6" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="O31" s="6" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="P31" s="6" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="Q31" s="6" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="R31" s="6" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="S31" s="6" t="s">
         <v>38</v>
       </c>
       <c r="T31" s="6" t="s">
         <v>15</v>
       </c>
       <c r="U31" s="6" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="V31" s="6" t="s">
         <v>16</v>
       </c>
       <c r="W31" s="6" t="s">
         <v>39</v>
       </c>
       <c r="X31" s="6" t="s">
         <v>17</v>
       </c>
       <c r="Y31" s="6" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="Z31" s="6" t="s">
         <v>18</v>
       </c>
       <c r="AA31" s="6" t="s">
         <v>40</v>
       </c>
       <c r="AB31" s="6" t="s">
         <v>41</v>
       </c>
       <c r="AC31" s="6" t="s">
         <v>42</v>
       </c>
       <c r="AD31" s="6" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="32" spans="1:32">
       <c r="B32" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C32" s="7">
         <v>513</v>
       </c>
       <c r="D32" s="7">
@@ -2552,144 +2573,144 @@
       </c>
       <c r="X33" s="6">
         <v>100</v>
       </c>
       <c r="Y33" s="6">
         <v>100</v>
       </c>
       <c r="Z33" s="6">
         <v>100</v>
       </c>
       <c r="AA33" s="6">
         <v>100</v>
       </c>
       <c r="AB33" s="6">
         <v>100</v>
       </c>
       <c r="AC33" s="6">
         <v>100</v>
       </c>
       <c r="AD33" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="35" spans="1:32">
       <c r="A35" s="2" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C35" s="6" t="s">
         <v>3</v>
       </c>
       <c r="D35" s="6" t="s">
         <v>4</v>
       </c>
       <c r="E35" s="6" t="s">
         <v>5</v>
       </c>
       <c r="F35" s="6" t="s">
         <v>6</v>
       </c>
       <c r="G35" s="6" t="s">
         <v>8</v>
       </c>
       <c r="H35" s="6" t="s">
         <v>11</v>
       </c>
       <c r="I35" s="6" t="s">
         <v>37</v>
       </c>
       <c r="J35" s="6" t="s">
         <v>12</v>
       </c>
       <c r="K35" s="6" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="L35" s="6" t="s">
         <v>14</v>
       </c>
       <c r="M35" s="6" t="s">
         <v>38</v>
       </c>
       <c r="N35" s="6" t="s">
         <v>15</v>
       </c>
       <c r="O35" s="6" t="s">
         <v>16</v>
       </c>
       <c r="P35" s="6" t="s">
         <v>39</v>
       </c>
       <c r="Q35" s="6" t="s">
         <v>17</v>
       </c>
       <c r="R35" s="6" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="S35" s="6" t="s">
         <v>40</v>
       </c>
       <c r="T35" s="6" t="s">
         <v>41</v>
       </c>
       <c r="U35" s="6" t="s">
         <v>43</v>
       </c>
       <c r="V35" s="6" t="s">
         <v>44</v>
       </c>
       <c r="W35" s="6" t="s">
         <v>19</v>
       </c>
       <c r="X35" s="6" t="s">
         <v>20</v>
       </c>
       <c r="Y35" s="6" t="s">
         <v>45</v>
       </c>
       <c r="Z35" s="6" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="AA35" s="6" t="s">
         <v>23</v>
       </c>
       <c r="AB35" s="6" t="s">
         <v>24</v>
       </c>
       <c r="AC35" s="6" t="s">
         <v>25</v>
       </c>
       <c r="AD35" s="6" t="s">
         <v>26</v>
       </c>
       <c r="AE35" s="6" t="s">
         <v>28</v>
       </c>
       <c r="AF35" s="6" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
     </row>
     <row r="36" spans="1:32">
       <c r="B36" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C36" s="4">
         <v>471</v>
       </c>
       <c r="D36" s="4">
         <v>451</v>
       </c>
       <c r="E36" s="4">
         <v>469</v>
       </c>
       <c r="F36" s="4">
         <v>427</v>
       </c>
       <c r="G36" s="4">
         <v>459</v>
       </c>
       <c r="H36" s="4">
         <v>470</v>
       </c>
       <c r="I36" s="4">
@@ -2840,108 +2861,108 @@
       </c>
       <c r="Z37" s="6">
         <v>100</v>
       </c>
       <c r="AA37" s="6">
         <v>100</v>
       </c>
       <c r="AB37" s="6">
         <v>100</v>
       </c>
       <c r="AC37" s="6">
         <v>100</v>
       </c>
       <c r="AD37" s="6">
         <v>100</v>
       </c>
       <c r="AE37" s="6">
         <v>100</v>
       </c>
       <c r="AF37" s="7">
         <v>120</v>
       </c>
     </row>
     <row r="39" spans="1:32">
       <c r="A39" s="2" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="B39" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C39" s="6" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="D39" s="6" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="E39" s="6" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="F39" s="6" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="G39" s="6" t="s">
         <v>4</v>
       </c>
       <c r="H39" s="6" t="s">
         <v>5</v>
       </c>
       <c r="I39" s="6" t="s">
         <v>6</v>
       </c>
       <c r="J39" s="6" t="s">
         <v>7</v>
       </c>
       <c r="K39" s="6" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="L39" s="6" t="s">
         <v>36</v>
       </c>
       <c r="M39" s="6" t="s">
         <v>37</v>
       </c>
       <c r="N39" s="6" t="s">
         <v>12</v>
       </c>
       <c r="O39" s="6" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="P39" s="6" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="Q39" s="6" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="R39" s="6" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="S39" s="6" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="T39" s="6" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
     </row>
     <row r="40" spans="1:32">
       <c r="B40" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C40" s="4">
         <v>478</v>
       </c>
       <c r="D40" s="4">
         <v>434</v>
       </c>
       <c r="E40" s="4">
         <v>428</v>
       </c>
       <c r="F40" s="4">
         <v>434</v>
       </c>
       <c r="G40" s="4">
         <v>442</v>
       </c>
       <c r="H40" s="4">
         <v>463</v>
       </c>
       <c r="I40" s="4">