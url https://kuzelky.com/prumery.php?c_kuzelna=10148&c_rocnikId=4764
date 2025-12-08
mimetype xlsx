--- v0 (2025-12-05)
+++ v1 (2025-12-08)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="120">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="121">
   <si>
     <t>Výsledky hráčů družstva TJ Blatná C na kuželně TJ Blatná</t>
   </si>
   <si>
     <t>Miloš Rozhoň</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
     <t>4.4.2025</t>
   </si>
   <si>
     <t>28.3.2025</t>
   </si>
   <si>
     <t>14.3.2025</t>
   </si>
   <si>
     <t>28.2.2025</t>
   </si>
   <si>
     <t>14.2.2025</t>
   </si>
   <si>
@@ -249,50 +249,53 @@
     <t>1.2.2020</t>
   </si>
   <si>
     <t>24.11.2019</t>
   </si>
   <si>
     <t>9.11.2019</t>
   </si>
   <si>
     <t>2.11.2019</t>
   </si>
   <si>
     <t>21.9.2019</t>
   </si>
   <si>
     <t>7.9.2019</t>
   </si>
   <si>
     <t>19.10.2018</t>
   </si>
   <si>
     <t>Jaroslav Pýcha</t>
   </si>
   <si>
     <t>Robert Flandera</t>
+  </si>
+  <si>
+    <t>5.12.2025</t>
   </si>
   <si>
     <t>21.11.2025</t>
   </si>
   <si>
     <t>7.11.2025</t>
   </si>
   <si>
     <t>17.10.2025</t>
   </si>
   <si>
     <t>26.9.2025</t>
   </si>
   <si>
     <t>30.11.2024</t>
   </si>
   <si>
     <t>30.3.2024</t>
   </si>
   <si>
     <t>13.1.2024</t>
   </si>
   <si>
     <t>2.12.2023</t>
   </si>
@@ -1925,405 +1928,414 @@
       </c>
       <c r="I25" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="27" spans="1:32">
       <c r="A27" s="2" t="s">
         <v>78</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="6" t="s">
         <v>79</v>
       </c>
       <c r="D27" s="6" t="s">
         <v>80</v>
       </c>
       <c r="E27" s="6" t="s">
         <v>81</v>
       </c>
       <c r="F27" s="6" t="s">
         <v>82</v>
       </c>
       <c r="G27" s="6" t="s">
+        <v>83</v>
+      </c>
+      <c r="H27" s="6" t="s">
         <v>3</v>
       </c>
-      <c r="H27" s="6" t="s">
+      <c r="I27" s="6" t="s">
         <v>4</v>
       </c>
-      <c r="I27" s="6" t="s">
+      <c r="J27" s="6" t="s">
         <v>5</v>
       </c>
-      <c r="J27" s="6" t="s">
+      <c r="K27" s="6" t="s">
         <v>6</v>
-      </c>
-[...1 lines deleted...]
-        <v>83</v>
       </c>
       <c r="L27" s="6" t="s">
         <v>84</v>
       </c>
       <c r="M27" s="6" t="s">
         <v>85</v>
       </c>
       <c r="N27" s="6" t="s">
         <v>86</v>
       </c>
       <c r="O27" s="6" t="s">
         <v>87</v>
       </c>
       <c r="P27" s="6" t="s">
         <v>88</v>
       </c>
       <c r="Q27" s="6" t="s">
         <v>89</v>
       </c>
       <c r="R27" s="6" t="s">
         <v>90</v>
       </c>
       <c r="S27" s="6" t="s">
+        <v>91</v>
+      </c>
+      <c r="T27" s="6" t="s">
         <v>13</v>
       </c>
-      <c r="T27" s="6" t="s">
+      <c r="U27" s="6" t="s">
         <v>14</v>
       </c>
-      <c r="U27" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="V27" s="6" t="s">
+        <v>92</v>
+      </c>
+      <c r="W27" s="6" t="s">
         <v>50</v>
       </c>
-      <c r="W27" s="6" t="s">
+      <c r="X27" s="6" t="s">
         <v>16</v>
       </c>
-      <c r="X27" s="6" t="s">
+      <c r="Y27" s="6" t="s">
         <v>51</v>
       </c>
-      <c r="Y27" s="6" t="s">
+      <c r="Z27" s="6" t="s">
         <v>17</v>
       </c>
-      <c r="Z27" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AA27" s="6" t="s">
+        <v>93</v>
+      </c>
+      <c r="AB27" s="6" t="s">
         <v>52</v>
       </c>
-      <c r="AB27" s="6" t="s">
+      <c r="AC27" s="6" t="s">
         <v>54</v>
       </c>
-      <c r="AC27" s="6" t="s">
+      <c r="AD27" s="6" t="s">
         <v>55</v>
       </c>
-      <c r="AD27" s="6" t="s">
+      <c r="AE27" s="6" t="s">
         <v>56</v>
       </c>
-      <c r="AE27" s="6" t="s">
+      <c r="AF27" s="6" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="28" spans="1:32">
       <c r="B28" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C28" s="4">
+        <v>447</v>
+      </c>
+      <c r="D28" s="4">
         <v>446</v>
       </c>
-      <c r="D28" s="4">
+      <c r="E28" s="4">
         <v>434</v>
       </c>
-      <c r="E28" s="4">
+      <c r="F28" s="4">
         <v>475</v>
       </c>
-      <c r="F28" s="4">
+      <c r="G28" s="4">
         <v>459</v>
       </c>
-      <c r="G28" s="4">
+      <c r="H28" s="4">
         <v>419</v>
       </c>
-      <c r="H28" s="4">
+      <c r="I28" s="4">
         <v>434</v>
       </c>
-      <c r="I28" s="4">
+      <c r="J28" s="4">
         <v>449</v>
       </c>
-      <c r="J28" s="4">
+      <c r="K28" s="4">
         <v>448</v>
       </c>
-      <c r="K28" s="7">
+      <c r="L28" s="7">
         <v>559</v>
       </c>
-      <c r="L28" s="7">
+      <c r="M28" s="7">
         <v>583</v>
       </c>
-      <c r="M28" s="7">
+      <c r="N28" s="7">
         <v>576</v>
       </c>
-      <c r="N28" s="7">
+      <c r="O28" s="7">
         <v>535</v>
       </c>
-      <c r="O28" s="7">
+      <c r="P28" s="7">
         <v>556</v>
       </c>
-      <c r="P28" s="7">
+      <c r="Q28" s="7">
         <v>597</v>
       </c>
-      <c r="Q28" s="4">
+      <c r="R28" s="4">
         <v>459</v>
       </c>
-      <c r="R28" s="7">
+      <c r="S28" s="7">
         <v>502</v>
       </c>
-      <c r="S28" s="4">
+      <c r="T28" s="4">
         <v>461</v>
       </c>
-      <c r="T28" s="4">
+      <c r="U28" s="4">
         <v>472</v>
       </c>
-      <c r="U28" s="7">
+      <c r="V28" s="7">
         <v>569</v>
       </c>
-      <c r="V28" s="4">
+      <c r="W28" s="4">
         <v>434</v>
       </c>
-      <c r="W28" s="4">
+      <c r="X28" s="4">
         <v>422</v>
       </c>
-      <c r="X28" s="4">
+      <c r="Y28" s="4">
         <v>479</v>
       </c>
-      <c r="Y28" s="4">
+      <c r="Z28" s="4">
         <v>467</v>
       </c>
-      <c r="Z28" s="4">
+      <c r="AA28" s="4">
         <v>418</v>
       </c>
-      <c r="AA28" s="4">
+      <c r="AB28" s="4">
         <v>408</v>
       </c>
-      <c r="AB28" s="4">
+      <c r="AC28" s="4">
         <v>455</v>
       </c>
-      <c r="AC28" s="4">
+      <c r="AD28" s="4">
         <v>383</v>
       </c>
-      <c r="AD28" s="4">
+      <c r="AE28" s="4">
         <v>453</v>
       </c>
-      <c r="AE28" s="4">
+      <c r="AF28" s="4">
         <v>438</v>
       </c>
     </row>
     <row r="29" spans="1:32">
       <c r="B29" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C29" s="6">
         <v>100</v>
       </c>
       <c r="D29" s="6">
         <v>100</v>
       </c>
       <c r="E29" s="6">
         <v>100</v>
       </c>
       <c r="F29" s="6">
         <v>100</v>
       </c>
       <c r="G29" s="6">
         <v>100</v>
       </c>
       <c r="H29" s="6">
         <v>100</v>
       </c>
       <c r="I29" s="6">
         <v>100</v>
       </c>
       <c r="J29" s="6">
         <v>100</v>
       </c>
-      <c r="K29" s="7">
-        <v>120</v>
+      <c r="K29" s="6">
+        <v>100</v>
       </c>
       <c r="L29" s="7">
         <v>120</v>
       </c>
       <c r="M29" s="7">
         <v>120</v>
       </c>
       <c r="N29" s="7">
         <v>120</v>
       </c>
       <c r="O29" s="7">
         <v>120</v>
       </c>
       <c r="P29" s="7">
         <v>120</v>
       </c>
-      <c r="Q29" s="6">
-[...6 lines deleted...]
-        <v>100</v>
+      <c r="Q29" s="7">
+        <v>120</v>
+      </c>
+      <c r="R29" s="6">
+        <v>100</v>
+      </c>
+      <c r="S29" s="7">
+        <v>120</v>
       </c>
       <c r="T29" s="6">
         <v>100</v>
       </c>
-      <c r="U29" s="7">
-[...3 lines deleted...]
-        <v>100</v>
+      <c r="U29" s="6">
+        <v>100</v>
+      </c>
+      <c r="V29" s="7">
+        <v>120</v>
       </c>
       <c r="W29" s="6">
         <v>100</v>
       </c>
       <c r="X29" s="6">
         <v>100</v>
       </c>
       <c r="Y29" s="6">
         <v>100</v>
       </c>
       <c r="Z29" s="6">
         <v>100</v>
       </c>
       <c r="AA29" s="6">
         <v>100</v>
       </c>
       <c r="AB29" s="6">
         <v>100</v>
       </c>
       <c r="AC29" s="6">
         <v>100</v>
       </c>
       <c r="AD29" s="6">
         <v>100</v>
       </c>
       <c r="AE29" s="6">
+        <v>100</v>
+      </c>
+      <c r="AF29" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="31" spans="1:32">
       <c r="A31" s="2" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="6" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="D31" s="6" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="E31" s="6" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="F31" s="6" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="G31" s="6" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="H31" s="6" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="I31" s="6" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="J31" s="6" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="K31" s="6" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="L31" s="6" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="M31" s="6" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="N31" s="6" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="O31" s="6" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="P31" s="6" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="Q31" s="6" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="R31" s="6" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="S31" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="T31" s="6" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="U31" s="6" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="V31" s="6" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="W31" s="6" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="X31" s="6" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="Y31" s="6" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="Z31" s="6" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="AA31" s="6" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="AB31" s="6" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="AC31" s="6" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="AD31" s="6" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="AE31" s="6" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="AF31" s="6" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
     </row>
     <row r="32" spans="1:32">
       <c r="B32" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C32" s="7">
         <v>599</v>
       </c>
       <c r="D32" s="7">
         <v>586</v>
       </c>
       <c r="E32" s="7">
         <v>630</v>
       </c>
       <c r="F32" s="7">
         <v>584</v>
       </c>
       <c r="G32" s="7">
         <v>585</v>
       </c>
       <c r="H32" s="7">
         <v>584</v>
       </c>
       <c r="I32" s="7">
@@ -2474,126 +2486,126 @@
       </c>
       <c r="Z33" s="7">
         <v>120</v>
       </c>
       <c r="AA33" s="7">
         <v>120</v>
       </c>
       <c r="AB33" s="7">
         <v>120</v>
       </c>
       <c r="AC33" s="7">
         <v>120</v>
       </c>
       <c r="AD33" s="7">
         <v>120</v>
       </c>
       <c r="AE33" s="7">
         <v>120</v>
       </c>
       <c r="AF33" s="7">
         <v>120</v>
       </c>
     </row>
     <row r="35" spans="1:32">
       <c r="A35" s="2" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C35" s="6" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="D35" s="6" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="E35" s="6" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="F35" s="6" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="G35" s="6" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="H35" s="6" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="I35" s="6" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="J35" s="6" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="K35" s="6" t="s">
         <v>9</v>
       </c>
       <c r="L35" s="6" t="s">
         <v>48</v>
       </c>
       <c r="M35" s="6" t="s">
         <v>10</v>
       </c>
       <c r="N35" s="6" t="s">
         <v>11</v>
       </c>
       <c r="O35" s="6" t="s">
         <v>49</v>
       </c>
       <c r="P35" s="6" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="Q35" s="6" t="s">
         <v>12</v>
       </c>
       <c r="R35" s="6" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="S35" s="6" t="s">
         <v>13</v>
       </c>
       <c r="T35" s="6" t="s">
         <v>14</v>
       </c>
       <c r="U35" s="6" t="s">
         <v>50</v>
       </c>
       <c r="V35" s="6" t="s">
         <v>15</v>
       </c>
       <c r="W35" s="6" t="s">
         <v>16</v>
       </c>
       <c r="X35" s="6" t="s">
         <v>51</v>
       </c>
       <c r="Y35" s="6" t="s">
         <v>17</v>
       </c>
       <c r="Z35" s="6" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="AA35" s="6" t="s">
         <v>18</v>
       </c>
       <c r="AB35" s="6" t="s">
         <v>52</v>
       </c>
       <c r="AC35" s="6" t="s">
         <v>53</v>
       </c>
       <c r="AD35" s="6" t="s">
         <v>54</v>
       </c>
       <c r="AE35" s="6" t="s">
         <v>55</v>
       </c>
       <c r="AF35" s="6" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="36" spans="1:32">
       <c r="B36" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C36" s="7">
@@ -2762,390 +2774,390 @@
       </c>
       <c r="Z37" s="6">
         <v>100</v>
       </c>
       <c r="AA37" s="6">
         <v>100</v>
       </c>
       <c r="AB37" s="6">
         <v>100</v>
       </c>
       <c r="AC37" s="6">
         <v>100</v>
       </c>
       <c r="AD37" s="6">
         <v>100</v>
       </c>
       <c r="AE37" s="6">
         <v>100</v>
       </c>
       <c r="AF37" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="39" spans="1:32">
       <c r="A39" s="2" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="B39" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C39" s="6" t="s">
         <v>79</v>
       </c>
       <c r="D39" s="6" t="s">
         <v>80</v>
       </c>
       <c r="E39" s="6" t="s">
         <v>81</v>
       </c>
       <c r="F39" s="6" t="s">
         <v>82</v>
       </c>
       <c r="G39" s="6" t="s">
+        <v>83</v>
+      </c>
+      <c r="H39" s="6" t="s">
         <v>3</v>
       </c>
-      <c r="H39" s="6" t="s">
+      <c r="I39" s="6" t="s">
         <v>4</v>
       </c>
-      <c r="I39" s="6" t="s">
+      <c r="J39" s="6" t="s">
         <v>5</v>
       </c>
-      <c r="J39" s="6" t="s">
+      <c r="K39" s="6" t="s">
         <v>7</v>
       </c>
-      <c r="K39" s="6" t="s">
+      <c r="L39" s="6" t="s">
         <v>8</v>
       </c>
-      <c r="L39" s="6" t="s">
+      <c r="M39" s="6" t="s">
         <v>9</v>
       </c>
-      <c r="M39" s="6" t="s">
+      <c r="N39" s="6" t="s">
         <v>48</v>
       </c>
-      <c r="N39" s="6" t="s">
+      <c r="O39" s="6" t="s">
         <v>10</v>
       </c>
-      <c r="O39" s="6" t="s">
+      <c r="P39" s="6" t="s">
         <v>11</v>
       </c>
-      <c r="P39" s="6" t="s">
+      <c r="Q39" s="6" t="s">
         <v>49</v>
       </c>
-      <c r="Q39" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="R39" s="6" t="s">
-        <v>86</v>
+        <v>108</v>
       </c>
       <c r="S39" s="6" t="s">
         <v>87</v>
       </c>
       <c r="T39" s="6" t="s">
-        <v>110</v>
+        <v>88</v>
       </c>
       <c r="U39" s="6" t="s">
-        <v>88</v>
+        <v>111</v>
       </c>
       <c r="V39" s="6" t="s">
-        <v>111</v>
+        <v>89</v>
       </c>
       <c r="W39" s="6" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="X39" s="6" t="s">
+        <v>114</v>
+      </c>
+      <c r="Y39" s="6" t="s">
         <v>58</v>
       </c>
-      <c r="Y39" s="6" t="s">
+      <c r="Z39" s="6" t="s">
         <v>59</v>
       </c>
-      <c r="Z39" s="6" t="s">
+      <c r="AA39" s="6" t="s">
         <v>60</v>
       </c>
-      <c r="AA39" s="6" t="s">
+      <c r="AB39" s="6" t="s">
         <v>61</v>
       </c>
-      <c r="AB39" s="6" t="s">
+      <c r="AC39" s="6" t="s">
         <v>62</v>
       </c>
-      <c r="AC39" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AD39" s="6" t="s">
+        <v>93</v>
+      </c>
+      <c r="AE39" s="6" t="s">
         <v>18</v>
       </c>
-      <c r="AE39" s="6" t="s">
+      <c r="AF39" s="6" t="s">
         <v>53</v>
-      </c>
-[...1 lines deleted...]
-        <v>54</v>
       </c>
     </row>
     <row r="40" spans="1:32">
       <c r="B40" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C40" s="4">
+        <v>489</v>
+      </c>
+      <c r="D40" s="4">
         <v>485</v>
       </c>
-      <c r="D40" s="4">
+      <c r="E40" s="4">
         <v>456</v>
       </c>
-      <c r="E40" s="4">
+      <c r="F40" s="4">
         <v>482</v>
       </c>
-      <c r="F40" s="4">
+      <c r="G40" s="4">
         <v>447</v>
       </c>
-      <c r="G40" s="4">
+      <c r="H40" s="4">
         <v>428</v>
       </c>
-      <c r="H40" s="4">
+      <c r="I40" s="4">
         <v>460</v>
       </c>
-      <c r="I40" s="4">
+      <c r="J40" s="4">
         <v>488</v>
       </c>
-      <c r="J40" s="4">
+      <c r="K40" s="4">
         <v>462</v>
       </c>
-      <c r="K40" s="4">
+      <c r="L40" s="4">
         <v>429</v>
       </c>
-      <c r="L40" s="4">
+      <c r="M40" s="4">
         <v>468</v>
       </c>
-      <c r="M40" s="4">
+      <c r="N40" s="4">
         <v>460</v>
       </c>
-      <c r="N40" s="4">
+      <c r="O40" s="4">
         <v>463</v>
       </c>
-      <c r="O40" s="4">
+      <c r="P40" s="4">
         <v>439</v>
       </c>
-      <c r="P40" s="4">
+      <c r="Q40" s="4">
         <v>480</v>
       </c>
-      <c r="Q40" s="7">
+      <c r="R40" s="7">
         <v>586</v>
       </c>
-      <c r="R40" s="7">
+      <c r="S40" s="7">
         <v>512</v>
       </c>
-      <c r="S40" s="7">
+      <c r="T40" s="7">
         <v>581</v>
       </c>
-      <c r="T40" s="7">
+      <c r="U40" s="7">
         <v>523</v>
       </c>
-      <c r="U40" s="7">
+      <c r="V40" s="7">
         <v>550</v>
       </c>
-      <c r="V40" s="7">
+      <c r="W40" s="7">
         <v>521</v>
       </c>
-      <c r="W40" s="7">
+      <c r="X40" s="7">
         <v>544</v>
       </c>
-      <c r="X40" s="7">
+      <c r="Y40" s="7">
         <v>572</v>
       </c>
-      <c r="Y40" s="7">
+      <c r="Z40" s="7">
         <v>581</v>
       </c>
-      <c r="Z40" s="7">
+      <c r="AA40" s="7">
         <v>562</v>
       </c>
-      <c r="AA40" s="7">
+      <c r="AB40" s="7">
         <v>510</v>
       </c>
-      <c r="AB40" s="7">
+      <c r="AC40" s="7">
         <v>556</v>
       </c>
-      <c r="AC40" s="4">
+      <c r="AD40" s="4">
         <v>465</v>
       </c>
-      <c r="AD40" s="4">
+      <c r="AE40" s="4">
         <v>442</v>
       </c>
-      <c r="AE40" s="4">
+      <c r="AF40" s="4">
         <v>430</v>
-      </c>
-[...1 lines deleted...]
-        <v>459</v>
       </c>
     </row>
     <row r="41" spans="1:32">
       <c r="B41" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C41" s="6">
         <v>100</v>
       </c>
       <c r="D41" s="6">
         <v>100</v>
       </c>
       <c r="E41" s="6">
         <v>100</v>
       </c>
       <c r="F41" s="6">
         <v>100</v>
       </c>
       <c r="G41" s="6">
         <v>100</v>
       </c>
       <c r="H41" s="6">
         <v>100</v>
       </c>
       <c r="I41" s="6">
         <v>100</v>
       </c>
       <c r="J41" s="6">
         <v>100</v>
       </c>
       <c r="K41" s="6">
         <v>100</v>
       </c>
       <c r="L41" s="6">
         <v>100</v>
       </c>
       <c r="M41" s="6">
         <v>100</v>
       </c>
       <c r="N41" s="6">
         <v>100</v>
       </c>
       <c r="O41" s="6">
         <v>100</v>
       </c>
       <c r="P41" s="6">
         <v>100</v>
       </c>
-      <c r="Q41" s="7">
-        <v>120</v>
+      <c r="Q41" s="6">
+        <v>100</v>
       </c>
       <c r="R41" s="7">
         <v>120</v>
       </c>
       <c r="S41" s="7">
         <v>120</v>
       </c>
       <c r="T41" s="7">
         <v>120</v>
       </c>
       <c r="U41" s="7">
         <v>120</v>
       </c>
       <c r="V41" s="7">
         <v>120</v>
       </c>
       <c r="W41" s="7">
         <v>120</v>
       </c>
       <c r="X41" s="7">
         <v>120</v>
       </c>
       <c r="Y41" s="7">
         <v>120</v>
       </c>
       <c r="Z41" s="7">
         <v>120</v>
       </c>
       <c r="AA41" s="7">
         <v>120</v>
       </c>
       <c r="AB41" s="7">
         <v>120</v>
       </c>
-      <c r="AC41" s="6">
-        <v>100</v>
+      <c r="AC41" s="7">
+        <v>120</v>
       </c>
       <c r="AD41" s="6">
         <v>100</v>
       </c>
       <c r="AE41" s="6">
         <v>100</v>
       </c>
       <c r="AF41" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="43" spans="1:32">
       <c r="A43" s="2" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="B43" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C43" s="6" t="s">
         <v>3</v>
       </c>
       <c r="D43" s="6" t="s">
         <v>4</v>
       </c>
       <c r="E43" s="6" t="s">
         <v>5</v>
       </c>
       <c r="F43" s="6" t="s">
         <v>6</v>
       </c>
       <c r="G43" s="6" t="s">
         <v>8</v>
       </c>
       <c r="H43" s="6" t="s">
         <v>11</v>
       </c>
       <c r="I43" s="6" t="s">
         <v>49</v>
       </c>
       <c r="J43" s="6" t="s">
         <v>12</v>
       </c>
       <c r="K43" s="6" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="L43" s="6" t="s">
         <v>14</v>
       </c>
       <c r="M43" s="6" t="s">
         <v>50</v>
       </c>
       <c r="N43" s="6" t="s">
         <v>15</v>
       </c>
       <c r="O43" s="6" t="s">
         <v>16</v>
       </c>
       <c r="P43" s="6" t="s">
         <v>51</v>
       </c>
       <c r="Q43" s="6" t="s">
         <v>17</v>
       </c>
       <c r="R43" s="6" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="S43" s="6" t="s">
         <v>52</v>
       </c>
       <c r="T43" s="6" t="s">
         <v>53</v>
       </c>
       <c r="U43" s="6" t="s">
         <v>55</v>
       </c>
       <c r="V43" s="6" t="s">
         <v>56</v>
       </c>
       <c r="W43" s="6" t="s">
         <v>19</v>
       </c>
       <c r="X43" s="6" t="s">
         <v>20</v>
       </c>
       <c r="Y43" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Z43" s="6" t="s">
         <v>37</v>
       </c>