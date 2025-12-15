--- v0 (2025-12-05)
+++ v1 (2025-12-15)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="47">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="48">
   <si>
     <t>Výsledky hráčů družstva TJ Kovohutě Příbram  na kuželně CB Dobřany</t>
   </si>
   <si>
     <t>Oldřich Hendl</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
     <t>12.10.2019</t>
   </si>
   <si>
     <t>2.2.2019</t>
   </si>
   <si>
     <t>13.1.2018</t>
   </si>
   <si>
     <t>10.9.2016</t>
   </si>
   <si>
     <t>5.3.2016</t>
   </si>
   <si>
@@ -69,50 +69,53 @@
     <t>18.9.2010</t>
   </si>
   <si>
     <t>Výkon:</t>
   </si>
   <si>
     <t>Počet hodů:</t>
   </si>
   <si>
     <t>Petr Kříž</t>
   </si>
   <si>
     <t>Václav Pinc</t>
   </si>
   <si>
     <t>Tomáš Číž</t>
   </si>
   <si>
     <t>4.3.2023</t>
   </si>
   <si>
     <t>26.3.2022</t>
   </si>
   <si>
     <t>Jaroslav Roj</t>
+  </si>
+  <si>
+    <t>6.12.2025</t>
   </si>
   <si>
     <t>22.11.2025</t>
   </si>
   <si>
     <t>8.11.2025</t>
   </si>
   <si>
     <t>11.10.2025</t>
   </si>
   <si>
     <t>20.9.2025</t>
   </si>
   <si>
     <t>12.4.2025</t>
   </si>
   <si>
     <t>29.3.2025</t>
   </si>
   <si>
     <t>22.2.2025</t>
   </si>
   <si>
     <t>1.2.2025</t>
   </si>
@@ -929,167 +932,167 @@
       <c r="Q19" s="6" t="s">
         <v>33</v>
       </c>
       <c r="R19" s="6" t="s">
         <v>34</v>
       </c>
       <c r="S19" s="6" t="s">
         <v>35</v>
       </c>
       <c r="T19" s="6" t="s">
         <v>36</v>
       </c>
       <c r="U19" s="6" t="s">
         <v>37</v>
       </c>
       <c r="V19" s="6" t="s">
         <v>38</v>
       </c>
       <c r="W19" s="6" t="s">
         <v>39</v>
       </c>
       <c r="X19" s="6" t="s">
         <v>40</v>
       </c>
       <c r="Y19" s="6" t="s">
+        <v>41</v>
+      </c>
+      <c r="Z19" s="6" t="s">
         <v>16</v>
       </c>
-      <c r="Z19" s="6" t="s">
+      <c r="AA19" s="6" t="s">
         <v>17</v>
       </c>
-      <c r="AA19" s="6" t="s">
+      <c r="AB19" s="6" t="s">
         <v>3</v>
       </c>
-      <c r="AB19" s="6" t="s">
+      <c r="AC19" s="6" t="s">
         <v>4</v>
       </c>
-      <c r="AC19" s="6" t="s">
+      <c r="AD19" s="6" t="s">
         <v>5</v>
       </c>
-      <c r="AD19" s="6" t="s">
+      <c r="AE19" s="6" t="s">
         <v>6</v>
       </c>
-      <c r="AE19" s="6" t="s">
+      <c r="AF19" s="6" t="s">
         <v>8</v>
-      </c>
-[...1 lines deleted...]
-        <v>9</v>
       </c>
     </row>
     <row r="20" spans="1:32">
       <c r="B20" s="5" t="s">
         <v>11</v>
       </c>
       <c r="C20" s="4">
+        <v>574</v>
+      </c>
+      <c r="D20" s="4">
         <v>581</v>
       </c>
-      <c r="D20" s="4">
+      <c r="E20" s="4">
         <v>589</v>
       </c>
-      <c r="E20" s="4">
+      <c r="F20" s="4">
         <v>606</v>
       </c>
-      <c r="F20" s="4">
+      <c r="G20" s="4">
         <v>593</v>
       </c>
-      <c r="G20" s="4">
+      <c r="H20" s="4">
         <v>590</v>
       </c>
-      <c r="H20" s="4">
+      <c r="I20" s="4">
         <v>584</v>
       </c>
-      <c r="I20" s="4">
+      <c r="J20" s="4">
         <v>593</v>
       </c>
-      <c r="J20" s="4">
+      <c r="K20" s="4">
         <v>574</v>
       </c>
-      <c r="K20" s="4">
+      <c r="L20" s="4">
         <v>648</v>
       </c>
-      <c r="L20" s="4">
+      <c r="M20" s="4">
         <v>563</v>
       </c>
-      <c r="M20" s="4">
+      <c r="N20" s="4">
         <v>569</v>
       </c>
-      <c r="N20" s="4">
+      <c r="O20" s="4">
         <v>576</v>
       </c>
-      <c r="O20" s="4">
+      <c r="P20" s="4">
         <v>633</v>
       </c>
-      <c r="P20" s="4">
+      <c r="Q20" s="4">
         <v>610</v>
       </c>
-      <c r="Q20" s="4">
+      <c r="R20" s="4">
         <v>581</v>
       </c>
-      <c r="R20" s="4">
+      <c r="S20" s="4">
         <v>611</v>
       </c>
-      <c r="S20" s="4">
+      <c r="T20" s="4">
         <v>571</v>
       </c>
-      <c r="T20" s="4">
+      <c r="U20" s="4">
         <v>603</v>
       </c>
-      <c r="U20" s="4">
+      <c r="V20" s="4">
         <v>581</v>
       </c>
-      <c r="V20" s="4">
+      <c r="W20" s="4">
         <v>644</v>
       </c>
-      <c r="W20" s="4">
+      <c r="X20" s="4">
         <v>592</v>
       </c>
-      <c r="X20" s="4">
+      <c r="Y20" s="4">
         <v>589</v>
       </c>
-      <c r="Y20" s="4">
+      <c r="Z20" s="4">
         <v>602</v>
       </c>
-      <c r="Z20" s="4">
+      <c r="AA20" s="4">
         <v>617</v>
       </c>
-      <c r="AA20" s="4">
+      <c r="AB20" s="4">
         <v>572</v>
       </c>
-      <c r="AB20" s="4">
+      <c r="AC20" s="4">
         <v>604</v>
       </c>
-      <c r="AC20" s="4">
+      <c r="AD20" s="4">
         <v>620</v>
       </c>
-      <c r="AD20" s="4">
+      <c r="AE20" s="4">
         <v>555</v>
       </c>
-      <c r="AE20" s="4">
+      <c r="AF20" s="4">
         <v>533</v>
-      </c>
-[...1 lines deleted...]
-        <v>527</v>
       </c>
     </row>
     <row r="21" spans="1:32">
       <c r="B21" s="5" t="s">
         <v>12</v>
       </c>
       <c r="C21" s="4">
         <v>120</v>
       </c>
       <c r="D21" s="4">
         <v>120</v>
       </c>
       <c r="E21" s="4">
         <v>120</v>
       </c>
       <c r="F21" s="4">
         <v>120</v>
       </c>
       <c r="G21" s="4">
         <v>120</v>
       </c>
       <c r="H21" s="4">
         <v>120</v>
       </c>
       <c r="I21" s="4">
@@ -1145,102 +1148,102 @@
       </c>
       <c r="Z21" s="4">
         <v>120</v>
       </c>
       <c r="AA21" s="4">
         <v>120</v>
       </c>
       <c r="AB21" s="4">
         <v>120</v>
       </c>
       <c r="AC21" s="4">
         <v>120</v>
       </c>
       <c r="AD21" s="4">
         <v>120</v>
       </c>
       <c r="AE21" s="4">
         <v>120</v>
       </c>
       <c r="AF21" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="23" spans="1:32">
       <c r="A23" s="2" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="B23" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C23" s="6" t="s">
         <v>17</v>
       </c>
       <c r="D23" s="6" t="s">
         <v>3</v>
       </c>
       <c r="E23" s="6" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="24" spans="1:32">
       <c r="B24" s="5" t="s">
         <v>11</v>
       </c>
       <c r="C24" s="4">
         <v>574</v>
       </c>
       <c r="D24" s="4">
         <v>556</v>
       </c>
       <c r="E24" s="4">
         <v>539</v>
       </c>
     </row>
     <row r="25" spans="1:32">
       <c r="B25" s="5" t="s">
         <v>12</v>
       </c>
       <c r="C25" s="4">
         <v>120</v>
       </c>
       <c r="D25" s="4">
         <v>120</v>
       </c>
       <c r="E25" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="27" spans="1:32">
       <c r="A27" s="2" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="6" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="D27" s="6" t="s">
         <v>16</v>
       </c>
       <c r="E27" s="6" t="s">
         <v>17</v>
       </c>
       <c r="F27" s="6" t="s">
         <v>4</v>
       </c>
       <c r="G27" s="6" t="s">
         <v>5</v>
       </c>
       <c r="H27" s="6" t="s">
         <v>7</v>
       </c>
       <c r="I27" s="6" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="28" spans="1:32">
       <c r="B28" s="5" t="s">
         <v>11</v>
       </c>
       <c r="C28" s="4">
@@ -1271,57 +1274,57 @@
       </c>
       <c r="C29" s="4">
         <v>120</v>
       </c>
       <c r="D29" s="4">
         <v>120</v>
       </c>
       <c r="E29" s="4">
         <v>120</v>
       </c>
       <c r="F29" s="4">
         <v>120</v>
       </c>
       <c r="G29" s="4">
         <v>120</v>
       </c>
       <c r="H29" s="4">
         <v>120</v>
       </c>
       <c r="I29" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="31" spans="1:32">
       <c r="A31" s="2" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="6" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="D31" s="6" t="s">
         <v>17</v>
       </c>
       <c r="E31" s="6" t="s">
         <v>3</v>
       </c>
       <c r="F31" s="6" t="s">
         <v>4</v>
       </c>
       <c r="G31" s="6" t="s">
         <v>5</v>
       </c>
       <c r="H31" s="6" t="s">
         <v>6</v>
       </c>
       <c r="I31" s="6" t="s">
         <v>7</v>
       </c>
       <c r="J31" s="6" t="s">
         <v>9</v>
       </c>
       <c r="K31" s="6" t="s">
         <v>10</v>
       </c>
@@ -1370,57 +1373,57 @@
       </c>
       <c r="E33" s="4">
         <v>120</v>
       </c>
       <c r="F33" s="4">
         <v>120</v>
       </c>
       <c r="G33" s="4">
         <v>120</v>
       </c>
       <c r="H33" s="4">
         <v>120</v>
       </c>
       <c r="I33" s="4">
         <v>120</v>
       </c>
       <c r="J33" s="4">
         <v>120</v>
       </c>
       <c r="K33" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="35" spans="1:32">
       <c r="A35" s="2" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C35" s="6" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="D35" s="6" t="s">
         <v>16</v>
       </c>
       <c r="E35" s="6" t="s">
         <v>17</v>
       </c>
       <c r="F35" s="6" t="s">
         <v>3</v>
       </c>
       <c r="G35" s="6" t="s">
         <v>5</v>
       </c>
       <c r="H35" s="6" t="s">
         <v>6</v>
       </c>
       <c r="I35" s="6" t="s">
         <v>7</v>
       </c>
       <c r="J35" s="6" t="s">
         <v>8</v>
       </c>
       <c r="K35" s="6" t="s">
         <v>9</v>
       </c>
@@ -1478,69 +1481,69 @@
       </c>
       <c r="F37" s="4">
         <v>120</v>
       </c>
       <c r="G37" s="4">
         <v>120</v>
       </c>
       <c r="H37" s="4">
         <v>120</v>
       </c>
       <c r="I37" s="4">
         <v>120</v>
       </c>
       <c r="J37" s="4">
         <v>120</v>
       </c>
       <c r="K37" s="4">
         <v>120</v>
       </c>
       <c r="L37" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="39" spans="1:32">
       <c r="A39" s="2" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B39" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="40" spans="1:32">
       <c r="B40" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="41" spans="1:32">
       <c r="B41" s="1" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="43" spans="1:32">
       <c r="A43" s="2" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B43" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="44" spans="1:32">
       <c r="B44" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="45" spans="1:32">
       <c r="B45" s="1" t="s">
         <v>12</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.787401575" bottom="0.787401575" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="portrait" scale="100" fitToHeight="2" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>