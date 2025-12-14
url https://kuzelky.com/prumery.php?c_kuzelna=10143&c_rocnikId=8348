--- v0 (2025-12-07)
+++ v1 (2025-12-14)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="108">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="109">
   <si>
     <t>Výsledky hráčů družstva SK Škoda VS Plzeň  na kuželně SK Škoda VS Plzeň</t>
   </si>
   <si>
     <t>Pavel Říhánek</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
     <t>29.11.2025</t>
   </si>
   <si>
     <t>15.11.2025</t>
   </si>
   <si>
     <t>1.11.2025</t>
   </si>
   <si>
     <t>4.10.2025</t>
   </si>
   <si>
     <t>12.4.2025</t>
   </si>
   <si>
@@ -294,50 +294,53 @@
     <t>12.2.2022</t>
   </si>
   <si>
     <t>Miloslav Kolařík</t>
   </si>
   <si>
     <t>1.2.2025</t>
   </si>
   <si>
     <t>2.3.2024</t>
   </si>
   <si>
     <t>25.2.2024</t>
   </si>
   <si>
     <t>17.2.2024</t>
   </si>
   <si>
     <t>11.2.2024</t>
   </si>
   <si>
     <t>14.3.2022</t>
   </si>
   <si>
     <t>Zdeněk Weigl</t>
+  </si>
+  <si>
+    <t>8.12.2025</t>
   </si>
   <si>
     <t>10.11.2025</t>
   </si>
   <si>
     <t>16.10.2025</t>
   </si>
   <si>
     <t>13.10.2025</t>
   </si>
   <si>
     <t>29.9.2025</t>
   </si>
   <si>
     <t>9.10.2023</t>
   </si>
   <si>
     <t>25.9.2023</t>
   </si>
   <si>
     <t>13.2.2023</t>
   </si>
   <si>
     <t>Jakub Kovářík</t>
   </si>
@@ -3101,221 +3104,221 @@
       </c>
       <c r="AF33" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="35" spans="1:32">
       <c r="A35" s="2" t="s">
         <v>93</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C35" s="6" t="s">
         <v>94</v>
       </c>
       <c r="D35" s="6" t="s">
         <v>95</v>
       </c>
       <c r="E35" s="6" t="s">
         <v>96</v>
       </c>
       <c r="F35" s="6" t="s">
         <v>97</v>
       </c>
       <c r="G35" s="6" t="s">
+        <v>98</v>
+      </c>
+      <c r="H35" s="6" t="s">
         <v>8</v>
       </c>
-      <c r="H35" s="6" t="s">
+      <c r="I35" s="6" t="s">
         <v>47</v>
       </c>
-      <c r="I35" s="6" t="s">
+      <c r="J35" s="6" t="s">
         <v>49</v>
       </c>
-      <c r="J35" s="6" t="s">
+      <c r="K35" s="6" t="s">
         <v>50</v>
       </c>
-      <c r="K35" s="6" t="s">
+      <c r="L35" s="6" t="s">
         <v>51</v>
       </c>
-      <c r="L35" s="6" t="s">
+      <c r="M35" s="6" t="s">
         <v>53</v>
       </c>
-      <c r="M35" s="6" t="s">
+      <c r="N35" s="6" t="s">
         <v>54</v>
       </c>
-      <c r="N35" s="6" t="s">
+      <c r="O35" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="O35" s="6" t="s">
+      <c r="P35" s="6" t="s">
         <v>55</v>
       </c>
-      <c r="P35" s="6" t="s">
+      <c r="Q35" s="6" t="s">
         <v>56</v>
       </c>
-      <c r="Q35" s="6" t="s">
+      <c r="R35" s="6" t="s">
         <v>57</v>
       </c>
-      <c r="R35" s="6" t="s">
+      <c r="S35" s="6" t="s">
         <v>19</v>
       </c>
-      <c r="S35" s="6" t="s">
+      <c r="T35" s="6" t="s">
         <v>58</v>
       </c>
-      <c r="T35" s="6" t="s">
+      <c r="U35" s="6" t="s">
         <v>88</v>
       </c>
-      <c r="U35" s="6" t="s">
+      <c r="V35" s="6" t="s">
         <v>59</v>
       </c>
-      <c r="V35" s="6" t="s">
+      <c r="W35" s="6" t="s">
         <v>60</v>
       </c>
-      <c r="W35" s="6" t="s">
+      <c r="X35" s="6" t="s">
         <v>22</v>
       </c>
-      <c r="X35" s="6" t="s">
+      <c r="Y35" s="6" t="s">
         <v>61</v>
       </c>
-      <c r="Y35" s="6" t="s">
+      <c r="Z35" s="6" t="s">
         <v>62</v>
       </c>
-      <c r="Z35" s="6" t="s">
+      <c r="AA35" s="6" t="s">
         <v>63</v>
-      </c>
-[...1 lines deleted...]
-        <v>98</v>
       </c>
       <c r="AB35" s="6" t="s">
         <v>99</v>
       </c>
       <c r="AC35" s="6" t="s">
+        <v>100</v>
+      </c>
+      <c r="AD35" s="6" t="s">
         <v>64</v>
       </c>
-      <c r="AD35" s="6" t="s">
+      <c r="AE35" s="6" t="s">
         <v>65</v>
       </c>
-      <c r="AE35" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AF35" s="6" t="s">
-        <v>66</v>
+        <v>101</v>
       </c>
     </row>
     <row r="36" spans="1:32">
       <c r="B36" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C36" s="4">
+        <v>465</v>
+      </c>
+      <c r="D36" s="4">
         <v>555</v>
       </c>
-      <c r="D36" s="4">
+      <c r="E36" s="4">
         <v>507</v>
       </c>
-      <c r="E36" s="4">
+      <c r="F36" s="4">
         <v>520</v>
       </c>
-      <c r="F36" s="4">
+      <c r="G36" s="4">
         <v>498</v>
       </c>
-      <c r="G36" s="4">
+      <c r="H36" s="4">
         <v>530</v>
       </c>
-      <c r="H36" s="4">
+      <c r="I36" s="4">
         <v>542</v>
       </c>
-      <c r="I36" s="4">
+      <c r="J36" s="4">
         <v>520</v>
       </c>
-      <c r="J36" s="4">
+      <c r="K36" s="4">
         <v>491</v>
       </c>
-      <c r="K36" s="4">
+      <c r="L36" s="4">
         <v>518</v>
-      </c>
-[...1 lines deleted...]
-        <v>492</v>
       </c>
       <c r="M36" s="4">
         <v>492</v>
       </c>
       <c r="N36" s="4">
+        <v>492</v>
+      </c>
+      <c r="O36" s="4">
         <v>524</v>
       </c>
-      <c r="O36" s="4">
+      <c r="P36" s="4">
         <v>544</v>
       </c>
-      <c r="P36" s="4">
+      <c r="Q36" s="4">
         <v>528</v>
       </c>
-      <c r="Q36" s="4">
+      <c r="R36" s="4">
         <v>556</v>
       </c>
-      <c r="R36" s="4">
+      <c r="S36" s="4">
         <v>510</v>
       </c>
-      <c r="S36" s="4">
+      <c r="T36" s="4">
         <v>509</v>
       </c>
-      <c r="T36" s="4">
+      <c r="U36" s="4">
         <v>495</v>
       </c>
-      <c r="U36" s="4">
+      <c r="V36" s="4">
         <v>491</v>
       </c>
-      <c r="V36" s="4">
+      <c r="W36" s="4">
         <v>516</v>
       </c>
-      <c r="W36" s="4">
+      <c r="X36" s="4">
         <v>539</v>
       </c>
-      <c r="X36" s="4">
+      <c r="Y36" s="4">
         <v>516</v>
       </c>
-      <c r="Y36" s="4">
+      <c r="Z36" s="4">
         <v>520</v>
       </c>
-      <c r="Z36" s="4">
+      <c r="AA36" s="4">
         <v>468</v>
       </c>
-      <c r="AA36" s="4">
+      <c r="AB36" s="4">
         <v>513</v>
       </c>
-      <c r="AB36" s="4">
+      <c r="AC36" s="4">
         <v>521</v>
       </c>
-      <c r="AC36" s="4">
+      <c r="AD36" s="4">
         <v>485</v>
       </c>
-      <c r="AD36" s="4">
+      <c r="AE36" s="4">
         <v>464</v>
       </c>
-      <c r="AE36" s="4">
+      <c r="AF36" s="4">
         <v>495</v>
-      </c>
-[...1 lines deleted...]
-        <v>482</v>
       </c>
     </row>
     <row r="37" spans="1:32">
       <c r="B37" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C37" s="4">
         <v>120</v>
       </c>
       <c r="D37" s="4">
         <v>120</v>
       </c>
       <c r="E37" s="4">
         <v>120</v>
       </c>
       <c r="F37" s="4">
         <v>120</v>
       </c>
       <c r="G37" s="4">
         <v>120</v>
       </c>
       <c r="H37" s="4">
         <v>120</v>
       </c>
       <c r="I37" s="4">
@@ -3371,239 +3374,239 @@
       </c>
       <c r="Z37" s="4">
         <v>120</v>
       </c>
       <c r="AA37" s="4">
         <v>120</v>
       </c>
       <c r="AB37" s="4">
         <v>120</v>
       </c>
       <c r="AC37" s="4">
         <v>120</v>
       </c>
       <c r="AD37" s="4">
         <v>120</v>
       </c>
       <c r="AE37" s="4">
         <v>120</v>
       </c>
       <c r="AF37" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="39" spans="1:32">
       <c r="A39" s="2" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="B39" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C39" s="6" t="s">
         <v>94</v>
       </c>
       <c r="D39" s="6" t="s">
         <v>95</v>
       </c>
       <c r="E39" s="6" t="s">
         <v>96</v>
       </c>
       <c r="F39" s="6" t="s">
         <v>97</v>
       </c>
       <c r="G39" s="6" t="s">
+        <v>98</v>
+      </c>
+      <c r="H39" s="6" t="s">
         <v>8</v>
       </c>
-      <c r="H39" s="6" t="s">
+      <c r="I39" s="6" t="s">
         <v>9</v>
       </c>
-      <c r="I39" s="6" t="s">
+      <c r="J39" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="J39" s="6" t="s">
+      <c r="K39" s="6" t="s">
         <v>87</v>
       </c>
-      <c r="K39" s="6" t="s">
+      <c r="L39" s="6" t="s">
         <v>11</v>
       </c>
-      <c r="L39" s="6" t="s">
+      <c r="M39" s="6" t="s">
         <v>12</v>
       </c>
-      <c r="M39" s="6" t="s">
+      <c r="N39" s="6" t="s">
         <v>13</v>
-      </c>
-[...1 lines deleted...]
-        <v>14</v>
       </c>
       <c r="O39" s="6" t="s">
         <v>14</v>
       </c>
       <c r="P39" s="6" t="s">
+        <v>14</v>
+      </c>
+      <c r="Q39" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="Q39" s="6" t="s">
+      <c r="R39" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="R39" s="6" t="s">
+      <c r="S39" s="6" t="s">
         <v>90</v>
       </c>
-      <c r="S39" s="6" t="s">
+      <c r="T39" s="6" t="s">
         <v>91</v>
       </c>
-      <c r="T39" s="6" t="s">
+      <c r="U39" s="6" t="s">
         <v>22</v>
       </c>
-      <c r="U39" s="6" t="s">
+      <c r="V39" s="6" t="s">
         <v>23</v>
       </c>
-      <c r="V39" s="6" t="s">
+      <c r="W39" s="6" t="s">
         <v>25</v>
       </c>
-      <c r="W39" s="6" t="s">
+      <c r="X39" s="6" t="s">
         <v>26</v>
       </c>
-      <c r="X39" s="6" t="s">
+      <c r="Y39" s="6" t="s">
         <v>27</v>
       </c>
-      <c r="Y39" s="6" t="s">
+      <c r="Z39" s="6" t="s">
         <v>38</v>
       </c>
-      <c r="Z39" s="6" t="s">
+      <c r="AA39" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="AA39" s="6" t="s">
+      <c r="AB39" s="6" t="s">
         <v>39</v>
       </c>
-      <c r="AB39" s="6" t="s">
+      <c r="AC39" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="AC39" s="6" t="s">
+      <c r="AD39" s="6" t="s">
         <v>31</v>
       </c>
-      <c r="AD39" s="6" t="s">
+      <c r="AE39" s="6" t="s">
         <v>32</v>
       </c>
-      <c r="AE39" s="6" t="s">
+      <c r="AF39" s="6" t="s">
         <v>68</v>
-      </c>
-[...1 lines deleted...]
-        <v>41</v>
       </c>
     </row>
     <row r="40" spans="1:32">
       <c r="B40" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C40" s="4">
+        <v>516</v>
+      </c>
+      <c r="D40" s="4">
         <v>548</v>
       </c>
-      <c r="D40" s="4">
+      <c r="E40" s="4">
         <v>505</v>
       </c>
-      <c r="E40" s="4">
+      <c r="F40" s="4">
         <v>522</v>
       </c>
-      <c r="F40" s="4">
+      <c r="G40" s="4">
         <v>516</v>
       </c>
-      <c r="G40" s="4">
+      <c r="H40" s="4">
         <v>507</v>
       </c>
-      <c r="H40" s="4">
+      <c r="I40" s="4">
         <v>492</v>
       </c>
-      <c r="I40" s="4">
+      <c r="J40" s="4">
         <v>488</v>
       </c>
-      <c r="J40" s="4">
+      <c r="K40" s="4">
         <v>520</v>
       </c>
-      <c r="K40" s="4">
+      <c r="L40" s="4">
         <v>600</v>
       </c>
-      <c r="L40" s="4">
+      <c r="M40" s="4">
         <v>537</v>
       </c>
-      <c r="M40" s="4">
+      <c r="N40" s="4">
         <v>474</v>
       </c>
-      <c r="N40" s="4">
+      <c r="O40" s="4">
         <v>484</v>
       </c>
-      <c r="O40" s="4">
+      <c r="P40" s="4">
         <v>493</v>
-      </c>
-[...1 lines deleted...]
-        <v>513</v>
       </c>
       <c r="Q40" s="4">
         <v>513</v>
       </c>
       <c r="R40" s="4">
+        <v>513</v>
+      </c>
+      <c r="S40" s="4">
         <v>506</v>
       </c>
-      <c r="S40" s="4">
+      <c r="T40" s="4">
         <v>543</v>
       </c>
-      <c r="T40" s="4">
+      <c r="U40" s="4">
         <v>508</v>
       </c>
-      <c r="U40" s="4">
+      <c r="V40" s="4">
         <v>513</v>
       </c>
-      <c r="V40" s="4">
+      <c r="W40" s="4">
         <v>481</v>
       </c>
-      <c r="W40" s="4">
+      <c r="X40" s="4">
         <v>508</v>
       </c>
-      <c r="X40" s="4">
+      <c r="Y40" s="4">
         <v>454</v>
       </c>
-      <c r="Y40" s="4">
+      <c r="Z40" s="4">
         <v>506</v>
       </c>
-      <c r="Z40" s="4">
+      <c r="AA40" s="4">
         <v>507</v>
       </c>
-      <c r="AA40" s="4">
+      <c r="AB40" s="4">
         <v>543</v>
       </c>
-      <c r="AB40" s="4">
+      <c r="AC40" s="4">
         <v>491</v>
       </c>
-      <c r="AC40" s="4">
+      <c r="AD40" s="4">
         <v>521</v>
       </c>
-      <c r="AD40" s="4">
+      <c r="AE40" s="4">
         <v>569</v>
       </c>
-      <c r="AE40" s="4">
+      <c r="AF40" s="4">
         <v>531</v>
-      </c>
-[...1 lines deleted...]
-        <v>528</v>
       </c>
     </row>
     <row r="41" spans="1:32">
       <c r="B41" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C41" s="4">
         <v>120</v>
       </c>
       <c r="D41" s="4">
         <v>120</v>
       </c>
       <c r="E41" s="4">
         <v>120</v>
       </c>
       <c r="F41" s="4">
         <v>120</v>
       </c>
       <c r="G41" s="4">
         <v>120</v>
       </c>
       <c r="H41" s="4">
         <v>120</v>
       </c>
       <c r="I41" s="4">
@@ -3659,51 +3662,51 @@
       </c>
       <c r="Z41" s="4">
         <v>120</v>
       </c>
       <c r="AA41" s="4">
         <v>120</v>
       </c>
       <c r="AB41" s="4">
         <v>120</v>
       </c>
       <c r="AC41" s="4">
         <v>120</v>
       </c>
       <c r="AD41" s="4">
         <v>120</v>
       </c>
       <c r="AE41" s="4">
         <v>120</v>
       </c>
       <c r="AF41" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="43" spans="1:32">
       <c r="A43" s="2" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="B43" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C43" s="6" t="s">
         <v>3</v>
       </c>
       <c r="D43" s="6" t="s">
         <v>4</v>
       </c>
       <c r="E43" s="6" t="s">
         <v>5</v>
       </c>
       <c r="F43" s="6" t="s">
         <v>6</v>
       </c>
       <c r="G43" s="6" t="s">
         <v>36</v>
       </c>
       <c r="H43" s="6" t="s">
         <v>7</v>
       </c>
       <c r="I43" s="6" t="s">
         <v>8</v>
       </c>
@@ -3947,51 +3950,51 @@
       </c>
       <c r="Z45" s="4">
         <v>120</v>
       </c>
       <c r="AA45" s="4">
         <v>120</v>
       </c>
       <c r="AB45" s="4">
         <v>120</v>
       </c>
       <c r="AC45" s="4">
         <v>120</v>
       </c>
       <c r="AD45" s="4">
         <v>120</v>
       </c>
       <c r="AE45" s="4">
         <v>120</v>
       </c>
       <c r="AF45" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="47" spans="1:32">
       <c r="A47" s="2" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="B47" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C47" s="6" t="s">
         <v>45</v>
       </c>
       <c r="D47" s="6" t="s">
         <v>46</v>
       </c>
       <c r="E47" s="6" t="s">
         <v>5</v>
       </c>
       <c r="F47" s="6" t="s">
         <v>6</v>
       </c>
       <c r="G47" s="6" t="s">
         <v>36</v>
       </c>
       <c r="H47" s="6" t="s">
         <v>8</v>
       </c>
       <c r="I47" s="6" t="s">
         <v>47</v>
       </c>
@@ -4019,69 +4022,69 @@
       <c r="Q47" s="6" t="s">
         <v>12</v>
       </c>
       <c r="R47" s="6" t="s">
         <v>54</v>
       </c>
       <c r="S47" s="6" t="s">
         <v>55</v>
       </c>
       <c r="T47" s="6" t="s">
         <v>59</v>
       </c>
       <c r="U47" s="6" t="s">
         <v>60</v>
       </c>
       <c r="V47" s="6" t="s">
         <v>61</v>
       </c>
       <c r="W47" s="6" t="s">
         <v>62</v>
       </c>
       <c r="X47" s="6" t="s">
         <v>63</v>
       </c>
       <c r="Y47" s="6" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="Z47" s="6" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="AA47" s="6" t="s">
         <v>64</v>
       </c>
       <c r="AB47" s="6" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="AC47" s="6" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="AD47" s="6" t="s">
         <v>67</v>
       </c>
       <c r="AE47" s="6" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="AF47" s="6" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="48" spans="1:32">
       <c r="B48" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C48" s="4">
         <v>513</v>
       </c>
       <c r="D48" s="4">
         <v>527</v>
       </c>
       <c r="E48" s="4">
         <v>589</v>
       </c>
       <c r="F48" s="4">
         <v>537</v>
       </c>
       <c r="G48" s="4">
         <v>492</v>
       </c>
       <c r="H48" s="4">
@@ -4235,111 +4238,111 @@
       </c>
       <c r="Z49" s="4">
         <v>120</v>
       </c>
       <c r="AA49" s="4">
         <v>120</v>
       </c>
       <c r="AB49" s="4">
         <v>120</v>
       </c>
       <c r="AC49" s="4">
         <v>120</v>
       </c>
       <c r="AD49" s="4">
         <v>120</v>
       </c>
       <c r="AE49" s="4">
         <v>120</v>
       </c>
       <c r="AF49" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="51" spans="1:32">
       <c r="A51" s="2" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="B51" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C51" s="6" t="s">
         <v>4</v>
       </c>
       <c r="D51" s="6" t="s">
         <v>5</v>
       </c>
       <c r="E51" s="6" t="s">
         <v>6</v>
       </c>
       <c r="F51" s="6" t="s">
         <v>36</v>
       </c>
       <c r="G51" s="6" t="s">
         <v>8</v>
       </c>
       <c r="H51" s="6" t="s">
         <v>9</v>
       </c>
       <c r="I51" s="6" t="s">
         <v>87</v>
       </c>
       <c r="J51" s="6" t="s">
         <v>11</v>
       </c>
       <c r="K51" s="6" t="s">
         <v>12</v>
       </c>
       <c r="L51" s="6" t="s">
         <v>13</v>
       </c>
       <c r="M51" s="6" t="s">
         <v>14</v>
       </c>
       <c r="N51" s="6" t="s">
         <v>15</v>
       </c>
       <c r="O51" s="6" t="s">
         <v>64</v>
       </c>
       <c r="P51" s="6" t="s">
         <v>65</v>
       </c>
       <c r="Q51" s="6" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="R51" s="6" t="s">
         <v>66</v>
       </c>
       <c r="S51" s="6" t="s">
         <v>68</v>
       </c>
       <c r="T51" s="6" t="s">
         <v>69</v>
       </c>
       <c r="U51" s="6" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
     </row>
     <row r="52" spans="1:32">
       <c r="B52" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C52" s="4">
         <v>546</v>
       </c>
       <c r="D52" s="4">
         <v>510</v>
       </c>
       <c r="E52" s="4">
         <v>517</v>
       </c>
       <c r="F52" s="4">
         <v>524</v>
       </c>
       <c r="G52" s="4">
         <v>561</v>
       </c>
       <c r="H52" s="4">
         <v>522</v>
       </c>
       <c r="I52" s="4">