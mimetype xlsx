--- v0 (2025-12-05)
+++ v1 (2025-12-14)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="21">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="22">
   <si>
     <t>Výsledky hráčů družstva Kuželky Aš na kuželně SK Škoda VS Plzeň</t>
   </si>
   <si>
     <t>Václav Veselý</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
     <t>Výkon:</t>
   </si>
   <si>
     <t>Počet hodů:</t>
   </si>
   <si>
     <t>Ota Maršát st.</t>
   </si>
   <si>
     <t>13.10.2018</t>
   </si>
   <si>
     <t>12.11.2016</t>
   </si>
   <si>
@@ -66,50 +66,53 @@
     <t>Jaroslav Bulant</t>
   </si>
   <si>
     <t>Petr Jedlička</t>
   </si>
   <si>
     <t>Martin Vrbata</t>
   </si>
   <si>
     <t>21.10.2017</t>
   </si>
   <si>
     <t>19.3.2011</t>
   </si>
   <si>
     <t>Martin Hurta</t>
   </si>
   <si>
     <t>Václav Pilař</t>
   </si>
   <si>
     <t>Tomáš Viczmandi</t>
   </si>
   <si>
     <t>Václav Mašek</t>
+  </si>
+  <si>
+    <t>6.12.2025</t>
   </si>
   <si>
     <t>Vladislav Urban</t>
   </si>
   <si>
     <t>Luděk Kratochvíl</t>
   </si>
   <si>
     <t>Ota Maršát ml.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="5">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -502,51 +505,51 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:E49"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="D33" sqref="D33"/>
+      <selection activeCell="C45" sqref="C45"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="9.5703125" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="26.28515625" customWidth="true" style="2"/>
     <col min="2" max="2" width="11.140625" customWidth="true" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" customHeight="1" ht="21">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:5">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:5">
       <c r="B4" s="1" t="s">
         <v>3</v>
       </c>
@@ -817,103 +820,121 @@
       <c r="B32" s="5" t="s">
         <v>3</v>
       </c>
       <c r="C32" s="4">
         <v>504</v>
       </c>
       <c r="D32" s="4">
         <v>548</v>
       </c>
     </row>
     <row r="33" spans="1:5">
       <c r="B33" s="5" t="s">
         <v>4</v>
       </c>
       <c r="C33" s="4">
         <v>120</v>
       </c>
       <c r="D33" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="35" spans="1:5">
       <c r="A35" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="B35" s="1" t="s">
-        <v>2</v>
+      <c r="B35" s="5" t="s">
+        <v>2</v>
+      </c>
+      <c r="C35" s="6" t="s">
+        <v>18</v>
       </c>
     </row>
     <row r="36" spans="1:5">
-      <c r="B36" s="1" t="s">
-        <v>3</v>
+      <c r="B36" s="5" t="s">
+        <v>3</v>
+      </c>
+      <c r="C36" s="4">
+        <v>504</v>
       </c>
     </row>
     <row r="37" spans="1:5">
-      <c r="B37" s="1" t="s">
-        <v>4</v>
+      <c r="B37" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C37" s="4">
+        <v>120</v>
       </c>
     </row>
     <row r="39" spans="1:5">
       <c r="A39" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B39" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="40" spans="1:5">
       <c r="B40" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="41" spans="1:5">
       <c r="B41" s="1" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="43" spans="1:5">
       <c r="A43" s="2" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>20</v>
+      </c>
+      <c r="B43" s="5" t="s">
+        <v>2</v>
+      </c>
+      <c r="C43" s="6" t="s">
+        <v>18</v>
       </c>
     </row>
     <row r="44" spans="1:5">
-      <c r="B44" s="1" t="s">
-        <v>3</v>
+      <c r="B44" s="5" t="s">
+        <v>3</v>
+      </c>
+      <c r="C44" s="4">
+        <v>531</v>
       </c>
     </row>
     <row r="45" spans="1:5">
-      <c r="B45" s="1" t="s">
-        <v>4</v>
+      <c r="B45" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C45" s="4">
+        <v>120</v>
       </c>
     </row>
     <row r="47" spans="1:5">
       <c r="A47" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B47" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="48" spans="1:5">
       <c r="B48" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="49" spans="1:5">
       <c r="B49" s="1" t="s">
         <v>4</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.787401575" bottom="0.787401575" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="portrait" scale="100" fitToHeight="2" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>