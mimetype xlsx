--- v0 (2025-12-11)
+++ v1 (2025-12-14)
@@ -12,59 +12,62 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="19">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="20">
   <si>
     <t>Výsledky hráčů družstva Kuž.Holýšov A na kuželně TJ Dobřany</t>
   </si>
   <si>
     <t>Milan Laksar</t>
   </si>
   <si>
     <t>Datum:</t>
+  </si>
+  <si>
+    <t>13.12.2025</t>
   </si>
   <si>
     <t>3.2.2024</t>
   </si>
   <si>
     <t>4.3.2023</t>
   </si>
   <si>
     <t>9.10.2021</t>
   </si>
   <si>
     <t>14.9.2019</t>
   </si>
   <si>
     <t>15.9.2018</t>
   </si>
   <si>
     <t>Výkon:</t>
   </si>
   <si>
     <t>Počet hodů:</t>
   </si>
   <si>
     <t>Jiří Šlajer</t>
   </si>
@@ -505,374 +508,383 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:G29"/>
+  <dimension ref="A1:H29"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="G29" sqref="G29"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="9.5703125" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="26.28515625" customWidth="true" style="2"/>
     <col min="2" max="2" width="11.140625" customWidth="true" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:7" customHeight="1" ht="21">
+    <row r="1" spans="1:8" customHeight="1" ht="21">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="3" spans="1:7">
+    <row r="3" spans="1:8">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C3" s="7" t="s">
         <v>3</v>
       </c>
       <c r="D3" s="7" t="s">
         <v>4</v>
       </c>
       <c r="E3" s="7" t="s">
         <v>5</v>
       </c>
       <c r="F3" s="7" t="s">
         <v>6</v>
       </c>
       <c r="G3" s="7" t="s">
         <v>7</v>
       </c>
-    </row>
-    <row r="4" spans="1:7">
+      <c r="H3" s="7" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="4" spans="1:8">
       <c r="B4" s="6" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="C4" s="4">
+        <v>341</v>
+      </c>
+      <c r="D4" s="4">
         <v>382</v>
       </c>
-      <c r="D4" s="4">
+      <c r="E4" s="4">
         <v>422</v>
       </c>
-      <c r="E4" s="5">
+      <c r="F4" s="5">
         <v>359</v>
       </c>
-      <c r="F4" s="5">
+      <c r="G4" s="5">
         <v>440</v>
       </c>
-      <c r="G4" s="5">
+      <c r="H4" s="5">
         <v>409</v>
       </c>
     </row>
-    <row r="5" spans="1:7">
+    <row r="5" spans="1:8">
       <c r="B5" s="6" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="C5" s="4">
         <v>120</v>
       </c>
       <c r="D5" s="4">
         <v>120</v>
       </c>
-      <c r="E5" s="7">
-        <v>100</v>
+      <c r="E5" s="4">
+        <v>120</v>
       </c>
       <c r="F5" s="7">
         <v>100</v>
       </c>
       <c r="G5" s="7">
         <v>100</v>
       </c>
-    </row>
-    <row r="7" spans="1:7">
+      <c r="H5" s="7">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="7" spans="1:8">
       <c r="A7" s="2" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="B7" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C7" s="7" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="D7" s="7" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="E7" s="7" t="s">
-        <v>11</v>
-[...2 lines deleted...]
-    <row r="8" spans="1:7">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="8" spans="1:8">
       <c r="B8" s="6" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="C8" s="5">
         <v>446</v>
       </c>
       <c r="D8" s="5">
         <v>420</v>
       </c>
       <c r="E8" s="5">
         <v>418</v>
       </c>
     </row>
-    <row r="9" spans="1:7">
+    <row r="9" spans="1:8">
       <c r="B9" s="6" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="C9" s="7">
         <v>100</v>
       </c>
       <c r="D9" s="7">
         <v>100</v>
       </c>
       <c r="E9" s="7">
         <v>100</v>
       </c>
     </row>
-    <row r="11" spans="1:7">
+    <row r="11" spans="1:8">
       <c r="A11" s="2" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B11" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C11" s="7" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:7">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="12" spans="1:8">
       <c r="B12" s="6" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="C12" s="5">
         <v>443</v>
       </c>
     </row>
-    <row r="13" spans="1:7">
+    <row r="13" spans="1:8">
       <c r="B13" s="6" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="C13" s="7">
         <v>100</v>
       </c>
     </row>
-    <row r="15" spans="1:7">
+    <row r="15" spans="1:8">
       <c r="A15" s="2" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B15" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C15" s="7" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="D15" s="7" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="E15" s="7" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="F15" s="7" t="s">
-        <v>7</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:7">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="16" spans="1:8">
       <c r="B16" s="6" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="C16" s="5">
         <v>429</v>
       </c>
       <c r="D16" s="5">
         <v>418</v>
       </c>
       <c r="E16" s="5">
         <v>429</v>
       </c>
       <c r="F16" s="5">
         <v>415</v>
       </c>
     </row>
-    <row r="17" spans="1:7">
+    <row r="17" spans="1:8">
       <c r="B17" s="6" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="C17" s="7">
         <v>100</v>
       </c>
       <c r="D17" s="7">
         <v>100</v>
       </c>
       <c r="E17" s="7">
         <v>100</v>
       </c>
       <c r="F17" s="7">
         <v>100</v>
       </c>
     </row>
-    <row r="19" spans="1:7">
+    <row r="19" spans="1:8">
       <c r="A19" s="2" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="B19" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C19" s="7" t="s">
-        <v>5</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:7">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="20" spans="1:8">
       <c r="B20" s="6" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="C20" s="5">
         <v>398</v>
       </c>
     </row>
-    <row r="21" spans="1:7">
+    <row r="21" spans="1:8">
       <c r="B21" s="6" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="C21" s="7">
         <v>100</v>
       </c>
     </row>
-    <row r="23" spans="1:7">
+    <row r="23" spans="1:8">
       <c r="A23" s="2" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B23" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C23" s="7" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="D23" s="7" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="E23" s="7" t="s">
-        <v>7</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:7">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="24" spans="1:8">
       <c r="B24" s="6" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="C24" s="5">
         <v>458</v>
       </c>
       <c r="D24" s="5">
         <v>436</v>
       </c>
       <c r="E24" s="5">
         <v>433</v>
       </c>
     </row>
-    <row r="25" spans="1:7">
+    <row r="25" spans="1:8">
       <c r="B25" s="6" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="C25" s="7">
         <v>100</v>
       </c>
       <c r="D25" s="7">
         <v>100</v>
       </c>
       <c r="E25" s="7">
         <v>100</v>
       </c>
     </row>
-    <row r="27" spans="1:7">
+    <row r="27" spans="1:8">
       <c r="A27" s="2" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B27" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="7" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="D27" s="7" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E27" s="7" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="F27" s="7" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="G27" s="7" t="s">
-        <v>11</v>
-[...2 lines deleted...]
-    <row r="28" spans="1:7">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="28" spans="1:8">
       <c r="B28" s="6" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="C28" s="4">
         <v>413</v>
       </c>
       <c r="D28" s="5">
         <v>406</v>
       </c>
       <c r="E28" s="5">
         <v>407</v>
       </c>
       <c r="F28" s="5">
         <v>445</v>
       </c>
       <c r="G28" s="5">
         <v>440</v>
       </c>
     </row>
-    <row r="29" spans="1:7">
+    <row r="29" spans="1:8">
       <c r="B29" s="6" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="C29" s="4">
         <v>120</v>
       </c>
       <c r="D29" s="7">
         <v>100</v>
       </c>
       <c r="E29" s="7">
         <v>100</v>
       </c>
       <c r="F29" s="7">
         <v>100</v>
       </c>
       <c r="G29" s="7">
         <v>100</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.787401575" bottom="0.787401575" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="portrait" scale="100" fitToHeight="2" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>