--- v0 (2025-12-08)
+++ v1 (2025-12-13)
@@ -12,59 +12,62 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="29">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
   <si>
     <t>Výsledky hráčů družstva Kuž.Holýšov na kuželně TJ Dobřany</t>
   </si>
   <si>
     <t>Milan Laksar</t>
   </si>
   <si>
     <t>Datum:</t>
+  </si>
+  <si>
+    <t>13.12.2025</t>
   </si>
   <si>
     <t>3.2.2024</t>
   </si>
   <si>
     <t>4.3.2023</t>
   </si>
   <si>
     <t>9.10.2021</t>
   </si>
   <si>
     <t>14.9.2019</t>
   </si>
   <si>
     <t>15.9.2018</t>
   </si>
   <si>
     <t>Výkon:</t>
   </si>
   <si>
     <t>Počet hodů:</t>
   </si>
   <si>
     <t>Jiří Šlajer</t>
   </si>
@@ -535,677 +538,695 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:G57"/>
+  <dimension ref="A1:H57"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="E57" sqref="E57"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="9.5703125" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="26.28515625" customWidth="true" style="2"/>
     <col min="2" max="2" width="11.140625" customWidth="true" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:7" customHeight="1" ht="21">
+    <row r="1" spans="1:8" customHeight="1" ht="21">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="3" spans="1:7">
+    <row r="3" spans="1:8">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C3" s="7" t="s">
         <v>3</v>
       </c>
       <c r="D3" s="7" t="s">
         <v>4</v>
       </c>
       <c r="E3" s="7" t="s">
         <v>5</v>
       </c>
       <c r="F3" s="7" t="s">
         <v>6</v>
       </c>
       <c r="G3" s="7" t="s">
         <v>7</v>
       </c>
-    </row>
-    <row r="4" spans="1:7">
+      <c r="H3" s="7" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="4" spans="1:8">
       <c r="B4" s="6" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="C4" s="4">
+        <v>341</v>
+      </c>
+      <c r="D4" s="4">
         <v>382</v>
       </c>
-      <c r="D4" s="4">
+      <c r="E4" s="4">
         <v>422</v>
       </c>
-      <c r="E4" s="5">
+      <c r="F4" s="5">
         <v>359</v>
       </c>
-      <c r="F4" s="5">
+      <c r="G4" s="5">
         <v>440</v>
       </c>
-      <c r="G4" s="5">
+      <c r="H4" s="5">
         <v>409</v>
       </c>
     </row>
-    <row r="5" spans="1:7">
+    <row r="5" spans="1:8">
       <c r="B5" s="6" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="C5" s="4">
         <v>120</v>
       </c>
       <c r="D5" s="4">
         <v>120</v>
       </c>
-      <c r="E5" s="7">
-        <v>100</v>
+      <c r="E5" s="4">
+        <v>120</v>
       </c>
       <c r="F5" s="7">
         <v>100</v>
       </c>
       <c r="G5" s="7">
         <v>100</v>
       </c>
-    </row>
-    <row r="7" spans="1:7">
+      <c r="H5" s="7">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="7" spans="1:8">
       <c r="A7" s="2" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="B7" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C7" s="7" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="D7" s="7" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="E7" s="7" t="s">
-        <v>11</v>
-[...2 lines deleted...]
-    <row r="8" spans="1:7">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="8" spans="1:8">
       <c r="B8" s="6" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="C8" s="5">
         <v>446</v>
       </c>
       <c r="D8" s="5">
         <v>420</v>
       </c>
       <c r="E8" s="5">
         <v>418</v>
       </c>
     </row>
-    <row r="9" spans="1:7">
+    <row r="9" spans="1:8">
       <c r="B9" s="6" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="C9" s="7">
         <v>100</v>
       </c>
       <c r="D9" s="7">
         <v>100</v>
       </c>
       <c r="E9" s="7">
         <v>100</v>
       </c>
     </row>
-    <row r="11" spans="1:7">
+    <row r="11" spans="1:8">
       <c r="A11" s="2" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B11" s="1" t="s">
         <v>2</v>
       </c>
     </row>
-    <row r="12" spans="1:7">
+    <row r="12" spans="1:8">
       <c r="B12" s="1" t="s">
-        <v>8</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:7">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="13" spans="1:8">
       <c r="B13" s="1" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:7">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="15" spans="1:8">
       <c r="A15" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B15" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C15" s="7" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:7">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="16" spans="1:8">
       <c r="B16" s="6" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="C16" s="5">
         <v>443</v>
       </c>
     </row>
-    <row r="17" spans="1:7">
+    <row r="17" spans="1:8">
       <c r="B17" s="6" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="C17" s="7">
         <v>100</v>
       </c>
     </row>
-    <row r="19" spans="1:7">
+    <row r="19" spans="1:8">
       <c r="A19" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="B19" s="6" t="s">
+        <v>2</v>
+      </c>
+      <c r="C19" s="7" t="s">
         <v>15</v>
       </c>
-      <c r="B19" s="6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D19" s="7" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="E19" s="7" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="F19" s="7" t="s">
-        <v>7</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:7">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="20" spans="1:8">
       <c r="B20" s="6" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="C20" s="5">
         <v>429</v>
       </c>
       <c r="D20" s="5">
         <v>418</v>
       </c>
       <c r="E20" s="5">
         <v>429</v>
       </c>
       <c r="F20" s="5">
         <v>415</v>
       </c>
     </row>
-    <row r="21" spans="1:7">
+    <row r="21" spans="1:8">
       <c r="B21" s="6" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="C21" s="7">
         <v>100</v>
       </c>
       <c r="D21" s="7">
         <v>100</v>
       </c>
       <c r="E21" s="7">
         <v>100</v>
       </c>
       <c r="F21" s="7">
         <v>100</v>
       </c>
     </row>
-    <row r="23" spans="1:7">
+    <row r="23" spans="1:8">
       <c r="A23" s="2" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B23" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C23" s="7" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="D23" s="7" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="E23" s="7" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="F23" s="7" t="s">
-        <v>11</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:7">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="24" spans="1:8">
       <c r="B24" s="6" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="C24" s="5">
         <v>462</v>
       </c>
       <c r="D24" s="5">
         <v>414</v>
       </c>
       <c r="E24" s="5">
         <v>414</v>
       </c>
       <c r="F24" s="5">
         <v>452</v>
       </c>
     </row>
-    <row r="25" spans="1:7">
+    <row r="25" spans="1:8">
       <c r="B25" s="6" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="C25" s="7">
         <v>100</v>
       </c>
       <c r="D25" s="7">
         <v>100</v>
       </c>
       <c r="E25" s="7">
         <v>100</v>
       </c>
       <c r="F25" s="7">
         <v>100</v>
       </c>
     </row>
-    <row r="27" spans="1:7">
+    <row r="27" spans="1:8">
       <c r="A27" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="B27" s="6" t="s">
+        <v>2</v>
+      </c>
+      <c r="C27" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="D27" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="E27" s="7" t="s">
+        <v>6</v>
+      </c>
+      <c r="F27" s="7" t="s">
         <v>19</v>
       </c>
-      <c r="B27" s="6" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G27" s="7" t="s">
-        <v>7</v>
-[...2 lines deleted...]
-    <row r="28" spans="1:7">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="28" spans="1:8">
       <c r="B28" s="6" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="C28" s="4">
         <v>429</v>
       </c>
       <c r="D28" s="5">
         <v>441</v>
       </c>
       <c r="E28" s="5">
         <v>463</v>
       </c>
       <c r="F28" s="5">
         <v>396</v>
       </c>
       <c r="G28" s="5">
         <v>433</v>
       </c>
     </row>
-    <row r="29" spans="1:7">
+    <row r="29" spans="1:8">
       <c r="B29" s="6" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="C29" s="4">
         <v>120</v>
       </c>
       <c r="D29" s="7">
         <v>100</v>
       </c>
       <c r="E29" s="7">
         <v>100</v>
       </c>
       <c r="F29" s="7">
         <v>100</v>
       </c>
       <c r="G29" s="7">
         <v>100</v>
       </c>
     </row>
-    <row r="31" spans="1:7">
+    <row r="31" spans="1:8">
       <c r="A31" s="2" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B31" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="7" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="D31" s="7" t="s">
-        <v>7</v>
-[...2 lines deleted...]
-    <row r="32" spans="1:7">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="32" spans="1:8">
       <c r="B32" s="6" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="C32" s="5">
         <v>377</v>
       </c>
       <c r="D32" s="5">
         <v>402</v>
       </c>
     </row>
-    <row r="33" spans="1:7">
+    <row r="33" spans="1:8">
       <c r="B33" s="6" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="C33" s="7">
         <v>100</v>
       </c>
       <c r="D33" s="7">
         <v>100</v>
       </c>
     </row>
-    <row r="35" spans="1:7">
+    <row r="35" spans="1:8">
       <c r="A35" s="2" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B35" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C35" s="7" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="D35" s="7" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="E35" s="7" t="s">
-        <v>7</v>
-[...2 lines deleted...]
-    <row r="36" spans="1:7">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="36" spans="1:8">
       <c r="B36" s="6" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="C36" s="5">
         <v>458</v>
       </c>
       <c r="D36" s="5">
         <v>436</v>
       </c>
       <c r="E36" s="5">
         <v>433</v>
       </c>
     </row>
-    <row r="37" spans="1:7">
+    <row r="37" spans="1:8">
       <c r="B37" s="6" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="C37" s="7">
         <v>100</v>
       </c>
       <c r="D37" s="7">
         <v>100</v>
       </c>
       <c r="E37" s="7">
         <v>100</v>
       </c>
     </row>
-    <row r="39" spans="1:7">
+    <row r="39" spans="1:8">
       <c r="A39" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="B39" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C39" s="7" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="D39" s="7" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E39" s="7" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="F39" s="7" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="G39" s="7" t="s">
-        <v>11</v>
-[...2 lines deleted...]
-    <row r="40" spans="1:7">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="40" spans="1:8">
       <c r="B40" s="6" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="C40" s="4">
         <v>413</v>
       </c>
       <c r="D40" s="5">
         <v>406</v>
       </c>
       <c r="E40" s="5">
         <v>407</v>
       </c>
       <c r="F40" s="5">
         <v>445</v>
       </c>
       <c r="G40" s="5">
         <v>440</v>
       </c>
     </row>
-    <row r="41" spans="1:7">
+    <row r="41" spans="1:8">
       <c r="B41" s="6" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="C41" s="4">
         <v>120</v>
       </c>
       <c r="D41" s="7">
         <v>100</v>
       </c>
       <c r="E41" s="7">
         <v>100</v>
       </c>
       <c r="F41" s="7">
         <v>100</v>
       </c>
       <c r="G41" s="7">
         <v>100</v>
       </c>
     </row>
-    <row r="43" spans="1:7">
+    <row r="43" spans="1:8">
       <c r="A43" s="2" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B43" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C43" s="7" t="s">
-        <v>25</v>
+        <v>3</v>
       </c>
       <c r="D43" s="7" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="E43" s="7" t="s">
-        <v>4</v>
-[...2 lines deleted...]
-    <row r="44" spans="1:7">
+        <v>21</v>
+      </c>
+      <c r="F43" s="7" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="44" spans="1:8">
       <c r="B44" s="6" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="C44" s="4">
+        <v>409</v>
+      </c>
+      <c r="D44" s="4">
         <v>400</v>
       </c>
-      <c r="D44" s="4">
+      <c r="E44" s="4">
         <v>408</v>
       </c>
-      <c r="E44" s="4">
+      <c r="F44" s="4">
         <v>382</v>
       </c>
     </row>
-    <row r="45" spans="1:7">
+    <row r="45" spans="1:8">
       <c r="B45" s="6" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="C45" s="4">
         <v>120</v>
       </c>
       <c r="D45" s="4">
         <v>120</v>
       </c>
       <c r="E45" s="4">
         <v>120</v>
       </c>
-    </row>
-    <row r="47" spans="1:7">
+      <c r="F45" s="4">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="47" spans="1:8">
       <c r="A47" s="2" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B47" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C47" s="7" t="s">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="D47" s="7" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="E47" s="7" t="s">
-        <v>11</v>
-[...2 lines deleted...]
-    <row r="48" spans="1:7">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="48" spans="1:8">
       <c r="B48" s="6" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="C48" s="4">
         <v>396</v>
       </c>
       <c r="D48" s="5">
         <v>399</v>
       </c>
       <c r="E48" s="5">
         <v>392</v>
       </c>
     </row>
-    <row r="49" spans="1:7">
+    <row r="49" spans="1:8">
       <c r="B49" s="6" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="C49" s="4">
         <v>120</v>
       </c>
       <c r="D49" s="7">
         <v>100</v>
       </c>
       <c r="E49" s="7">
         <v>100</v>
       </c>
     </row>
-    <row r="51" spans="1:7">
+    <row r="51" spans="1:8">
       <c r="A51" s="2" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B51" s="1" t="s">
         <v>2</v>
       </c>
     </row>
-    <row r="52" spans="1:7">
+    <row r="52" spans="1:8">
       <c r="B52" s="1" t="s">
-        <v>8</v>
-[...2 lines deleted...]
-    <row r="53" spans="1:7">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="53" spans="1:8">
       <c r="B53" s="1" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-    <row r="55" spans="1:7">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="55" spans="1:8">
       <c r="A55" s="2" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B55" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C55" s="7" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="D55" s="7" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="E55" s="7" t="s">
-        <v>4</v>
-[...2 lines deleted...]
-    <row r="56" spans="1:7">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="56" spans="1:8">
       <c r="B56" s="6" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="C56" s="4">
         <v>374</v>
       </c>
       <c r="D56" s="4">
         <v>389</v>
       </c>
       <c r="E56" s="4">
         <v>381</v>
       </c>
     </row>
-    <row r="57" spans="1:7">
+    <row r="57" spans="1:8">
       <c r="B57" s="6" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="C57" s="4">
         <v>120</v>
       </c>
       <c r="D57" s="4">
         <v>120</v>
       </c>
       <c r="E57" s="4">
         <v>120</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.787401575" bottom="0.787401575" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="portrait" scale="100" fitToHeight="2" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>