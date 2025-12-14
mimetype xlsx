--- v0 (2025-12-07)
+++ v1 (2025-12-14)
@@ -1993,51 +1993,51 @@
       </c>
       <c r="AA23" s="6" t="s">
         <v>43</v>
       </c>
       <c r="AB23" s="6" t="s">
         <v>74</v>
       </c>
       <c r="AC23" s="6" t="s">
         <v>46</v>
       </c>
       <c r="AD23" s="6" t="s">
         <v>60</v>
       </c>
       <c r="AE23" s="6" t="s">
         <v>47</v>
       </c>
       <c r="AF23" s="6" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="24" spans="1:32">
       <c r="B24" s="5" t="s">
         <v>3</v>
       </c>
       <c r="C24" s="4">
-        <v>0</v>
+        <v>420</v>
       </c>
       <c r="D24" s="4">
         <v>430</v>
       </c>
       <c r="E24" s="4">
         <v>421</v>
       </c>
       <c r="F24" s="4">
         <v>428</v>
       </c>
       <c r="G24" s="4">
         <v>429</v>
       </c>
       <c r="H24" s="4">
         <v>420</v>
       </c>
       <c r="I24" s="4">
         <v>396</v>
       </c>
       <c r="J24" s="7">
         <v>441</v>
       </c>
       <c r="K24" s="4">
         <v>413</v>
       </c>