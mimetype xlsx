--- v0 (2025-12-07)
+++ v1 (2025-12-14)
@@ -3625,51 +3625,51 @@
       </c>
       <c r="AA47" s="6" t="s">
         <v>144</v>
       </c>
       <c r="AB47" s="6" t="s">
         <v>167</v>
       </c>
       <c r="AC47" s="6" t="s">
         <v>168</v>
       </c>
       <c r="AD47" s="6" t="s">
         <v>169</v>
       </c>
       <c r="AE47" s="6" t="s">
         <v>170</v>
       </c>
       <c r="AF47" s="6" t="s">
         <v>170</v>
       </c>
     </row>
     <row r="48" spans="1:32">
       <c r="B48" s="5" t="s">
         <v>30</v>
       </c>
       <c r="C48" s="4">
-        <v>357</v>
+        <v>420</v>
       </c>
       <c r="D48" s="4">
         <v>430</v>
       </c>
       <c r="E48" s="4">
         <v>421</v>
       </c>
       <c r="F48" s="4">
         <v>428</v>
       </c>
       <c r="G48" s="4">
         <v>429</v>
       </c>
       <c r="H48" s="4">
         <v>420</v>
       </c>
       <c r="I48" s="4">
         <v>396</v>
       </c>
       <c r="J48" s="7">
         <v>441</v>
       </c>
       <c r="K48" s="4">
         <v>413</v>
       </c>