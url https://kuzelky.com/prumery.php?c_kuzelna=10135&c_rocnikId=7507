--- v0 (2025-12-05)
+++ v1 (2025-12-08)
@@ -413,84 +413,84 @@
   <si>
     <t>12.11.2023</t>
   </si>
   <si>
     <t>5.11.2023</t>
   </si>
   <si>
     <t>15.10.2023</t>
   </si>
   <si>
     <t>1.10.2023</t>
   </si>
   <si>
     <t>26.2.2023</t>
   </si>
   <si>
     <t>5.2.2023</t>
   </si>
   <si>
     <t>23.10.2022</t>
   </si>
   <si>
     <t>Dominik Kopčík</t>
   </si>
   <si>
+    <t>6.12.2025</t>
+  </si>
+  <si>
     <t>10.10.2025</t>
   </si>
   <si>
     <t>1.2.2025</t>
   </si>
   <si>
     <t>30.11.2024</t>
   </si>
   <si>
     <t>16.11.2024</t>
   </si>
   <si>
     <t>19.10.2024</t>
   </si>
   <si>
     <t>28.9.2024</t>
   </si>
   <si>
     <t>16.9.2023</t>
   </si>
   <si>
     <t>8.10.2022</t>
   </si>
   <si>
     <t>2.10.2022</t>
   </si>
   <si>
     <t>25.9.2022</t>
   </si>
   <si>
     <t>18.9.2022</t>
-  </si>
-[...1 lines deleted...]
-    <t>20.2.2022</t>
   </si>
   <si>
     <t>Radek Duhai</t>
   </si>
   <si>
     <t>11.3.2023</t>
   </si>
   <si>
     <t>11.2.2023</t>
   </si>
   <si>
     <t>Radovan Duhai</t>
   </si>
   <si>
     <t>25.3.2023</t>
   </si>
   <si>
     <t>5.2.2022</t>
   </si>
   <si>
     <t>Karel Stehlík</t>
   </si>
   <si>
     <t>16.3.2025</t>
   </si>
@@ -3242,250 +3242,250 @@
       </c>
       <c r="AB33" s="4">
         <v>120</v>
       </c>
       <c r="AC33" s="4">
         <v>120</v>
       </c>
       <c r="AD33" s="4">
         <v>120</v>
       </c>
       <c r="AE33" s="4">
         <v>120</v>
       </c>
       <c r="AF33" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="35" spans="1:32">
       <c r="A35" s="2" t="s">
         <v>132</v>
       </c>
       <c r="B35" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C35" s="7" t="s">
+        <v>133</v>
+      </c>
+      <c r="D35" s="7" t="s">
         <v>36</v>
       </c>
-      <c r="D35" s="7" t="s">
+      <c r="E35" s="7" t="s">
         <v>113</v>
       </c>
-      <c r="E35" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F35" s="7" t="s">
+        <v>134</v>
+      </c>
+      <c r="G35" s="7" t="s">
         <v>39</v>
       </c>
-      <c r="G35" s="7" t="s">
+      <c r="H35" s="7" t="s">
         <v>41</v>
       </c>
-      <c r="H35" s="7" t="s">
+      <c r="I35" s="7" t="s">
         <v>42</v>
-      </c>
-[...1 lines deleted...]
-        <v>134</v>
       </c>
       <c r="J35" s="7" t="s">
         <v>135</v>
       </c>
       <c r="K35" s="7" t="s">
         <v>136</v>
       </c>
       <c r="L35" s="7" t="s">
+        <v>137</v>
+      </c>
+      <c r="M35" s="7" t="s">
         <v>44</v>
       </c>
-      <c r="M35" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N35" s="7" t="s">
+        <v>138</v>
+      </c>
+      <c r="O35" s="7" t="s">
         <v>45</v>
       </c>
-      <c r="O35" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P35" s="7" t="s">
+        <v>139</v>
+      </c>
+      <c r="Q35" s="7" t="s">
         <v>47</v>
       </c>
-      <c r="Q35" s="7" t="s">
+      <c r="R35" s="7" t="s">
         <v>79</v>
       </c>
-      <c r="R35" s="7" t="s">
+      <c r="S35" s="7" t="s">
         <v>19</v>
       </c>
-      <c r="S35" s="7" t="s">
+      <c r="T35" s="7" t="s">
         <v>21</v>
       </c>
-      <c r="T35" s="7" t="s">
+      <c r="U35" s="7" t="s">
         <v>23</v>
       </c>
-      <c r="U35" s="7" t="s">
+      <c r="V35" s="7" t="s">
         <v>85</v>
       </c>
-      <c r="V35" s="7" t="s">
+      <c r="W35" s="7" t="s">
         <v>25</v>
       </c>
-      <c r="W35" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="X35" s="7" t="s">
+        <v>140</v>
+      </c>
+      <c r="Y35" s="7" t="s">
         <v>27</v>
       </c>
-      <c r="Y35" s="7" t="s">
+      <c r="Z35" s="7" t="s">
         <v>129</v>
       </c>
-      <c r="Z35" s="7" t="s">
+      <c r="AA35" s="7" t="s">
         <v>131</v>
-      </c>
-[...1 lines deleted...]
-        <v>140</v>
       </c>
       <c r="AB35" s="7" t="s">
         <v>141</v>
       </c>
       <c r="AC35" s="7" t="s">
         <v>142</v>
       </c>
       <c r="AD35" s="7" t="s">
+        <v>143</v>
+      </c>
+      <c r="AE35" s="7" t="s">
         <v>58</v>
-      </c>
-[...1 lines deleted...]
-        <v>143</v>
       </c>
       <c r="AF35" s="7" t="s">
         <v>144</v>
       </c>
     </row>
     <row r="36" spans="1:32">
       <c r="B36" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C36" s="5">
+        <v>426</v>
+      </c>
+      <c r="D36" s="5">
         <v>444</v>
       </c>
-      <c r="D36" s="5">
+      <c r="E36" s="5">
         <v>428</v>
       </c>
-      <c r="E36" s="5">
+      <c r="F36" s="5">
         <v>437</v>
       </c>
-      <c r="F36" s="4">
+      <c r="G36" s="4">
         <v>491</v>
       </c>
-      <c r="G36" s="4">
+      <c r="H36" s="4">
         <v>528</v>
       </c>
-      <c r="H36" s="4">
+      <c r="I36" s="4">
         <v>500</v>
       </c>
-      <c r="I36" s="4">
+      <c r="J36" s="4">
         <v>526</v>
       </c>
-      <c r="J36" s="4">
+      <c r="K36" s="4">
         <v>543</v>
       </c>
-      <c r="K36" s="4">
+      <c r="L36" s="4">
         <v>487</v>
       </c>
-      <c r="L36" s="4">
+      <c r="M36" s="4">
         <v>503</v>
       </c>
-      <c r="M36" s="4">
+      <c r="N36" s="4">
         <v>499</v>
       </c>
-      <c r="N36" s="4">
+      <c r="O36" s="4">
         <v>488</v>
       </c>
-      <c r="O36" s="4">
+      <c r="P36" s="4">
         <v>588</v>
       </c>
-      <c r="P36" s="4">
+      <c r="Q36" s="4">
         <v>468</v>
       </c>
-      <c r="Q36" s="4">
+      <c r="R36" s="4">
         <v>534</v>
       </c>
-      <c r="R36" s="4">
+      <c r="S36" s="4">
         <v>482</v>
       </c>
-      <c r="S36" s="4">
+      <c r="T36" s="4">
         <v>505</v>
       </c>
-      <c r="T36" s="4">
+      <c r="U36" s="4">
         <v>526</v>
       </c>
-      <c r="U36" s="4">
+      <c r="V36" s="4">
         <v>502</v>
       </c>
-      <c r="V36" s="4">
+      <c r="W36" s="4">
         <v>504</v>
       </c>
-      <c r="W36" s="4">
+      <c r="X36" s="4">
         <v>547</v>
       </c>
-      <c r="X36" s="5">
+      <c r="Y36" s="5">
         <v>424</v>
       </c>
-      <c r="Y36" s="4">
+      <c r="Z36" s="4">
         <v>574</v>
       </c>
-      <c r="Z36" s="4">
+      <c r="AA36" s="4">
         <v>495</v>
       </c>
-      <c r="AA36" s="5">
+      <c r="AB36" s="5">
         <v>428</v>
       </c>
-      <c r="AB36" s="4">
+      <c r="AC36" s="4">
         <v>552</v>
       </c>
-      <c r="AC36" s="4">
+      <c r="AD36" s="4">
         <v>489</v>
       </c>
-      <c r="AD36" s="5">
+      <c r="AE36" s="5">
         <v>431</v>
       </c>
-      <c r="AE36" s="4">
+      <c r="AF36" s="4">
         <v>488</v>
-      </c>
-[...1 lines deleted...]
-        <v>480</v>
       </c>
     </row>
     <row r="37" spans="1:32">
       <c r="B37" s="6" t="s">
         <v>34</v>
       </c>
       <c r="C37" s="7">
         <v>100</v>
       </c>
       <c r="D37" s="7">
         <v>100</v>
       </c>
       <c r="E37" s="7">
         <v>100</v>
       </c>
-      <c r="F37" s="4">
-        <v>120</v>
+      <c r="F37" s="7">
+        <v>100</v>
       </c>
       <c r="G37" s="4">
         <v>120</v>
       </c>
       <c r="H37" s="4">
         <v>120</v>
       </c>
       <c r="I37" s="4">
         <v>120</v>
       </c>
       <c r="J37" s="4">
         <v>120</v>
       </c>
       <c r="K37" s="4">
         <v>120</v>
       </c>
       <c r="L37" s="4">
         <v>120</v>
       </c>
       <c r="M37" s="4">
         <v>120</v>
       </c>
       <c r="N37" s="4">
         <v>120</v>
       </c>
@@ -3494,73 +3494,73 @@
       </c>
       <c r="P37" s="4">
         <v>120</v>
       </c>
       <c r="Q37" s="4">
         <v>120</v>
       </c>
       <c r="R37" s="4">
         <v>120</v>
       </c>
       <c r="S37" s="4">
         <v>120</v>
       </c>
       <c r="T37" s="4">
         <v>120</v>
       </c>
       <c r="U37" s="4">
         <v>120</v>
       </c>
       <c r="V37" s="4">
         <v>120</v>
       </c>
       <c r="W37" s="4">
         <v>120</v>
       </c>
-      <c r="X37" s="7">
-[...3 lines deleted...]
-        <v>120</v>
+      <c r="X37" s="4">
+        <v>120</v>
+      </c>
+      <c r="Y37" s="7">
+        <v>100</v>
       </c>
       <c r="Z37" s="4">
         <v>120</v>
       </c>
-      <c r="AA37" s="7">
-[...3 lines deleted...]
-        <v>120</v>
+      <c r="AA37" s="4">
+        <v>120</v>
+      </c>
+      <c r="AB37" s="7">
+        <v>100</v>
       </c>
       <c r="AC37" s="4">
         <v>120</v>
       </c>
-      <c r="AD37" s="7">
-[...3 lines deleted...]
-        <v>120</v>
+      <c r="AD37" s="4">
+        <v>120</v>
+      </c>
+      <c r="AE37" s="7">
+        <v>100</v>
       </c>
       <c r="AF37" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="39" spans="1:32">
       <c r="A39" s="2" t="s">
         <v>145</v>
       </c>
       <c r="B39" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C39" s="7" t="s">
         <v>16</v>
       </c>
       <c r="D39" s="7" t="s">
         <v>17</v>
       </c>
       <c r="E39" s="7" t="s">
         <v>122</v>
       </c>
       <c r="F39" s="7" t="s">
         <v>18</v>
       </c>
       <c r="G39" s="7" t="s">
@@ -3614,54 +3614,54 @@
       <c r="W39" s="7" t="s">
         <v>129</v>
       </c>
       <c r="X39" s="7" t="s">
         <v>29</v>
       </c>
       <c r="Y39" s="7" t="s">
         <v>147</v>
       </c>
       <c r="Z39" s="7" t="s">
         <v>130</v>
       </c>
       <c r="AA39" s="7" t="s">
         <v>31</v>
       </c>
       <c r="AB39" s="7" t="s">
         <v>32</v>
       </c>
       <c r="AC39" s="7" t="s">
         <v>65</v>
       </c>
       <c r="AD39" s="7" t="s">
         <v>131</v>
       </c>
       <c r="AE39" s="7" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="AF39" s="7" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
     </row>
     <row r="40" spans="1:32">
       <c r="B40" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C40" s="4">
         <v>537</v>
       </c>
       <c r="D40" s="4">
         <v>528</v>
       </c>
       <c r="E40" s="4">
         <v>596</v>
       </c>
       <c r="F40" s="4">
         <v>566</v>
       </c>
       <c r="G40" s="4">
         <v>541</v>
       </c>
       <c r="H40" s="4">
         <v>583</v>
       </c>
       <c r="I40" s="4">
@@ -3884,51 +3884,51 @@
       <c r="Q43" s="7" t="s">
         <v>149</v>
       </c>
       <c r="R43" s="7" t="s">
         <v>146</v>
       </c>
       <c r="S43" s="7" t="s">
         <v>29</v>
       </c>
       <c r="T43" s="7" t="s">
         <v>147</v>
       </c>
       <c r="U43" s="7" t="s">
         <v>32</v>
       </c>
       <c r="V43" s="7" t="s">
         <v>64</v>
       </c>
       <c r="W43" s="7" t="s">
         <v>65</v>
       </c>
       <c r="X43" s="7" t="s">
         <v>56</v>
       </c>
       <c r="Y43" s="7" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="Z43" s="7" t="s">
         <v>73</v>
       </c>
       <c r="AA43" s="7" t="s">
         <v>67</v>
       </c>
       <c r="AB43" s="7" t="s">
         <v>68</v>
       </c>
       <c r="AC43" s="7" t="s">
         <v>88</v>
       </c>
       <c r="AD43" s="7" t="s">
         <v>69</v>
       </c>
       <c r="AE43" s="7" t="s">
         <v>70</v>
       </c>
       <c r="AF43" s="7" t="s">
         <v>150</v>
       </c>
     </row>
     <row r="44" spans="1:32">
       <c r="B44" s="6" t="s">
@@ -4178,51 +4178,51 @@
       <c r="S47" s="7" t="s">
         <v>128</v>
       </c>
       <c r="T47" s="7" t="s">
         <v>25</v>
       </c>
       <c r="U47" s="7" t="s">
         <v>27</v>
       </c>
       <c r="V47" s="7" t="s">
         <v>149</v>
       </c>
       <c r="W47" s="7" t="s">
         <v>29</v>
       </c>
       <c r="X47" s="7" t="s">
         <v>147</v>
       </c>
       <c r="Y47" s="7" t="s">
         <v>64</v>
       </c>
       <c r="Z47" s="7" t="s">
         <v>65</v>
       </c>
       <c r="AA47" s="7" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="AB47" s="7" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="48" spans="1:32">
       <c r="B48" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C48" s="4">
         <v>424</v>
       </c>
       <c r="D48" s="4">
         <v>424</v>
       </c>
       <c r="E48" s="4">
         <v>460</v>
       </c>
       <c r="F48" s="4">
         <v>453</v>
       </c>
       <c r="G48" s="4">
         <v>476</v>
       </c>
       <c r="H48" s="4">
@@ -4388,51 +4388,51 @@
       <c r="E51" s="7" t="s">
         <v>63</v>
       </c>
       <c r="F51" s="7" t="s">
         <v>23</v>
       </c>
       <c r="G51" s="7" t="s">
         <v>27</v>
       </c>
       <c r="H51" s="7" t="s">
         <v>149</v>
       </c>
       <c r="I51" s="7" t="s">
         <v>51</v>
       </c>
       <c r="J51" s="7" t="s">
         <v>147</v>
       </c>
       <c r="K51" s="7" t="s">
         <v>32</v>
       </c>
       <c r="L51" s="7" t="s">
         <v>56</v>
       </c>
       <c r="M51" s="7" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="N51" s="7" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="52" spans="1:32">
       <c r="B52" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C52" s="4">
         <v>488</v>
       </c>
       <c r="D52" s="4">
         <v>462</v>
       </c>
       <c r="E52" s="4">
         <v>409</v>
       </c>
       <c r="F52" s="4">
         <v>495</v>
       </c>
       <c r="G52" s="5">
         <v>364</v>
       </c>
       <c r="H52" s="5">