--- v0 (2025-12-07)
+++ v1 (2025-12-13)
@@ -122,50 +122,53 @@
   <si>
     <t>5.2.2022</t>
   </si>
   <si>
     <t>27.11.2021</t>
   </si>
   <si>
     <t>20.11.2021</t>
   </si>
   <si>
     <t>9.10.2021</t>
   </si>
   <si>
     <t>25.9.2021</t>
   </si>
   <si>
     <t>Výkon:</t>
   </si>
   <si>
     <t>Počet hodů:</t>
   </si>
   <si>
     <t>František Mazák ml.</t>
   </si>
   <si>
+    <t>13.12.2025</t>
+  </si>
+  <si>
     <t>20.9.2025</t>
   </si>
   <si>
     <t>7.12.2024</t>
   </si>
   <si>
     <t>9.11.2024</t>
   </si>
   <si>
     <t>6.4.2024</t>
   </si>
   <si>
     <t>13.3.2024</t>
   </si>
   <si>
     <t>24.2.2024</t>
   </si>
   <si>
     <t>3.2.2024</t>
   </si>
   <si>
     <t>13.1.2024</t>
   </si>
   <si>
     <t>28.10.2023</t>
@@ -182,324 +185,321 @@
   <si>
     <t>9.3.2023</t>
   </si>
   <si>
     <t>25.2.2023</t>
   </si>
   <si>
     <t>10.2.2023</t>
   </si>
   <si>
     <t>4.2.2023</t>
   </si>
   <si>
     <t>26.11.2022</t>
   </si>
   <si>
     <t>12.11.2022</t>
   </si>
   <si>
     <t>31.3.2022</t>
   </si>
   <si>
     <t>4.3.2022</t>
   </si>
   <si>
+    <t>Martina Pospíšilová</t>
+  </si>
+  <si>
+    <t>29.11.2025</t>
+  </si>
+  <si>
+    <t>15.11.2025</t>
+  </si>
+  <si>
+    <t>1.11.2025</t>
+  </si>
+  <si>
+    <t>8.10.2025</t>
+  </si>
+  <si>
+    <t>27.9.2025</t>
+  </si>
+  <si>
+    <t>13.4.2025</t>
+  </si>
+  <si>
+    <t>6.4.2025</t>
+  </si>
+  <si>
+    <t>1.2.2025</t>
+  </si>
+  <si>
+    <t>28.9.2024</t>
+  </si>
+  <si>
+    <t>17.3.2024</t>
+  </si>
+  <si>
+    <t>10.2.2024</t>
+  </si>
+  <si>
+    <t>20.1.2024</t>
+  </si>
+  <si>
+    <t>4.11.2023</t>
+  </si>
+  <si>
+    <t>16.9.2023</t>
+  </si>
+  <si>
+    <t>10.9.2023</t>
+  </si>
+  <si>
+    <t>21.1.2023</t>
+  </si>
+  <si>
+    <t>8.10.2022</t>
+  </si>
+  <si>
+    <t>Jaroslav Solín</t>
+  </si>
+  <si>
+    <t>18.10.2025</t>
+  </si>
+  <si>
+    <t>8.3.2025</t>
+  </si>
+  <si>
+    <t>18.1.2025</t>
+  </si>
+  <si>
+    <t>1.4.2023</t>
+  </si>
+  <si>
+    <t>18.3.2023</t>
+  </si>
+  <si>
+    <t>Dagmar Jedličková</t>
+  </si>
+  <si>
+    <t>8.11.2025</t>
+  </si>
+  <si>
+    <t>25.10.2025</t>
+  </si>
+  <si>
+    <t>11.10.2025</t>
+  </si>
+  <si>
+    <t>13.9.2025</t>
+  </si>
+  <si>
+    <t>30.3.2025</t>
+  </si>
+  <si>
+    <t>16.3.2025</t>
+  </si>
+  <si>
+    <t>23.2.2025</t>
+  </si>
+  <si>
+    <t>29.10.2024</t>
+  </si>
+  <si>
+    <t>27.10.2024</t>
+  </si>
+  <si>
+    <t>22.9.2024</t>
+  </si>
+  <si>
+    <t>Václav Pilař</t>
+  </si>
+  <si>
+    <t>22.11.2025</t>
+  </si>
+  <si>
+    <t>10.10.2025</t>
+  </si>
+  <si>
+    <t>12.4.2025</t>
+  </si>
+  <si>
+    <t>15.3.2025</t>
+  </si>
+  <si>
+    <t>1.3.2025</t>
+  </si>
+  <si>
+    <t>30.11.2024</t>
+  </si>
+  <si>
+    <t>16.11.2024</t>
+  </si>
+  <si>
+    <t>2.11.2024</t>
+  </si>
+  <si>
+    <t>19.10.2024</t>
+  </si>
+  <si>
+    <t>5.10.2024</t>
+  </si>
+  <si>
+    <t>13.4.2024</t>
+  </si>
+  <si>
+    <t>23.3.2024</t>
+  </si>
+  <si>
+    <t>9.3.2024</t>
+  </si>
+  <si>
+    <t>25.11.2023</t>
+  </si>
+  <si>
+    <t>18.11.2023</t>
+  </si>
+  <si>
+    <t>František Mazák nejml.</t>
+  </si>
+  <si>
+    <t>17.9.2022</t>
+  </si>
+  <si>
+    <t>7.11.2021</t>
+  </si>
+  <si>
+    <t>27.9.2020</t>
+  </si>
+  <si>
+    <t>26.9.2020</t>
+  </si>
+  <si>
+    <t>13.9.2020</t>
+  </si>
+  <si>
+    <t>12.9.2020</t>
+  </si>
+  <si>
+    <t>29.2.2020</t>
+  </si>
+  <si>
+    <t>15.2.2020</t>
+  </si>
+  <si>
+    <t>1.2.2020</t>
+  </si>
+  <si>
+    <t>23.11.2019</t>
+  </si>
+  <si>
+    <t>17.11.2019</t>
+  </si>
+  <si>
+    <t>9.11.2019</t>
+  </si>
+  <si>
+    <t>12.10.2019</t>
+  </si>
+  <si>
+    <t>5.10.2019</t>
+  </si>
+  <si>
+    <t>21.9.2019</t>
+  </si>
+  <si>
+    <t>23.3.2019</t>
+  </si>
+  <si>
+    <t>17.3.2019</t>
+  </si>
+  <si>
+    <t>9.3.2019</t>
+  </si>
+  <si>
+    <t>23.2.2019</t>
+  </si>
+  <si>
+    <t>17.2.2019</t>
+  </si>
+  <si>
+    <t>3.2.2019</t>
+  </si>
+  <si>
+    <t>20.1.2019</t>
+  </si>
+  <si>
+    <t>1.12.2018</t>
+  </si>
+  <si>
+    <t>Vladislav Urban</t>
+  </si>
+  <si>
+    <t>Vít Veselý</t>
+  </si>
+  <si>
+    <t>25.2.2024</t>
+  </si>
+  <si>
+    <t>4.2.2024</t>
+  </si>
+  <si>
+    <t>26.11.2023</t>
+  </si>
+  <si>
+    <t>12.11.2023</t>
+  </si>
+  <si>
+    <t>5.11.2023</t>
+  </si>
+  <si>
+    <t>15.10.2023</t>
+  </si>
+  <si>
+    <t>1.10.2023</t>
+  </si>
+  <si>
+    <t>26.2.2023</t>
+  </si>
+  <si>
+    <t>5.2.2023</t>
+  </si>
+  <si>
+    <t>23.10.2022</t>
+  </si>
+  <si>
+    <t>Luděk Kratochvíl</t>
+  </si>
+  <si>
+    <t>Radovan Duhai</t>
+  </si>
+  <si>
+    <t>25.3.2023</t>
+  </si>
+  <si>
     <t>27.2.2022</t>
-  </si>
-[...271 lines deleted...]
-    <t>25.3.2023</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="6">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1208,230 +1208,230 @@
       </c>
       <c r="AC5" s="7">
         <v>100</v>
       </c>
       <c r="AD5" s="7">
         <v>100</v>
       </c>
       <c r="AE5" s="7">
         <v>100</v>
       </c>
       <c r="AF5" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="7" spans="1:32">
       <c r="A7" s="2" t="s">
         <v>35</v>
       </c>
       <c r="B7" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C7" s="7" t="s">
         <v>36</v>
       </c>
       <c r="D7" s="7" t="s">
+        <v>37</v>
+      </c>
+      <c r="E7" s="7" t="s">
         <v>3</v>
       </c>
-      <c r="E7" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F7" s="7" t="s">
+        <v>38</v>
+      </c>
+      <c r="G7" s="7" t="s">
         <v>8</v>
       </c>
-      <c r="G7" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H7" s="7" t="s">
+        <v>39</v>
+      </c>
+      <c r="I7" s="7" t="s">
         <v>9</v>
       </c>
-      <c r="I7" s="7" t="s">
+      <c r="J7" s="7" t="s">
         <v>10</v>
-      </c>
-[...1 lines deleted...]
-        <v>39</v>
       </c>
       <c r="K7" s="7" t="s">
         <v>40</v>
       </c>
       <c r="L7" s="7" t="s">
         <v>41</v>
       </c>
       <c r="M7" s="7" t="s">
         <v>42</v>
       </c>
       <c r="N7" s="7" t="s">
         <v>43</v>
       </c>
       <c r="O7" s="7" t="s">
+        <v>44</v>
+      </c>
+      <c r="P7" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="P7" s="7" t="s">
+      <c r="Q7" s="7" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>44</v>
       </c>
       <c r="R7" s="7" t="s">
         <v>45</v>
       </c>
       <c r="S7" s="7" t="s">
         <v>46</v>
       </c>
       <c r="T7" s="7" t="s">
         <v>47</v>
       </c>
       <c r="U7" s="7" t="s">
         <v>48</v>
       </c>
       <c r="V7" s="7" t="s">
         <v>49</v>
       </c>
       <c r="W7" s="7" t="s">
         <v>50</v>
       </c>
       <c r="X7" s="7" t="s">
         <v>51</v>
       </c>
       <c r="Y7" s="7" t="s">
         <v>52</v>
       </c>
       <c r="Z7" s="7" t="s">
         <v>53</v>
       </c>
       <c r="AA7" s="7" t="s">
+        <v>54</v>
+      </c>
+      <c r="AB7" s="7" t="s">
         <v>22</v>
       </c>
-      <c r="AB7" s="7" t="s">
+      <c r="AC7" s="7" t="s">
         <v>23</v>
       </c>
-      <c r="AC7" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AD7" s="7" t="s">
+        <v>55</v>
+      </c>
+      <c r="AE7" s="7" t="s">
         <v>24</v>
-      </c>
-[...1 lines deleted...]
-        <v>55</v>
       </c>
       <c r="AF7" s="7" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="8" spans="1:32">
       <c r="B8" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C8" s="4">
+        <v>535</v>
+      </c>
+      <c r="D8" s="4">
         <v>519</v>
       </c>
-      <c r="D8" s="4">
+      <c r="E8" s="4">
         <v>541</v>
       </c>
-      <c r="E8" s="4">
+      <c r="F8" s="4">
         <v>545</v>
       </c>
-      <c r="F8" s="4">
+      <c r="G8" s="4">
         <v>514</v>
       </c>
-      <c r="G8" s="4">
+      <c r="H8" s="4">
         <v>563</v>
       </c>
-      <c r="H8" s="4">
+      <c r="I8" s="4">
         <v>524</v>
       </c>
-      <c r="I8" s="4">
+      <c r="J8" s="4">
         <v>531</v>
       </c>
-      <c r="J8" s="4">
+      <c r="K8" s="4">
         <v>559</v>
       </c>
-      <c r="K8" s="4">
+      <c r="L8" s="4">
         <v>550</v>
       </c>
-      <c r="L8" s="4">
+      <c r="M8" s="4">
         <v>559</v>
       </c>
-      <c r="M8" s="4">
+      <c r="N8" s="4">
         <v>535</v>
       </c>
-      <c r="N8" s="4">
+      <c r="O8" s="4">
         <v>566</v>
       </c>
-      <c r="O8" s="4">
+      <c r="P8" s="4">
         <v>533</v>
       </c>
-      <c r="P8" s="4">
+      <c r="Q8" s="4">
         <v>541</v>
       </c>
-      <c r="Q8" s="4">
+      <c r="R8" s="4">
         <v>532</v>
       </c>
-      <c r="R8" s="4">
+      <c r="S8" s="4">
         <v>537</v>
       </c>
-      <c r="S8" s="4">
+      <c r="T8" s="4">
         <v>503</v>
       </c>
-      <c r="T8" s="5">
+      <c r="U8" s="5">
         <v>459</v>
       </c>
-      <c r="U8" s="5">
+      <c r="V8" s="5">
         <v>492</v>
       </c>
-      <c r="V8" s="5">
+      <c r="W8" s="5">
         <v>447</v>
       </c>
-      <c r="W8" s="5">
+      <c r="X8" s="5">
         <v>453</v>
       </c>
-      <c r="X8" s="5">
+      <c r="Y8" s="5">
         <v>482</v>
       </c>
-      <c r="Y8" s="5">
+      <c r="Z8" s="5">
         <v>456</v>
       </c>
-      <c r="Z8" s="5">
+      <c r="AA8" s="5">
         <v>490</v>
       </c>
-      <c r="AA8" s="5">
+      <c r="AB8" s="5">
         <v>448</v>
       </c>
-      <c r="AB8" s="5">
+      <c r="AC8" s="5">
         <v>438</v>
       </c>
-      <c r="AC8" s="5">
+      <c r="AD8" s="5">
         <v>435</v>
       </c>
-      <c r="AD8" s="5">
+      <c r="AE8" s="5">
         <v>422</v>
       </c>
-      <c r="AE8" s="5">
+      <c r="AF8" s="5">
         <v>453</v>
-      </c>
-[...1 lines deleted...]
-        <v>434</v>
       </c>
     </row>
     <row r="9" spans="1:32">
       <c r="B9" s="6" t="s">
         <v>34</v>
       </c>
       <c r="C9" s="4">
         <v>120</v>
       </c>
       <c r="D9" s="4">
         <v>120</v>
       </c>
       <c r="E9" s="4">
         <v>120</v>
       </c>
       <c r="F9" s="4">
         <v>120</v>
       </c>
       <c r="G9" s="4">
         <v>120</v>
       </c>
       <c r="H9" s="4">
         <v>120</v>
       </c>
       <c r="I9" s="4">
@@ -1445,52 +1445,52 @@
       </c>
       <c r="L9" s="4">
         <v>120</v>
       </c>
       <c r="M9" s="4">
         <v>120</v>
       </c>
       <c r="N9" s="4">
         <v>120</v>
       </c>
       <c r="O9" s="4">
         <v>120</v>
       </c>
       <c r="P9" s="4">
         <v>120</v>
       </c>
       <c r="Q9" s="4">
         <v>120</v>
       </c>
       <c r="R9" s="4">
         <v>120</v>
       </c>
       <c r="S9" s="4">
         <v>120</v>
       </c>
-      <c r="T9" s="7">
-        <v>100</v>
+      <c r="T9" s="4">
+        <v>120</v>
       </c>
       <c r="U9" s="7">
         <v>100</v>
       </c>
       <c r="V9" s="7">
         <v>100</v>
       </c>
       <c r="W9" s="7">
         <v>100</v>
       </c>
       <c r="X9" s="7">
         <v>100</v>
       </c>
       <c r="Y9" s="7">
         <v>100</v>
       </c>
       <c r="Z9" s="7">
         <v>100</v>
       </c>
       <c r="AA9" s="7">
         <v>100</v>
       </c>
       <c r="AB9" s="7">
         <v>100</v>
       </c>
@@ -1523,66 +1523,66 @@
       <c r="E11" s="7" t="s">
         <v>60</v>
       </c>
       <c r="F11" s="7" t="s">
         <v>61</v>
       </c>
       <c r="G11" s="7" t="s">
         <v>62</v>
       </c>
       <c r="H11" s="7" t="s">
         <v>63</v>
       </c>
       <c r="I11" s="7" t="s">
         <v>64</v>
       </c>
       <c r="J11" s="7" t="s">
         <v>3</v>
       </c>
       <c r="K11" s="7" t="s">
         <v>6</v>
       </c>
       <c r="L11" s="7" t="s">
         <v>65</v>
       </c>
       <c r="M11" s="7" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="N11" s="7" t="s">
         <v>8</v>
       </c>
       <c r="O11" s="7" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="P11" s="7" t="s">
         <v>9</v>
       </c>
       <c r="Q11" s="7" t="s">
         <v>66</v>
       </c>
       <c r="R11" s="7" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="S11" s="7" t="s">
         <v>67</v>
       </c>
       <c r="T11" s="7" t="s">
         <v>68</v>
       </c>
       <c r="U11" s="7" t="s">
         <v>69</v>
       </c>
       <c r="V11" s="7" t="s">
         <v>13</v>
       </c>
       <c r="W11" s="7" t="s">
         <v>70</v>
       </c>
       <c r="X11" s="7" t="s">
         <v>71</v>
       </c>
       <c r="Y11" s="7" t="s">
         <v>72</v>
       </c>
       <c r="Z11" s="7" t="s">
         <v>18</v>
       </c>
@@ -1781,233 +1781,233 @@
       </c>
       <c r="AB13" s="7">
         <v>100</v>
       </c>
       <c r="AC13" s="7">
         <v>100</v>
       </c>
       <c r="AD13" s="7">
         <v>100</v>
       </c>
       <c r="AE13" s="7">
         <v>100</v>
       </c>
       <c r="AF13" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="15" spans="1:32">
       <c r="A15" s="2" t="s">
         <v>75</v>
       </c>
       <c r="B15" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C15" s="7" t="s">
+        <v>36</v>
+      </c>
+      <c r="D15" s="7" t="s">
         <v>58</v>
       </c>
-      <c r="D15" s="7" t="s">
+      <c r="E15" s="7" t="s">
         <v>59</v>
       </c>
-      <c r="E15" s="7" t="s">
+      <c r="F15" s="7" t="s">
         <v>76</v>
       </c>
-      <c r="F15" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G15" s="7" t="s">
+        <v>37</v>
+      </c>
+      <c r="H15" s="7" t="s">
         <v>3</v>
       </c>
-      <c r="H15" s="7" t="s">
+      <c r="I15" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="I15" s="7" t="s">
+      <c r="J15" s="7" t="s">
         <v>77</v>
       </c>
-      <c r="J15" s="7" t="s">
+      <c r="K15" s="7" t="s">
         <v>5</v>
       </c>
-      <c r="K15" s="7" t="s">
+      <c r="L15" s="7" t="s">
         <v>6</v>
       </c>
-      <c r="L15" s="7" t="s">
+      <c r="M15" s="7" t="s">
         <v>7</v>
       </c>
-      <c r="M15" s="7" t="s">
+      <c r="N15" s="7" t="s">
         <v>78</v>
       </c>
-      <c r="N15" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O15" s="7" t="s">
+        <v>38</v>
+      </c>
+      <c r="P15" s="7" t="s">
         <v>8</v>
       </c>
-      <c r="P15" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Q15" s="7" t="s">
+        <v>39</v>
+      </c>
+      <c r="R15" s="7" t="s">
         <v>9</v>
       </c>
-      <c r="R15" s="7" t="s">
+      <c r="S15" s="7" t="s">
         <v>10</v>
-      </c>
-[...1 lines deleted...]
-        <v>39</v>
       </c>
       <c r="T15" s="7" t="s">
         <v>40</v>
       </c>
       <c r="U15" s="7" t="s">
         <v>41</v>
       </c>
       <c r="V15" s="7" t="s">
         <v>42</v>
       </c>
       <c r="W15" s="7" t="s">
         <v>43</v>
       </c>
       <c r="X15" s="7" t="s">
+        <v>44</v>
+      </c>
+      <c r="Y15" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="Y15" s="7" t="s">
+      <c r="Z15" s="7" t="s">
         <v>14</v>
       </c>
-      <c r="Z15" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AA15" s="7" t="s">
+        <v>45</v>
+      </c>
+      <c r="AB15" s="7" t="s">
         <v>15</v>
-      </c>
-[...1 lines deleted...]
-        <v>45</v>
       </c>
       <c r="AC15" s="7" t="s">
         <v>46</v>
       </c>
       <c r="AD15" s="7" t="s">
+        <v>47</v>
+      </c>
+      <c r="AE15" s="7" t="s">
         <v>79</v>
       </c>
-      <c r="AE15" s="7" t="s">
+      <c r="AF15" s="7" t="s">
         <v>80</v>
-      </c>
-[...1 lines deleted...]
-        <v>81</v>
       </c>
     </row>
     <row r="16" spans="1:32">
       <c r="B16" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C16" s="4">
+        <v>558</v>
+      </c>
+      <c r="D16" s="4">
         <v>556</v>
       </c>
-      <c r="D16" s="4">
+      <c r="E16" s="4">
         <v>557</v>
       </c>
-      <c r="E16" s="4">
+      <c r="F16" s="4">
         <v>521</v>
       </c>
-      <c r="F16" s="4">
+      <c r="G16" s="4">
         <v>508</v>
       </c>
-      <c r="G16" s="4">
+      <c r="H16" s="4">
         <v>542</v>
       </c>
-      <c r="H16" s="4">
+      <c r="I16" s="4">
         <v>533</v>
       </c>
-      <c r="I16" s="4">
+      <c r="J16" s="4">
         <v>529</v>
       </c>
-      <c r="J16" s="4">
+      <c r="K16" s="4">
         <v>545</v>
       </c>
-      <c r="K16" s="4">
+      <c r="L16" s="4">
         <v>525</v>
       </c>
-      <c r="L16" s="4">
+      <c r="M16" s="4">
         <v>533</v>
       </c>
-      <c r="M16" s="4">
+      <c r="N16" s="4">
         <v>526</v>
       </c>
-      <c r="N16" s="4">
+      <c r="O16" s="4">
         <v>524</v>
       </c>
-      <c r="O16" s="4">
+      <c r="P16" s="4">
         <v>576</v>
       </c>
-      <c r="P16" s="4">
+      <c r="Q16" s="4">
         <v>563</v>
       </c>
-      <c r="Q16" s="4">
+      <c r="R16" s="4">
         <v>546</v>
       </c>
-      <c r="R16" s="4">
+      <c r="S16" s="4">
         <v>548</v>
       </c>
-      <c r="S16" s="4">
+      <c r="T16" s="4">
         <v>558</v>
       </c>
-      <c r="T16" s="4">
+      <c r="U16" s="4">
         <v>516</v>
       </c>
-      <c r="U16" s="4">
+      <c r="V16" s="4">
         <v>565</v>
       </c>
-      <c r="V16" s="4">
+      <c r="W16" s="4">
         <v>575</v>
       </c>
-      <c r="W16" s="4">
+      <c r="X16" s="4">
         <v>570</v>
       </c>
-      <c r="X16" s="4">
+      <c r="Y16" s="4">
         <v>518</v>
       </c>
-      <c r="Y16" s="4">
+      <c r="Z16" s="4">
         <v>544</v>
       </c>
-      <c r="Z16" s="4">
+      <c r="AA16" s="4">
         <v>527</v>
       </c>
-      <c r="AA16" s="4">
+      <c r="AB16" s="4">
         <v>532</v>
       </c>
-      <c r="AB16" s="4">
+      <c r="AC16" s="4">
         <v>543</v>
       </c>
-      <c r="AC16" s="4">
+      <c r="AD16" s="4">
         <v>576</v>
       </c>
-      <c r="AD16" s="4">
+      <c r="AE16" s="4">
         <v>528</v>
       </c>
-      <c r="AE16" s="4">
+      <c r="AF16" s="4">
         <v>513</v>
-      </c>
-[...1 lines deleted...]
-        <v>514</v>
       </c>
     </row>
     <row r="17" spans="1:32">
       <c r="B17" s="6" t="s">
         <v>34</v>
       </c>
       <c r="C17" s="4">
         <v>120</v>
       </c>
       <c r="D17" s="4">
         <v>120</v>
       </c>
       <c r="E17" s="4">
         <v>120</v>
       </c>
       <c r="F17" s="4">
         <v>120</v>
       </c>
       <c r="G17" s="4">
         <v>120</v>
       </c>
       <c r="H17" s="4">
         <v>120</v>
       </c>
       <c r="I17" s="4">
@@ -2063,138 +2063,138 @@
       </c>
       <c r="Z17" s="4">
         <v>120</v>
       </c>
       <c r="AA17" s="4">
         <v>120</v>
       </c>
       <c r="AB17" s="4">
         <v>120</v>
       </c>
       <c r="AC17" s="4">
         <v>120</v>
       </c>
       <c r="AD17" s="4">
         <v>120</v>
       </c>
       <c r="AE17" s="4">
         <v>120</v>
       </c>
       <c r="AF17" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="19" spans="1:32">
       <c r="A19" s="2" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="B19" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C19" s="7" t="s">
         <v>59</v>
       </c>
       <c r="D19" s="7" t="s">
+        <v>82</v>
+      </c>
+      <c r="E19" s="7" t="s">
         <v>83</v>
       </c>
-      <c r="E19" s="7" t="s">
+      <c r="F19" s="7" t="s">
         <v>84</v>
-      </c>
-[...1 lines deleted...]
-        <v>85</v>
       </c>
       <c r="G19" s="7" t="s">
         <v>61</v>
       </c>
       <c r="H19" s="7" t="s">
         <v>62</v>
       </c>
       <c r="I19" s="7" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="J19" s="7" t="s">
         <v>63</v>
       </c>
       <c r="K19" s="7" t="s">
         <v>3</v>
       </c>
       <c r="L19" s="7" t="s">
+        <v>86</v>
+      </c>
+      <c r="M19" s="7" t="s">
         <v>87</v>
       </c>
-      <c r="M19" s="7" t="s">
+      <c r="N19" s="7" t="s">
         <v>88</v>
-      </c>
-[...1 lines deleted...]
-        <v>89</v>
       </c>
       <c r="O19" s="7" t="s">
         <v>6</v>
       </c>
       <c r="P19" s="7" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="Q19" s="7" t="s">
+        <v>89</v>
+      </c>
+      <c r="R19" s="7" t="s">
         <v>90</v>
-      </c>
-[...1 lines deleted...]
-        <v>91</v>
       </c>
       <c r="S19" s="7" t="s">
         <v>66</v>
       </c>
       <c r="T19" s="7" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="U19" s="7" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="V19" s="7" t="s">
         <v>67</v>
       </c>
       <c r="W19" s="7" t="s">
         <v>11</v>
       </c>
       <c r="X19" s="7" t="s">
         <v>12</v>
       </c>
       <c r="Y19" s="7" t="s">
         <v>69</v>
       </c>
       <c r="Z19" s="7" t="s">
         <v>13</v>
       </c>
       <c r="AA19" s="7" t="s">
         <v>14</v>
       </c>
       <c r="AB19" s="7" t="s">
         <v>15</v>
       </c>
       <c r="AC19" s="7" t="s">
         <v>16</v>
       </c>
       <c r="AD19" s="7" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="AE19" s="7" t="s">
         <v>17</v>
       </c>
       <c r="AF19" s="7" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="20" spans="1:32">
       <c r="B20" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C20" s="4">
         <v>525</v>
       </c>
       <c r="D20" s="4">
         <v>495</v>
       </c>
       <c r="E20" s="4">
         <v>510</v>
       </c>
       <c r="F20" s="4">
         <v>481</v>
       </c>
       <c r="G20" s="4">
@@ -2351,120 +2351,120 @@
       </c>
       <c r="Z21" s="4">
         <v>120</v>
       </c>
       <c r="AA21" s="4">
         <v>120</v>
       </c>
       <c r="AB21" s="4">
         <v>120</v>
       </c>
       <c r="AC21" s="4">
         <v>120</v>
       </c>
       <c r="AD21" s="4">
         <v>120</v>
       </c>
       <c r="AE21" s="7">
         <v>100</v>
       </c>
       <c r="AF21" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="23" spans="1:32">
       <c r="A23" s="2" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="B23" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C23" s="7" t="s">
+        <v>93</v>
+      </c>
+      <c r="D23" s="7" t="s">
         <v>94</v>
       </c>
-      <c r="D23" s="7" t="s">
+      <c r="E23" s="7" t="s">
         <v>95</v>
       </c>
-      <c r="E23" s="7" t="s">
+      <c r="F23" s="7" t="s">
         <v>96</v>
       </c>
-      <c r="F23" s="7" t="s">
+      <c r="G23" s="7" t="s">
         <v>97</v>
-      </c>
-[...1 lines deleted...]
-        <v>98</v>
       </c>
       <c r="H23" s="7" t="s">
         <v>5</v>
       </c>
       <c r="I23" s="7" t="s">
         <v>65</v>
       </c>
       <c r="J23" s="7" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="K23" s="7" t="s">
         <v>8</v>
       </c>
       <c r="L23" s="7" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="M23" s="7" t="s">
+        <v>100</v>
+      </c>
+      <c r="N23" s="7" t="s">
         <v>101</v>
       </c>
-      <c r="N23" s="7" t="s">
+      <c r="O23" s="7" t="s">
         <v>102</v>
-      </c>
-[...1 lines deleted...]
-        <v>103</v>
       </c>
       <c r="P23" s="7" t="s">
         <v>66</v>
       </c>
       <c r="Q23" s="7" t="s">
+        <v>103</v>
+      </c>
+      <c r="R23" s="7" t="s">
         <v>104</v>
       </c>
-      <c r="R23" s="7" t="s">
+      <c r="S23" s="7" t="s">
         <v>105</v>
-      </c>
-[...1 lines deleted...]
-        <v>106</v>
       </c>
       <c r="T23" s="7" t="s">
         <v>12</v>
       </c>
       <c r="U23" s="7" t="s">
         <v>68</v>
       </c>
       <c r="V23" s="7" t="s">
         <v>69</v>
       </c>
       <c r="W23" s="7" t="s">
+        <v>106</v>
+      </c>
+      <c r="X23" s="7" t="s">
         <v>107</v>
-      </c>
-[...1 lines deleted...]
-        <v>108</v>
       </c>
       <c r="Y23" s="7" t="s">
         <v>70</v>
       </c>
       <c r="Z23" s="7" t="s">
         <v>16</v>
       </c>
       <c r="AA23" s="7" t="s">
         <v>71</v>
       </c>
       <c r="AB23" s="7" t="s">
         <v>17</v>
       </c>
       <c r="AC23" s="7" t="s">
         <v>18</v>
       </c>
       <c r="AD23" s="7" t="s">
         <v>19</v>
       </c>
       <c r="AE23" s="7" t="s">
         <v>73</v>
       </c>
       <c r="AF23" s="7" t="s">
         <v>21</v>
       </c>
@@ -2639,144 +2639,144 @@
       </c>
       <c r="Z25" s="4">
         <v>120</v>
       </c>
       <c r="AA25" s="4">
         <v>120</v>
       </c>
       <c r="AB25" s="7">
         <v>100</v>
       </c>
       <c r="AC25" s="7">
         <v>100</v>
       </c>
       <c r="AD25" s="7">
         <v>100</v>
       </c>
       <c r="AE25" s="7">
         <v>100</v>
       </c>
       <c r="AF25" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="27" spans="1:32">
       <c r="A27" s="2" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="B27" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="7" t="s">
         <v>79</v>
       </c>
       <c r="D27" s="7" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="E27" s="7" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="F27" s="7" t="s">
         <v>21</v>
       </c>
       <c r="G27" s="7" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="H27" s="7" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="I27" s="7" t="s">
         <v>25</v>
       </c>
       <c r="J27" s="7" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="K27" s="7" t="s">
         <v>32</v>
       </c>
       <c r="L27" s="7" t="s">
+        <v>111</v>
+      </c>
+      <c r="M27" s="7" t="s">
         <v>112</v>
       </c>
-      <c r="M27" s="7" t="s">
+      <c r="N27" s="7" t="s">
         <v>113</v>
       </c>
-      <c r="N27" s="7" t="s">
+      <c r="O27" s="7" t="s">
         <v>114</v>
       </c>
-      <c r="O27" s="7" t="s">
+      <c r="P27" s="7" t="s">
         <v>115</v>
       </c>
-      <c r="P27" s="7" t="s">
+      <c r="Q27" s="7" t="s">
         <v>116</v>
       </c>
-      <c r="Q27" s="7" t="s">
+      <c r="R27" s="7" t="s">
         <v>117</v>
       </c>
-      <c r="R27" s="7" t="s">
+      <c r="S27" s="7" t="s">
         <v>118</v>
       </c>
-      <c r="S27" s="7" t="s">
+      <c r="T27" s="7" t="s">
         <v>119</v>
       </c>
-      <c r="T27" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="U27" s="7" t="s">
+        <v>120</v>
+      </c>
+      <c r="V27" s="7" t="s">
         <v>121</v>
       </c>
-      <c r="V27" s="7" t="s">
+      <c r="W27" s="7" t="s">
         <v>122</v>
       </c>
-      <c r="W27" s="7" t="s">
+      <c r="X27" s="7" t="s">
         <v>123</v>
       </c>
-      <c r="X27" s="7" t="s">
+      <c r="Y27" s="7" t="s">
         <v>124</v>
       </c>
-      <c r="Y27" s="7" t="s">
+      <c r="Z27" s="7" t="s">
         <v>125</v>
       </c>
-      <c r="Z27" s="7" t="s">
+      <c r="AA27" s="7" t="s">
         <v>126</v>
       </c>
-      <c r="AA27" s="7" t="s">
+      <c r="AB27" s="7" t="s">
         <v>127</v>
       </c>
-      <c r="AB27" s="7" t="s">
+      <c r="AC27" s="7" t="s">
         <v>128</v>
       </c>
-      <c r="AC27" s="7" t="s">
+      <c r="AD27" s="7" t="s">
         <v>129</v>
       </c>
-      <c r="AD27" s="7" t="s">
+      <c r="AE27" s="7" t="s">
         <v>130</v>
       </c>
-      <c r="AE27" s="7" t="s">
+      <c r="AF27" s="7" t="s">
         <v>131</v>
-      </c>
-[...1 lines deleted...]
-        <v>132</v>
       </c>
     </row>
     <row r="28" spans="1:32">
       <c r="B28" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C28" s="5">
         <v>447</v>
       </c>
       <c r="D28" s="5">
         <v>415</v>
       </c>
       <c r="E28" s="5">
         <v>418</v>
       </c>
       <c r="F28" s="5">
         <v>400</v>
       </c>
       <c r="G28" s="5">
         <v>428</v>
       </c>
       <c r="H28" s="5">
         <v>399</v>
       </c>
       <c r="I28" s="5">
@@ -2927,239 +2927,239 @@
       </c>
       <c r="Z29" s="7">
         <v>100</v>
       </c>
       <c r="AA29" s="7">
         <v>100</v>
       </c>
       <c r="AB29" s="7">
         <v>100</v>
       </c>
       <c r="AC29" s="7">
         <v>100</v>
       </c>
       <c r="AD29" s="7">
         <v>100</v>
       </c>
       <c r="AE29" s="7">
         <v>100</v>
       </c>
       <c r="AF29" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="31" spans="1:32">
       <c r="A31" s="2" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="B31" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="7" t="s">
+        <v>36</v>
+      </c>
+      <c r="D31" s="7" t="s">
         <v>59</v>
       </c>
-      <c r="D31" s="7" t="s">
+      <c r="E31" s="7" t="s">
         <v>60</v>
       </c>
-      <c r="E31" s="7" t="s">
+      <c r="F31" s="7" t="s">
         <v>76</v>
       </c>
-      <c r="F31" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G31" s="7" t="s">
-        <v>97</v>
+        <v>37</v>
       </c>
       <c r="H31" s="7" t="s">
+        <v>96</v>
+      </c>
+      <c r="I31" s="7" t="s">
         <v>5</v>
       </c>
-      <c r="I31" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J31" s="7" t="s">
+        <v>98</v>
+      </c>
+      <c r="K31" s="7" t="s">
         <v>8</v>
       </c>
-      <c r="K31" s="7" t="s">
+      <c r="L31" s="7" t="s">
+        <v>100</v>
+      </c>
+      <c r="M31" s="7" t="s">
         <v>101</v>
       </c>
-      <c r="L31" s="7" t="s">
+      <c r="N31" s="7" t="s">
         <v>102</v>
       </c>
-      <c r="M31" s="7" t="s">
+      <c r="O31" s="7" t="s">
         <v>103</v>
       </c>
-      <c r="N31" s="7" t="s">
+      <c r="P31" s="7" t="s">
         <v>104</v>
       </c>
-      <c r="O31" s="7" t="s">
+      <c r="Q31" s="7" t="s">
         <v>105</v>
       </c>
-      <c r="P31" s="7" t="s">
+      <c r="R31" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="S31" s="7" t="s">
+        <v>68</v>
+      </c>
+      <c r="T31" s="7" t="s">
+        <v>69</v>
+      </c>
+      <c r="U31" s="7" t="s">
         <v>106</v>
       </c>
-      <c r="Q31" s="7" t="s">
-[...8 lines deleted...]
-      <c r="T31" s="7" t="s">
+      <c r="V31" s="7" t="s">
         <v>107</v>
       </c>
-      <c r="U31" s="7" t="s">
-[...2 lines deleted...]
-      <c r="V31" s="7" t="s">
+      <c r="W31" s="7" t="s">
         <v>70</v>
       </c>
-      <c r="W31" s="7" t="s">
+      <c r="X31" s="7" t="s">
         <v>16</v>
       </c>
-      <c r="X31" s="7" t="s">
+      <c r="Y31" s="7" t="s">
         <v>71</v>
       </c>
-      <c r="Y31" s="7" t="s">
+      <c r="Z31" s="7" t="s">
         <v>17</v>
       </c>
-      <c r="Z31" s="7" t="s">
+      <c r="AA31" s="7" t="s">
         <v>18</v>
       </c>
-      <c r="AA31" s="7" t="s">
+      <c r="AB31" s="7" t="s">
         <v>19</v>
       </c>
-      <c r="AB31" s="7" t="s">
+      <c r="AC31" s="7" t="s">
         <v>73</v>
       </c>
-      <c r="AC31" s="7" t="s">
+      <c r="AD31" s="7" t="s">
         <v>20</v>
       </c>
-      <c r="AD31" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AE31" s="7" t="s">
+        <v>54</v>
+      </c>
+      <c r="AF31" s="7" t="s">
         <v>22</v>
-      </c>
-[...1 lines deleted...]
-        <v>74</v>
       </c>
     </row>
     <row r="32" spans="1:32">
       <c r="B32" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C32" s="4">
+        <v>553</v>
+      </c>
+      <c r="D32" s="4">
         <v>528</v>
       </c>
-      <c r="D32" s="4">
+      <c r="E32" s="4">
         <v>493</v>
       </c>
-      <c r="E32" s="4">
+      <c r="F32" s="4">
         <v>534</v>
       </c>
-      <c r="F32" s="4">
+      <c r="G32" s="4">
         <v>517</v>
       </c>
-      <c r="G32" s="4">
+      <c r="H32" s="4">
         <v>548</v>
       </c>
-      <c r="H32" s="4">
+      <c r="I32" s="4">
         <v>542</v>
       </c>
-      <c r="I32" s="4">
+      <c r="J32" s="4">
         <v>569</v>
       </c>
-      <c r="J32" s="4">
+      <c r="K32" s="4">
         <v>549</v>
       </c>
-      <c r="K32" s="4">
+      <c r="L32" s="4">
         <v>492</v>
       </c>
-      <c r="L32" s="4">
+      <c r="M32" s="4">
         <v>544</v>
       </c>
-      <c r="M32" s="4">
+      <c r="N32" s="4">
         <v>508</v>
       </c>
-      <c r="N32" s="4">
+      <c r="O32" s="4">
         <v>583</v>
       </c>
-      <c r="O32" s="4">
+      <c r="P32" s="4">
         <v>520</v>
       </c>
-      <c r="P32" s="4">
+      <c r="Q32" s="4">
         <v>569</v>
       </c>
-      <c r="Q32" s="4">
+      <c r="R32" s="4">
         <v>578</v>
       </c>
-      <c r="R32" s="4">
+      <c r="S32" s="4">
         <v>516</v>
       </c>
-      <c r="S32" s="4">
+      <c r="T32" s="4">
         <v>515</v>
       </c>
-      <c r="T32" s="4">
+      <c r="U32" s="4">
         <v>526</v>
       </c>
-      <c r="U32" s="4">
+      <c r="V32" s="4">
         <v>557</v>
       </c>
-      <c r="V32" s="4">
+      <c r="W32" s="4">
         <v>598</v>
       </c>
-      <c r="W32" s="4">
+      <c r="X32" s="4">
         <v>490</v>
       </c>
-      <c r="X32" s="4">
+      <c r="Y32" s="4">
         <v>569</v>
       </c>
-      <c r="Y32" s="5">
+      <c r="Z32" s="5">
         <v>413</v>
       </c>
-      <c r="Z32" s="5">
+      <c r="AA32" s="5">
         <v>433</v>
       </c>
-      <c r="AA32" s="5">
+      <c r="AB32" s="5">
         <v>460</v>
       </c>
-      <c r="AB32" s="5">
+      <c r="AC32" s="5">
         <v>426</v>
       </c>
-      <c r="AC32" s="5">
+      <c r="AD32" s="5">
         <v>462</v>
       </c>
-      <c r="AD32" s="5">
+      <c r="AE32" s="5">
         <v>421</v>
       </c>
-      <c r="AE32" s="5">
+      <c r="AF32" s="5">
         <v>433</v>
-      </c>
-[...1 lines deleted...]
-        <v>450</v>
       </c>
     </row>
     <row r="33" spans="1:32">
       <c r="B33" s="6" t="s">
         <v>34</v>
       </c>
       <c r="C33" s="4">
         <v>120</v>
       </c>
       <c r="D33" s="4">
         <v>120</v>
       </c>
       <c r="E33" s="4">
         <v>120</v>
       </c>
       <c r="F33" s="4">
         <v>120</v>
       </c>
       <c r="G33" s="4">
         <v>120</v>
       </c>
       <c r="H33" s="4">
         <v>120</v>
       </c>
       <c r="I33" s="4">
@@ -3188,171 +3188,171 @@
       </c>
       <c r="Q33" s="4">
         <v>120</v>
       </c>
       <c r="R33" s="4">
         <v>120</v>
       </c>
       <c r="S33" s="4">
         <v>120</v>
       </c>
       <c r="T33" s="4">
         <v>120</v>
       </c>
       <c r="U33" s="4">
         <v>120</v>
       </c>
       <c r="V33" s="4">
         <v>120</v>
       </c>
       <c r="W33" s="4">
         <v>120</v>
       </c>
       <c r="X33" s="4">
         <v>120</v>
       </c>
-      <c r="Y33" s="7">
-        <v>100</v>
+      <c r="Y33" s="4">
+        <v>120</v>
       </c>
       <c r="Z33" s="7">
         <v>100</v>
       </c>
       <c r="AA33" s="7">
         <v>100</v>
       </c>
       <c r="AB33" s="7">
         <v>100</v>
       </c>
       <c r="AC33" s="7">
         <v>100</v>
       </c>
       <c r="AD33" s="7">
         <v>100</v>
       </c>
       <c r="AE33" s="7">
         <v>100</v>
       </c>
       <c r="AF33" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="35" spans="1:32">
       <c r="A35" s="2" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="B35" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C35" s="7" t="s">
         <v>59</v>
       </c>
       <c r="D35" s="7" t="s">
+        <v>82</v>
+      </c>
+      <c r="E35" s="7" t="s">
         <v>83</v>
       </c>
-      <c r="E35" s="7" t="s">
+      <c r="F35" s="7" t="s">
         <v>84</v>
-      </c>
-[...1 lines deleted...]
-        <v>85</v>
       </c>
       <c r="G35" s="7" t="s">
         <v>62</v>
       </c>
       <c r="H35" s="7" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="I35" s="7" t="s">
         <v>63</v>
       </c>
       <c r="J35" s="7" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="K35" s="7" t="s">
+        <v>89</v>
+      </c>
+      <c r="L35" s="7" t="s">
         <v>90</v>
       </c>
-      <c r="L35" s="7" t="s">
+      <c r="M35" s="7" t="s">
         <v>91</v>
       </c>
-      <c r="M35" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N35" s="7" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="O35" s="7" t="s">
+        <v>134</v>
+      </c>
+      <c r="P35" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="Q35" s="7" t="s">
         <v>135</v>
       </c>
-      <c r="P35" s="7" t="s">
-[...2 lines deleted...]
-      <c r="Q35" s="7" t="s">
+      <c r="R35" s="7" t="s">
+        <v>43</v>
+      </c>
+      <c r="S35" s="7" t="s">
+        <v>44</v>
+      </c>
+      <c r="T35" s="7" t="s">
         <v>136</v>
       </c>
-      <c r="R35" s="7" t="s">
-[...5 lines deleted...]
-      <c r="T35" s="7" t="s">
+      <c r="U35" s="7" t="s">
         <v>137</v>
       </c>
-      <c r="U35" s="7" t="s">
+      <c r="V35" s="7" t="s">
         <v>138</v>
       </c>
-      <c r="V35" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="W35" s="7" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="X35" s="7" t="s">
         <v>15</v>
       </c>
       <c r="Y35" s="7" t="s">
+        <v>139</v>
+      </c>
+      <c r="Z35" s="7" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA35" s="7" t="s">
         <v>140</v>
       </c>
-      <c r="Z35" s="7" t="s">
-[...2 lines deleted...]
-      <c r="AA35" s="7" t="s">
+      <c r="AB35" s="7" t="s">
+        <v>47</v>
+      </c>
+      <c r="AC35" s="7" t="s">
         <v>141</v>
       </c>
-      <c r="AB35" s="7" t="s">
-[...2 lines deleted...]
-      <c r="AC35" s="7" t="s">
+      <c r="AD35" s="7" t="s">
         <v>142</v>
-      </c>
-[...1 lines deleted...]
-        <v>143</v>
       </c>
       <c r="AE35" s="7" t="s">
         <v>73</v>
       </c>
       <c r="AF35" s="7" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
     </row>
     <row r="36" spans="1:32">
       <c r="B36" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C36" s="4">
         <v>515</v>
       </c>
       <c r="D36" s="4">
         <v>550</v>
       </c>
       <c r="E36" s="4">
         <v>520</v>
       </c>
       <c r="F36" s="4">
         <v>485</v>
       </c>
       <c r="G36" s="4">
         <v>494</v>
       </c>
       <c r="H36" s="4">
         <v>509</v>
       </c>
       <c r="I36" s="4">
@@ -3503,239 +3503,239 @@
       </c>
       <c r="Z37" s="4">
         <v>120</v>
       </c>
       <c r="AA37" s="4">
         <v>120</v>
       </c>
       <c r="AB37" s="4">
         <v>120</v>
       </c>
       <c r="AC37" s="4">
         <v>120</v>
       </c>
       <c r="AD37" s="4">
         <v>120</v>
       </c>
       <c r="AE37" s="4">
         <v>120</v>
       </c>
       <c r="AF37" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="39" spans="1:32">
       <c r="A39" s="2" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="B39" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C39" s="7" t="s">
+        <v>36</v>
+      </c>
+      <c r="D39" s="7" t="s">
         <v>58</v>
       </c>
-      <c r="D39" s="7" t="s">
+      <c r="E39" s="7" t="s">
         <v>60</v>
       </c>
-      <c r="E39" s="7" t="s">
+      <c r="F39" s="7" t="s">
         <v>76</v>
       </c>
-      <c r="F39" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G39" s="7" t="s">
+        <v>37</v>
+      </c>
+      <c r="H39" s="7" t="s">
+        <v>97</v>
+      </c>
+      <c r="I39" s="7" t="s">
+        <v>5</v>
+      </c>
+      <c r="J39" s="7" t="s">
+        <v>65</v>
+      </c>
+      <c r="K39" s="7" t="s">
         <v>98</v>
       </c>
-      <c r="H39" s="7" t="s">
-[...5 lines deleted...]
-      <c r="J39" s="7" t="s">
+      <c r="L39" s="7" t="s">
+        <v>8</v>
+      </c>
+      <c r="M39" s="7" t="s">
         <v>99</v>
       </c>
-      <c r="K39" s="7" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N39" s="7" t="s">
+        <v>100</v>
+      </c>
+      <c r="O39" s="7" t="s">
+        <v>102</v>
+      </c>
+      <c r="P39" s="7" t="s">
+        <v>66</v>
+      </c>
+      <c r="Q39" s="7" t="s">
         <v>103</v>
       </c>
-      <c r="O39" s="7" t="s">
-[...2 lines deleted...]
-      <c r="P39" s="7" t="s">
+      <c r="R39" s="7" t="s">
         <v>104</v>
       </c>
-      <c r="Q39" s="7" t="s">
+      <c r="S39" s="7" t="s">
         <v>105</v>
       </c>
-      <c r="R39" s="7" t="s">
+      <c r="T39" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="U39" s="7" t="s">
+        <v>68</v>
+      </c>
+      <c r="V39" s="7" t="s">
+        <v>69</v>
+      </c>
+      <c r="W39" s="7" t="s">
         <v>106</v>
       </c>
-      <c r="S39" s="7" t="s">
-[...8 lines deleted...]
-      <c r="V39" s="7" t="s">
+      <c r="X39" s="7" t="s">
         <v>107</v>
       </c>
-      <c r="W39" s="7" t="s">
-[...2 lines deleted...]
-      <c r="X39" s="7" t="s">
+      <c r="Y39" s="7" t="s">
         <v>70</v>
       </c>
-      <c r="Y39" s="7" t="s">
+      <c r="Z39" s="7" t="s">
         <v>16</v>
       </c>
-      <c r="Z39" s="7" t="s">
+      <c r="AA39" s="7" t="s">
         <v>71</v>
       </c>
-      <c r="AA39" s="7" t="s">
+      <c r="AB39" s="7" t="s">
         <v>17</v>
       </c>
-      <c r="AB39" s="7" t="s">
+      <c r="AC39" s="7" t="s">
         <v>19</v>
       </c>
-      <c r="AC39" s="7" t="s">
+      <c r="AD39" s="7" t="s">
         <v>73</v>
       </c>
-      <c r="AD39" s="7" t="s">
+      <c r="AE39" s="7" t="s">
         <v>20</v>
       </c>
-      <c r="AE39" s="7" t="s">
+      <c r="AF39" s="7" t="s">
         <v>21</v>
-      </c>
-[...1 lines deleted...]
-        <v>53</v>
       </c>
     </row>
     <row r="40" spans="1:32">
       <c r="B40" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C40" s="4">
+        <v>544</v>
+      </c>
+      <c r="D40" s="4">
         <v>523</v>
       </c>
-      <c r="D40" s="4">
+      <c r="E40" s="4">
         <v>522</v>
       </c>
-      <c r="E40" s="4">
+      <c r="F40" s="4">
         <v>549</v>
       </c>
-      <c r="F40" s="4">
+      <c r="G40" s="4">
         <v>542</v>
       </c>
-      <c r="G40" s="4">
+      <c r="H40" s="4">
         <v>509</v>
       </c>
-      <c r="H40" s="4">
+      <c r="I40" s="4">
         <v>516</v>
       </c>
-      <c r="I40" s="4">
+      <c r="J40" s="4">
         <v>518</v>
       </c>
-      <c r="J40" s="4">
+      <c r="K40" s="4">
         <v>538</v>
       </c>
-      <c r="K40" s="4">
+      <c r="L40" s="4">
         <v>516</v>
       </c>
-      <c r="L40" s="4">
+      <c r="M40" s="4">
         <v>591</v>
       </c>
-      <c r="M40" s="4">
+      <c r="N40" s="4">
         <v>501</v>
       </c>
-      <c r="N40" s="4">
+      <c r="O40" s="4">
         <v>533</v>
       </c>
-      <c r="O40" s="4">
+      <c r="P40" s="4">
         <v>526</v>
       </c>
-      <c r="P40" s="4">
+      <c r="Q40" s="4">
         <v>537</v>
       </c>
-      <c r="Q40" s="4">
+      <c r="R40" s="4">
         <v>500</v>
       </c>
-      <c r="R40" s="4">
+      <c r="S40" s="4">
         <v>531</v>
       </c>
-      <c r="S40" s="4">
+      <c r="T40" s="4">
         <v>579</v>
       </c>
-      <c r="T40" s="4">
+      <c r="U40" s="4">
         <v>494</v>
       </c>
-      <c r="U40" s="4">
+      <c r="V40" s="4">
         <v>518</v>
       </c>
-      <c r="V40" s="4">
+      <c r="W40" s="4">
         <v>539</v>
       </c>
-      <c r="W40" s="4">
+      <c r="X40" s="4">
         <v>562</v>
       </c>
-      <c r="X40" s="4">
+      <c r="Y40" s="4">
         <v>529</v>
       </c>
-      <c r="Y40" s="4">
+      <c r="Z40" s="4">
         <v>509</v>
       </c>
-      <c r="Z40" s="4">
+      <c r="AA40" s="4">
         <v>514</v>
       </c>
-      <c r="AA40" s="5">
+      <c r="AB40" s="5">
         <v>409</v>
       </c>
-      <c r="AB40" s="5">
+      <c r="AC40" s="5">
         <v>454</v>
       </c>
-      <c r="AC40" s="5">
+      <c r="AD40" s="5">
         <v>408</v>
       </c>
-      <c r="AD40" s="5">
+      <c r="AE40" s="5">
         <v>462</v>
       </c>
-      <c r="AE40" s="5">
+      <c r="AF40" s="5">
         <v>476</v>
-      </c>
-[...1 lines deleted...]
-        <v>408</v>
       </c>
     </row>
     <row r="41" spans="1:32">
       <c r="B41" s="6" t="s">
         <v>34</v>
       </c>
       <c r="C41" s="4">
         <v>120</v>
       </c>
       <c r="D41" s="4">
         <v>120</v>
       </c>
       <c r="E41" s="4">
         <v>120</v>
       </c>
       <c r="F41" s="4">
         <v>120</v>
       </c>
       <c r="G41" s="4">
         <v>120</v>
       </c>
       <c r="H41" s="4">
         <v>120</v>
       </c>
       <c r="I41" s="4">
@@ -3770,162 +3770,162 @@
       </c>
       <c r="S41" s="4">
         <v>120</v>
       </c>
       <c r="T41" s="4">
         <v>120</v>
       </c>
       <c r="U41" s="4">
         <v>120</v>
       </c>
       <c r="V41" s="4">
         <v>120</v>
       </c>
       <c r="W41" s="4">
         <v>120</v>
       </c>
       <c r="X41" s="4">
         <v>120</v>
       </c>
       <c r="Y41" s="4">
         <v>120</v>
       </c>
       <c r="Z41" s="4">
         <v>120</v>
       </c>
-      <c r="AA41" s="7">
-        <v>100</v>
+      <c r="AA41" s="4">
+        <v>120</v>
       </c>
       <c r="AB41" s="7">
         <v>100</v>
       </c>
       <c r="AC41" s="7">
         <v>100</v>
       </c>
       <c r="AD41" s="7">
         <v>100</v>
       </c>
       <c r="AE41" s="7">
         <v>100</v>
       </c>
       <c r="AF41" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="43" spans="1:32">
       <c r="A43" s="2" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="B43" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C43" s="7" t="s">
         <v>76</v>
       </c>
       <c r="D43" s="7" t="s">
         <v>4</v>
       </c>
       <c r="E43" s="7" t="s">
         <v>77</v>
       </c>
       <c r="F43" s="7" t="s">
         <v>5</v>
       </c>
       <c r="G43" s="7" t="s">
         <v>6</v>
       </c>
       <c r="H43" s="7" t="s">
         <v>7</v>
       </c>
       <c r="I43" s="7" t="s">
         <v>78</v>
       </c>
       <c r="J43" s="7" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="K43" s="7" t="s">
         <v>8</v>
       </c>
       <c r="L43" s="7" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="M43" s="7" t="s">
         <v>9</v>
       </c>
       <c r="N43" s="7" t="s">
         <v>10</v>
       </c>
       <c r="O43" s="7" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="P43" s="7" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="Q43" s="7" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="R43" s="7" t="s">
         <v>17</v>
       </c>
       <c r="S43" s="7" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="T43" s="7" t="s">
         <v>19</v>
       </c>
       <c r="U43" s="7" t="s">
         <v>21</v>
       </c>
       <c r="V43" s="7" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="W43" s="7" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="X43" s="7" t="s">
         <v>22</v>
       </c>
       <c r="Y43" s="7" t="s">
         <v>74</v>
       </c>
       <c r="Z43" s="7" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="AA43" s="7" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="AB43" s="7" t="s">
         <v>24</v>
       </c>
       <c r="AC43" s="7" t="s">
         <v>25</v>
       </c>
       <c r="AD43" s="7" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="AE43" s="7" t="s">
-        <v>56</v>
+        <v>147</v>
       </c>
       <c r="AF43" s="7" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="44" spans="1:32">
       <c r="B44" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C44" s="4">
         <v>551</v>
       </c>
       <c r="D44" s="4">
         <v>531</v>
       </c>
       <c r="E44" s="4">
         <v>505</v>
       </c>
       <c r="F44" s="4">
         <v>526</v>
       </c>
       <c r="G44" s="4">
         <v>494</v>
       </c>
       <c r="H44" s="4">