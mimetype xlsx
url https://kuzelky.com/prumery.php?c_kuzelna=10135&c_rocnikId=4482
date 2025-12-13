--- v0 (2025-12-07)
+++ v1 (2025-12-13)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="105">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="106">
   <si>
     <t>Výsledky hráčů družstva Kuželky Aš B na kuželně Kuželky Aš</t>
   </si>
   <si>
     <t>Václav Veselý</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
     <t>5.4.2025</t>
   </si>
   <si>
     <t>22.3.2025</t>
   </si>
   <si>
     <t>27.2.2025</t>
   </si>
   <si>
     <t>22.2.2025</t>
   </si>
   <si>
     <t>15.2.2025</t>
   </si>
   <si>
@@ -312,50 +312,53 @@
     <t>20.9.2025</t>
   </si>
   <si>
     <t>18.1.2025</t>
   </si>
   <si>
     <t>13.4.2024</t>
   </si>
   <si>
     <t>23.3.2024</t>
   </si>
   <si>
     <t>9.3.2024</t>
   </si>
   <si>
     <t>25.11.2023</t>
   </si>
   <si>
     <t>18.11.2023</t>
   </si>
   <si>
     <t>26.11.2022</t>
   </si>
   <si>
     <t>Vladislav Urban</t>
+  </si>
+  <si>
+    <t>13.12.2025</t>
   </si>
   <si>
     <t>30.11.2024</t>
   </si>
   <si>
     <t>19.10.2024</t>
   </si>
   <si>
     <t>12.11.2022</t>
   </si>
   <si>
     <t>Luděk Kratochvíl</t>
   </si>
   <si>
     <t>16.11.2024</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="6">
     <font>
       <b val="0"/>
@@ -2228,233 +2231,233 @@
       </c>
       <c r="AB21" s="7">
         <v>100</v>
       </c>
       <c r="AC21" s="7">
         <v>100</v>
       </c>
       <c r="AD21" s="7">
         <v>100</v>
       </c>
       <c r="AE21" s="7">
         <v>100</v>
       </c>
       <c r="AF21" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="23" spans="1:32">
       <c r="A23" s="2" t="s">
         <v>99</v>
       </c>
       <c r="B23" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C23" s="7" t="s">
+        <v>100</v>
+      </c>
+      <c r="D23" s="7" t="s">
         <v>38</v>
       </c>
-      <c r="D23" s="7" t="s">
+      <c r="E23" s="7" t="s">
         <v>39</v>
       </c>
-      <c r="E23" s="7" t="s">
+      <c r="F23" s="7" t="s">
         <v>40</v>
       </c>
-      <c r="F23" s="7" t="s">
+      <c r="G23" s="7" t="s">
         <v>91</v>
       </c>
-      <c r="G23" s="7" t="s">
+      <c r="H23" s="7" t="s">
         <v>44</v>
       </c>
-      <c r="H23" s="7" t="s">
+      <c r="I23" s="7" t="s">
         <v>5</v>
       </c>
-      <c r="I23" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J23" s="7" t="s">
+        <v>101</v>
+      </c>
+      <c r="K23" s="7" t="s">
         <v>8</v>
       </c>
-      <c r="K23" s="7" t="s">
+      <c r="L23" s="7" t="s">
         <v>47</v>
       </c>
-      <c r="L23" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M23" s="7" t="s">
+        <v>102</v>
+      </c>
+      <c r="N23" s="7" t="s">
         <v>48</v>
       </c>
-      <c r="N23" s="7" t="s">
+      <c r="O23" s="7" t="s">
         <v>93</v>
       </c>
-      <c r="O23" s="7" t="s">
+      <c r="P23" s="7" t="s">
         <v>94</v>
       </c>
-      <c r="P23" s="7" t="s">
+      <c r="Q23" s="7" t="s">
         <v>95</v>
       </c>
-      <c r="Q23" s="7" t="s">
+      <c r="R23" s="7" t="s">
         <v>12</v>
       </c>
-      <c r="R23" s="7" t="s">
+      <c r="S23" s="7" t="s">
         <v>72</v>
       </c>
-      <c r="S23" s="7" t="s">
+      <c r="T23" s="7" t="s">
         <v>73</v>
       </c>
-      <c r="T23" s="7" t="s">
+      <c r="U23" s="7" t="s">
         <v>96</v>
       </c>
-      <c r="U23" s="7" t="s">
+      <c r="V23" s="7" t="s">
         <v>97</v>
       </c>
-      <c r="V23" s="7" t="s">
+      <c r="W23" s="7" t="s">
         <v>74</v>
       </c>
-      <c r="W23" s="7" t="s">
+      <c r="X23" s="7" t="s">
         <v>16</v>
       </c>
-      <c r="X23" s="7" t="s">
+      <c r="Y23" s="7" t="s">
         <v>75</v>
       </c>
-      <c r="Y23" s="7" t="s">
+      <c r="Z23" s="7" t="s">
         <v>17</v>
       </c>
-      <c r="Z23" s="7" t="s">
+      <c r="AA23" s="7" t="s">
         <v>18</v>
       </c>
-      <c r="AA23" s="7" t="s">
+      <c r="AB23" s="7" t="s">
         <v>19</v>
       </c>
-      <c r="AB23" s="7" t="s">
+      <c r="AC23" s="7" t="s">
         <v>57</v>
       </c>
-      <c r="AC23" s="7" t="s">
+      <c r="AD23" s="7" t="s">
         <v>20</v>
       </c>
-      <c r="AD23" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AE23" s="7" t="s">
+        <v>103</v>
+      </c>
+      <c r="AF23" s="7" t="s">
         <v>22</v>
-      </c>
-[...1 lines deleted...]
-        <v>77</v>
       </c>
     </row>
     <row r="24" spans="1:32">
       <c r="B24" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C24" s="4">
+        <v>553</v>
+      </c>
+      <c r="D24" s="4">
         <v>528</v>
       </c>
-      <c r="D24" s="4">
+      <c r="E24" s="4">
         <v>493</v>
       </c>
-      <c r="E24" s="4">
+      <c r="F24" s="4">
         <v>534</v>
       </c>
-      <c r="F24" s="4">
+      <c r="G24" s="4">
         <v>517</v>
       </c>
-      <c r="G24" s="4">
+      <c r="H24" s="4">
         <v>548</v>
       </c>
-      <c r="H24" s="4">
+      <c r="I24" s="4">
         <v>542</v>
       </c>
-      <c r="I24" s="4">
+      <c r="J24" s="4">
         <v>569</v>
       </c>
-      <c r="J24" s="4">
+      <c r="K24" s="4">
         <v>549</v>
       </c>
-      <c r="K24" s="4">
+      <c r="L24" s="4">
         <v>492</v>
       </c>
-      <c r="L24" s="4">
+      <c r="M24" s="4">
         <v>544</v>
       </c>
-      <c r="M24" s="4">
+      <c r="N24" s="4">
         <v>508</v>
       </c>
-      <c r="N24" s="4">
+      <c r="O24" s="4">
         <v>583</v>
       </c>
-      <c r="O24" s="4">
+      <c r="P24" s="4">
         <v>520</v>
       </c>
-      <c r="P24" s="4">
+      <c r="Q24" s="4">
         <v>569</v>
       </c>
-      <c r="Q24" s="4">
+      <c r="R24" s="4">
         <v>578</v>
       </c>
-      <c r="R24" s="4">
+      <c r="S24" s="4">
         <v>516</v>
       </c>
-      <c r="S24" s="4">
+      <c r="T24" s="4">
         <v>515</v>
       </c>
-      <c r="T24" s="4">
+      <c r="U24" s="4">
         <v>526</v>
       </c>
-      <c r="U24" s="4">
+      <c r="V24" s="4">
         <v>557</v>
       </c>
-      <c r="V24" s="4">
+      <c r="W24" s="4">
         <v>598</v>
       </c>
-      <c r="W24" s="4">
+      <c r="X24" s="4">
         <v>490</v>
       </c>
-      <c r="X24" s="4">
+      <c r="Y24" s="4">
         <v>569</v>
       </c>
-      <c r="Y24" s="5">
+      <c r="Z24" s="5">
         <v>413</v>
       </c>
-      <c r="Z24" s="5">
+      <c r="AA24" s="5">
         <v>433</v>
       </c>
-      <c r="AA24" s="5">
+      <c r="AB24" s="5">
         <v>460</v>
       </c>
-      <c r="AB24" s="5">
+      <c r="AC24" s="5">
         <v>426</v>
       </c>
-      <c r="AC24" s="5">
+      <c r="AD24" s="5">
         <v>462</v>
       </c>
-      <c r="AD24" s="5">
+      <c r="AE24" s="5">
         <v>421</v>
       </c>
-      <c r="AE24" s="5">
+      <c r="AF24" s="5">
         <v>433</v>
-      </c>
-[...1 lines deleted...]
-        <v>450</v>
       </c>
     </row>
     <row r="25" spans="1:32">
       <c r="B25" s="6" t="s">
         <v>34</v>
       </c>
       <c r="C25" s="4">
         <v>120</v>
       </c>
       <c r="D25" s="4">
         <v>120</v>
       </c>
       <c r="E25" s="4">
         <v>120</v>
       </c>
       <c r="F25" s="4">
         <v>120</v>
       </c>
       <c r="G25" s="4">
         <v>120</v>
       </c>
       <c r="H25" s="4">
         <v>120</v>
       </c>
       <c r="I25" s="4">
@@ -2483,266 +2486,266 @@
       </c>
       <c r="Q25" s="4">
         <v>120</v>
       </c>
       <c r="R25" s="4">
         <v>120</v>
       </c>
       <c r="S25" s="4">
         <v>120</v>
       </c>
       <c r="T25" s="4">
         <v>120</v>
       </c>
       <c r="U25" s="4">
         <v>120</v>
       </c>
       <c r="V25" s="4">
         <v>120</v>
       </c>
       <c r="W25" s="4">
         <v>120</v>
       </c>
       <c r="X25" s="4">
         <v>120</v>
       </c>
-      <c r="Y25" s="7">
-        <v>100</v>
+      <c r="Y25" s="4">
+        <v>120</v>
       </c>
       <c r="Z25" s="7">
         <v>100</v>
       </c>
       <c r="AA25" s="7">
         <v>100</v>
       </c>
       <c r="AB25" s="7">
         <v>100</v>
       </c>
       <c r="AC25" s="7">
         <v>100</v>
       </c>
       <c r="AD25" s="7">
         <v>100</v>
       </c>
       <c r="AE25" s="7">
         <v>100</v>
       </c>
       <c r="AF25" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="27" spans="1:32">
       <c r="A27" s="2" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="B27" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="7" t="s">
+        <v>100</v>
+      </c>
+      <c r="D27" s="7" t="s">
         <v>36</v>
       </c>
-      <c r="D27" s="7" t="s">
+      <c r="E27" s="7" t="s">
         <v>39</v>
       </c>
-      <c r="E27" s="7" t="s">
+      <c r="F27" s="7" t="s">
         <v>40</v>
       </c>
-      <c r="F27" s="7" t="s">
+      <c r="G27" s="7" t="s">
         <v>91</v>
       </c>
-      <c r="G27" s="7" t="s">
+      <c r="H27" s="7" t="s">
         <v>45</v>
       </c>
-      <c r="H27" s="7" t="s">
+      <c r="I27" s="7" t="s">
         <v>5</v>
       </c>
-      <c r="I27" s="7" t="s">
+      <c r="J27" s="7" t="s">
         <v>66</v>
       </c>
-      <c r="J27" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K27" s="7" t="s">
+        <v>101</v>
+      </c>
+      <c r="L27" s="7" t="s">
         <v>8</v>
       </c>
-      <c r="L27" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M27" s="7" t="s">
+        <v>105</v>
+      </c>
+      <c r="N27" s="7" t="s">
         <v>47</v>
       </c>
-      <c r="N27" s="7" t="s">
+      <c r="O27" s="7" t="s">
         <v>48</v>
       </c>
-      <c r="O27" s="7" t="s">
+      <c r="P27" s="7" t="s">
         <v>69</v>
       </c>
-      <c r="P27" s="7" t="s">
+      <c r="Q27" s="7" t="s">
         <v>93</v>
       </c>
-      <c r="Q27" s="7" t="s">
+      <c r="R27" s="7" t="s">
         <v>94</v>
       </c>
-      <c r="R27" s="7" t="s">
+      <c r="S27" s="7" t="s">
         <v>95</v>
       </c>
-      <c r="S27" s="7" t="s">
+      <c r="T27" s="7" t="s">
         <v>12</v>
       </c>
-      <c r="T27" s="7" t="s">
+      <c r="U27" s="7" t="s">
         <v>72</v>
       </c>
-      <c r="U27" s="7" t="s">
+      <c r="V27" s="7" t="s">
         <v>73</v>
       </c>
-      <c r="V27" s="7" t="s">
+      <c r="W27" s="7" t="s">
         <v>96</v>
       </c>
-      <c r="W27" s="7" t="s">
+      <c r="X27" s="7" t="s">
         <v>97</v>
       </c>
-      <c r="X27" s="7" t="s">
+      <c r="Y27" s="7" t="s">
         <v>74</v>
       </c>
-      <c r="Y27" s="7" t="s">
+      <c r="Z27" s="7" t="s">
         <v>16</v>
       </c>
-      <c r="Z27" s="7" t="s">
+      <c r="AA27" s="7" t="s">
         <v>75</v>
       </c>
-      <c r="AA27" s="7" t="s">
+      <c r="AB27" s="7" t="s">
         <v>17</v>
       </c>
-      <c r="AB27" s="7" t="s">
+      <c r="AC27" s="7" t="s">
         <v>19</v>
       </c>
-      <c r="AC27" s="7" t="s">
+      <c r="AD27" s="7" t="s">
         <v>57</v>
       </c>
-      <c r="AD27" s="7" t="s">
+      <c r="AE27" s="7" t="s">
         <v>20</v>
       </c>
-      <c r="AE27" s="7" t="s">
+      <c r="AF27" s="7" t="s">
         <v>21</v>
-      </c>
-[...1 lines deleted...]
-        <v>102</v>
       </c>
     </row>
     <row r="28" spans="1:32">
       <c r="B28" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C28" s="4">
+        <v>544</v>
+      </c>
+      <c r="D28" s="4">
         <v>523</v>
       </c>
-      <c r="D28" s="4">
+      <c r="E28" s="4">
         <v>522</v>
       </c>
-      <c r="E28" s="4">
+      <c r="F28" s="4">
         <v>549</v>
       </c>
-      <c r="F28" s="4">
+      <c r="G28" s="4">
         <v>542</v>
       </c>
-      <c r="G28" s="4">
+      <c r="H28" s="4">
         <v>509</v>
       </c>
-      <c r="H28" s="4">
+      <c r="I28" s="4">
         <v>516</v>
       </c>
-      <c r="I28" s="4">
+      <c r="J28" s="4">
         <v>518</v>
       </c>
-      <c r="J28" s="4">
+      <c r="K28" s="4">
         <v>538</v>
       </c>
-      <c r="K28" s="4">
+      <c r="L28" s="4">
         <v>516</v>
       </c>
-      <c r="L28" s="4">
+      <c r="M28" s="4">
         <v>591</v>
       </c>
-      <c r="M28" s="4">
+      <c r="N28" s="4">
         <v>501</v>
       </c>
-      <c r="N28" s="4">
+      <c r="O28" s="4">
         <v>533</v>
       </c>
-      <c r="O28" s="4">
+      <c r="P28" s="4">
         <v>526</v>
       </c>
-      <c r="P28" s="4">
+      <c r="Q28" s="4">
         <v>537</v>
       </c>
-      <c r="Q28" s="4">
+      <c r="R28" s="4">
         <v>500</v>
       </c>
-      <c r="R28" s="4">
+      <c r="S28" s="4">
         <v>531</v>
       </c>
-      <c r="S28" s="4">
+      <c r="T28" s="4">
         <v>579</v>
       </c>
-      <c r="T28" s="4">
+      <c r="U28" s="4">
         <v>494</v>
       </c>
-      <c r="U28" s="4">
+      <c r="V28" s="4">
         <v>518</v>
       </c>
-      <c r="V28" s="4">
+      <c r="W28" s="4">
         <v>539</v>
       </c>
-      <c r="W28" s="4">
+      <c r="X28" s="4">
         <v>562</v>
       </c>
-      <c r="X28" s="4">
+      <c r="Y28" s="4">
         <v>529</v>
       </c>
-      <c r="Y28" s="4">
+      <c r="Z28" s="4">
         <v>509</v>
       </c>
-      <c r="Z28" s="4">
+      <c r="AA28" s="4">
         <v>514</v>
       </c>
-      <c r="AA28" s="5">
+      <c r="AB28" s="5">
         <v>409</v>
       </c>
-      <c r="AB28" s="5">
+      <c r="AC28" s="5">
         <v>454</v>
       </c>
-      <c r="AC28" s="5">
+      <c r="AD28" s="5">
         <v>408</v>
       </c>
-      <c r="AD28" s="5">
+      <c r="AE28" s="5">
         <v>462</v>
       </c>
-      <c r="AE28" s="5">
+      <c r="AF28" s="5">
         <v>476</v>
-      </c>
-[...1 lines deleted...]
-        <v>408</v>
       </c>
     </row>
     <row r="29" spans="1:32">
       <c r="B29" s="6" t="s">
         <v>34</v>
       </c>
       <c r="C29" s="4">
         <v>120</v>
       </c>
       <c r="D29" s="4">
         <v>120</v>
       </c>
       <c r="E29" s="4">
         <v>120</v>
       </c>
       <c r="F29" s="4">
         <v>120</v>
       </c>
       <c r="G29" s="4">
         <v>120</v>
       </c>
       <c r="H29" s="4">
         <v>120</v>
       </c>
       <c r="I29" s="4">
@@ -2777,52 +2780,52 @@
       </c>
       <c r="S29" s="4">
         <v>120</v>
       </c>
       <c r="T29" s="4">
         <v>120</v>
       </c>
       <c r="U29" s="4">
         <v>120</v>
       </c>
       <c r="V29" s="4">
         <v>120</v>
       </c>
       <c r="W29" s="4">
         <v>120</v>
       </c>
       <c r="X29" s="4">
         <v>120</v>
       </c>
       <c r="Y29" s="4">
         <v>120</v>
       </c>
       <c r="Z29" s="4">
         <v>120</v>
       </c>
-      <c r="AA29" s="7">
-        <v>100</v>
+      <c r="AA29" s="4">
+        <v>120</v>
       </c>
       <c r="AB29" s="7">
         <v>100</v>
       </c>
       <c r="AC29" s="7">
         <v>100</v>
       </c>
       <c r="AD29" s="7">
         <v>100</v>
       </c>
       <c r="AE29" s="7">
         <v>100</v>
       </c>
       <c r="AF29" s="7">
         <v>100</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.787401575" bottom="0.787401575" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="portrait" scale="100" fitToHeight="2" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>