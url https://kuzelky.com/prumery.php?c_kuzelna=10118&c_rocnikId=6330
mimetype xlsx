--- v0 (2025-12-05)
+++ v1 (2025-12-13)
@@ -12,86 +12,89 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="23">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="24">
   <si>
     <t>Výsledky hráčů družstva TJ Lomnice na kuželně TJ Sokol Kdyně</t>
   </si>
   <si>
     <t>Bohumil Maněna</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
     <t>2.12.2023</t>
   </si>
   <si>
     <t>11.3.2023</t>
   </si>
   <si>
     <t>22.1.2022</t>
   </si>
   <si>
     <t>1.2.2020</t>
   </si>
   <si>
     <t>29.9.2018</t>
   </si>
   <si>
     <t>22.10.2016</t>
   </si>
   <si>
     <t>Výkon:</t>
   </si>
   <si>
     <t>Počet hodů:</t>
   </si>
   <si>
     <t>Miroslav Bubla</t>
+  </si>
+  <si>
+    <t>6.12.2025</t>
   </si>
   <si>
     <t>Hanuš Slavík</t>
   </si>
   <si>
     <t>Jiří Guba</t>
   </si>
   <si>
     <t>Štěpán Diosegi</t>
   </si>
   <si>
     <t>23.11.2024</t>
   </si>
   <si>
     <t>Josef Krotký</t>
   </si>
   <si>
     <t>Miroslav Knespl</t>
   </si>
   <si>
     <t>Josef Veverka</t>
   </si>
   <si>
     <t>Petr Lidmila</t>
   </si>
@@ -614,159 +617,168 @@
       </c>
       <c r="D5" s="4">
         <v>120</v>
       </c>
       <c r="E5" s="4">
         <v>120</v>
       </c>
       <c r="F5" s="4">
         <v>120</v>
       </c>
       <c r="G5" s="4">
         <v>120</v>
       </c>
       <c r="H5" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" s="2" t="s">
         <v>11</v>
       </c>
       <c r="B7" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C7" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="D7" s="6" t="s">
         <v>5</v>
       </c>
-      <c r="D7" s="6" t="s">
+      <c r="E7" s="6" t="s">
         <v>6</v>
       </c>
-      <c r="E7" s="6" t="s">
+      <c r="F7" s="6" t="s">
         <v>7</v>
       </c>
-      <c r="F7" s="6" t="s">
+      <c r="G7" s="6" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="B8" s="5" t="s">
         <v>9</v>
       </c>
       <c r="C8" s="4">
+        <v>587</v>
+      </c>
+      <c r="D8" s="4">
         <v>590</v>
       </c>
-      <c r="D8" s="4">
+      <c r="E8" s="4">
         <v>580</v>
       </c>
-      <c r="E8" s="4">
+      <c r="F8" s="4">
         <v>525</v>
       </c>
-      <c r="F8" s="7">
+      <c r="G8" s="7">
         <v>430</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="B9" s="5" t="s">
         <v>10</v>
       </c>
       <c r="C9" s="4">
         <v>120</v>
       </c>
       <c r="D9" s="4">
         <v>120</v>
       </c>
       <c r="E9" s="4">
         <v>120</v>
       </c>
-      <c r="F9" s="6">
+      <c r="F9" s="4">
+        <v>120</v>
+      </c>
+      <c r="G9" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" s="2" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B11" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="B12" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="B13" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B15" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C15" s="6" t="s">
         <v>7</v>
       </c>
       <c r="D15" s="6" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="B16" s="5" t="s">
         <v>9</v>
       </c>
       <c r="C16" s="4">
         <v>544</v>
       </c>
       <c r="D16" s="7">
         <v>430</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="B17" s="5" t="s">
         <v>10</v>
       </c>
       <c r="C17" s="4">
         <v>120</v>
       </c>
       <c r="D17" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" s="2" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B19" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C19" s="6" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D19" s="6" t="s">
         <v>4</v>
       </c>
       <c r="E19" s="6" t="s">
         <v>5</v>
       </c>
       <c r="F19" s="6" t="s">
         <v>6</v>
       </c>
       <c r="G19" s="6" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="B20" s="5" t="s">
         <v>9</v>
       </c>
       <c r="C20" s="4">
         <v>572</v>
       </c>
       <c r="D20" s="4">
         <v>550</v>
       </c>
       <c r="E20" s="4">
@@ -779,159 +791,159 @@
         <v>476</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="B21" s="5" t="s">
         <v>10</v>
       </c>
       <c r="C21" s="4">
         <v>120</v>
       </c>
       <c r="D21" s="4">
         <v>120</v>
       </c>
       <c r="E21" s="4">
         <v>120</v>
       </c>
       <c r="F21" s="4">
         <v>120</v>
       </c>
       <c r="G21" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" s="2" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B23" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C23" s="6" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D23" s="6" t="s">
         <v>4</v>
       </c>
       <c r="E23" s="6" t="s">
         <v>6</v>
       </c>
       <c r="F23" s="6" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="B24" s="5" t="s">
         <v>9</v>
       </c>
       <c r="C24" s="4">
         <v>536</v>
       </c>
       <c r="D24" s="4">
         <v>515</v>
       </c>
       <c r="E24" s="4">
         <v>530</v>
       </c>
       <c r="F24" s="7">
         <v>433</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="B25" s="5" t="s">
         <v>10</v>
       </c>
       <c r="C25" s="4">
         <v>120</v>
       </c>
       <c r="D25" s="4">
         <v>120</v>
       </c>
       <c r="E25" s="4">
         <v>120</v>
       </c>
       <c r="F25" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" s="2" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="6" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D27" s="6" t="s">
         <v>3</v>
       </c>
       <c r="E27" s="6" t="s">
         <v>5</v>
       </c>
       <c r="F27" s="6" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="B28" s="5" t="s">
         <v>9</v>
       </c>
       <c r="C28" s="4">
         <v>602</v>
       </c>
       <c r="D28" s="4">
         <v>516</v>
       </c>
       <c r="E28" s="4">
         <v>506</v>
       </c>
       <c r="F28" s="4">
         <v>556</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="B29" s="5" t="s">
         <v>10</v>
       </c>
       <c r="C29" s="4">
         <v>120</v>
       </c>
       <c r="D29" s="4">
         <v>120</v>
       </c>
       <c r="E29" s="4">
         <v>120</v>
       </c>
       <c r="F29" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="6" t="s">
         <v>4</v>
       </c>
       <c r="D31" s="6" t="s">
         <v>5</v>
       </c>
       <c r="E31" s="6" t="s">
         <v>6</v>
       </c>
       <c r="F31" s="6" t="s">
         <v>7</v>
       </c>
       <c r="G31" s="6" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="B32" s="5" t="s">
         <v>9</v>
       </c>
       <c r="C32" s="4">
@@ -950,141 +962,141 @@
         <v>403</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="B33" s="5" t="s">
         <v>10</v>
       </c>
       <c r="C33" s="4">
         <v>120</v>
       </c>
       <c r="D33" s="4">
         <v>120</v>
       </c>
       <c r="E33" s="4">
         <v>120</v>
       </c>
       <c r="F33" s="4">
         <v>120</v>
       </c>
       <c r="G33" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="B35" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="B36" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="B37" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B39" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C39" s="6" t="s">
         <v>3</v>
       </c>
       <c r="D39" s="6" t="s">
         <v>4</v>
       </c>
       <c r="E39" s="6" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="B40" s="5" t="s">
         <v>9</v>
       </c>
       <c r="C40" s="4">
         <v>541</v>
       </c>
       <c r="D40" s="4">
         <v>530</v>
       </c>
       <c r="E40" s="4">
         <v>466</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="B41" s="5" t="s">
         <v>10</v>
       </c>
       <c r="C41" s="4">
         <v>120</v>
       </c>
       <c r="D41" s="4">
         <v>120</v>
       </c>
       <c r="E41" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" s="2" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B43" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C43" s="6" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="B44" s="5" t="s">
         <v>9</v>
       </c>
       <c r="C44" s="4">
         <v>512</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="B45" s="5" t="s">
         <v>10</v>
       </c>
       <c r="C45" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" s="2" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B47" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="B48" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="B49" s="1" t="s">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.787401575" bottom="0.787401575" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="portrait" scale="100" fitToHeight="2" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>