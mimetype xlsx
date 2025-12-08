--- v0 (2025-12-05)
+++ v1 (2025-12-08)
@@ -23,50 +23,53 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="71">
   <si>
     <t>Výsledky hráčů družstva TJ Sokol Kdyně na kuželně TJ Sokol Kdyně</t>
   </si>
   <si>
     <t>Jaroslav Löffelmann</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
+    <t>6.12.2025</t>
+  </si>
+  <si>
     <t>15.11.2025</t>
   </si>
   <si>
     <t>1.11.2025</t>
   </si>
   <si>
     <t>4.10.2025</t>
   </si>
   <si>
     <t>20.9.2025</t>
   </si>
   <si>
     <t>22.3.2025</t>
   </si>
   <si>
     <t>8.3.2025</t>
   </si>
   <si>
     <t>22.2.2025</t>
   </si>
   <si>
     <t>30.11.2024</t>
   </si>
   <si>
     <t>23.11.2024</t>
@@ -108,53 +111,50 @@
     <t>16.9.2023</t>
   </si>
   <si>
     <t>15.4.2023</t>
   </si>
   <si>
     <t>25.3.2023</t>
   </si>
   <si>
     <t>11.3.2023</t>
   </si>
   <si>
     <t>25.2.2023</t>
   </si>
   <si>
     <t>11.2.2023</t>
   </si>
   <si>
     <t>3.12.2022</t>
   </si>
   <si>
     <t>26.11.2022</t>
   </si>
   <si>
     <t>12.11.2022</t>
-  </si>
-[...1 lines deleted...]
-    <t>22.10.2022</t>
   </si>
   <si>
     <t>Výkon:</t>
   </si>
   <si>
     <t>Počet hodů:</t>
   </si>
   <si>
     <t>Viktor Pytlík</t>
   </si>
   <si>
     <t>29.11.2025</t>
   </si>
   <si>
     <t>25.10.2025</t>
   </si>
   <si>
     <t>12.4.2025</t>
   </si>
   <si>
     <t>23.2.2025</t>
   </si>
   <si>
     <t>19.10.2024</t>
   </si>
@@ -781,138 +781,138 @@
       </c>
       <c r="AA3" s="6" t="s">
         <v>27</v>
       </c>
       <c r="AB3" s="6" t="s">
         <v>28</v>
       </c>
       <c r="AC3" s="6" t="s">
         <v>29</v>
       </c>
       <c r="AD3" s="6" t="s">
         <v>30</v>
       </c>
       <c r="AE3" s="6" t="s">
         <v>31</v>
       </c>
       <c r="AF3" s="6" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="4" spans="1:32">
       <c r="B4" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C4" s="4">
+        <v>620</v>
+      </c>
+      <c r="D4" s="4">
         <v>552</v>
       </c>
-      <c r="D4" s="4">
+      <c r="E4" s="4">
         <v>572</v>
       </c>
-      <c r="E4" s="4">
+      <c r="F4" s="4">
         <v>582</v>
       </c>
-      <c r="F4" s="4">
+      <c r="G4" s="4">
         <v>573</v>
       </c>
-      <c r="G4" s="4">
+      <c r="H4" s="4">
         <v>563</v>
       </c>
-      <c r="H4" s="4">
+      <c r="I4" s="4">
         <v>531</v>
       </c>
-      <c r="I4" s="4">
+      <c r="J4" s="4">
         <v>567</v>
       </c>
-      <c r="J4" s="4">
+      <c r="K4" s="4">
         <v>603</v>
       </c>
-      <c r="K4" s="4">
+      <c r="L4" s="4">
         <v>565</v>
       </c>
-      <c r="L4" s="4">
+      <c r="M4" s="4">
         <v>575</v>
       </c>
-      <c r="M4" s="4">
+      <c r="N4" s="4">
         <v>569</v>
       </c>
-      <c r="N4" s="4">
+      <c r="O4" s="4">
         <v>528</v>
       </c>
-      <c r="O4" s="4">
+      <c r="P4" s="4">
         <v>576</v>
       </c>
-      <c r="P4" s="4">
+      <c r="Q4" s="4">
         <v>559</v>
       </c>
-      <c r="Q4" s="4">
+      <c r="R4" s="4">
         <v>529</v>
       </c>
-      <c r="R4" s="4">
+      <c r="S4" s="4">
         <v>504</v>
       </c>
-      <c r="S4" s="4">
+      <c r="T4" s="4">
         <v>547</v>
-      </c>
-[...1 lines deleted...]
-        <v>557</v>
       </c>
       <c r="U4" s="4">
         <v>557</v>
       </c>
       <c r="V4" s="4">
+        <v>557</v>
+      </c>
+      <c r="W4" s="4">
         <v>514</v>
       </c>
-      <c r="W4" s="4">
+      <c r="X4" s="4">
         <v>552</v>
       </c>
-      <c r="X4" s="4">
+      <c r="Y4" s="4">
         <v>475</v>
       </c>
-      <c r="Y4" s="4">
+      <c r="Z4" s="4">
         <v>493</v>
       </c>
-      <c r="Z4" s="4">
+      <c r="AA4" s="4">
         <v>547</v>
       </c>
-      <c r="AA4" s="4">
+      <c r="AB4" s="4">
         <v>544</v>
       </c>
-      <c r="AB4" s="4">
+      <c r="AC4" s="4">
         <v>546</v>
       </c>
-      <c r="AC4" s="4">
+      <c r="AD4" s="4">
         <v>515</v>
       </c>
-      <c r="AD4" s="4">
+      <c r="AE4" s="4">
         <v>537</v>
       </c>
-      <c r="AE4" s="4">
+      <c r="AF4" s="4">
         <v>538</v>
-      </c>
-[...1 lines deleted...]
-        <v>513</v>
       </c>
     </row>
     <row r="5" spans="1:32">
       <c r="B5" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C5" s="4">
         <v>120</v>
       </c>
       <c r="D5" s="4">
         <v>120</v>
       </c>
       <c r="E5" s="4">
         <v>120</v>
       </c>
       <c r="F5" s="4">
         <v>120</v>
       </c>
       <c r="G5" s="4">
         <v>120</v>
       </c>
       <c r="H5" s="4">
         <v>120</v>
       </c>
       <c r="I5" s="4">
@@ -977,135 +977,135 @@
       </c>
       <c r="AC5" s="4">
         <v>120</v>
       </c>
       <c r="AD5" s="4">
         <v>120</v>
       </c>
       <c r="AE5" s="4">
         <v>120</v>
       </c>
       <c r="AF5" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="7" spans="1:32">
       <c r="A7" s="2" t="s">
         <v>35</v>
       </c>
       <c r="B7" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C7" s="6" t="s">
         <v>36</v>
       </c>
       <c r="D7" s="6" t="s">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="E7" s="6" t="s">
         <v>37</v>
       </c>
       <c r="F7" s="6" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="G7" s="6" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="H7" s="6" t="s">
         <v>38</v>
       </c>
       <c r="I7" s="6" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="J7" s="6" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="K7" s="6" t="s">
         <v>39</v>
       </c>
       <c r="L7" s="6" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="M7" s="6" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="N7" s="6" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="O7" s="6" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="P7" s="6" t="s">
         <v>40</v>
       </c>
       <c r="Q7" s="6" t="s">
         <v>41</v>
       </c>
       <c r="R7" s="6" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="S7" s="6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="T7" s="6" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="U7" s="6" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="V7" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="W7" s="6" t="s">
         <v>42</v>
       </c>
       <c r="X7" s="6" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="Y7" s="6" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="Z7" s="6" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="AA7" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="AB7" s="6" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="AC7" s="6" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="AD7" s="6" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="AE7" s="6" t="s">
         <v>43</v>
       </c>
       <c r="AF7" s="6" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
     </row>
     <row r="8" spans="1:32">
       <c r="B8" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C8" s="4">
         <v>604</v>
       </c>
       <c r="D8" s="4">
         <v>598</v>
       </c>
       <c r="E8" s="4">
         <v>625</v>
       </c>
       <c r="F8" s="4">
         <v>615</v>
       </c>
       <c r="G8" s="4">
         <v>624</v>
       </c>
       <c r="H8" s="4">
         <v>571</v>
       </c>
       <c r="I8" s="4">
@@ -1265,135 +1265,135 @@
       </c>
       <c r="AC9" s="4">
         <v>120</v>
       </c>
       <c r="AD9" s="4">
         <v>120</v>
       </c>
       <c r="AE9" s="4">
         <v>120</v>
       </c>
       <c r="AF9" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="11" spans="1:32">
       <c r="A11" s="2" t="s">
         <v>44</v>
       </c>
       <c r="B11" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C11" s="6" t="s">
         <v>36</v>
       </c>
       <c r="D11" s="6" t="s">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="E11" s="6" t="s">
         <v>37</v>
       </c>
       <c r="F11" s="6" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="G11" s="6" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="H11" s="6" t="s">
         <v>38</v>
       </c>
       <c r="I11" s="6" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="J11" s="6" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="K11" s="6" t="s">
         <v>39</v>
       </c>
       <c r="L11" s="6" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="M11" s="6" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="N11" s="6" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="O11" s="6" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="P11" s="6" t="s">
         <v>40</v>
       </c>
       <c r="Q11" s="6" t="s">
         <v>41</v>
       </c>
       <c r="R11" s="6" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="S11" s="6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="T11" s="6" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="U11" s="6" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="V11" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="W11" s="6" t="s">
         <v>42</v>
       </c>
       <c r="X11" s="6" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="Y11" s="6" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="Z11" s="6" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="AA11" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="AB11" s="6" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="AC11" s="6" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="AD11" s="6" t="s">
         <v>43</v>
       </c>
       <c r="AE11" s="6" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="AF11" s="6" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
     </row>
     <row r="12" spans="1:32">
       <c r="B12" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C12" s="4">
         <v>595</v>
       </c>
       <c r="D12" s="4">
         <v>578</v>
       </c>
       <c r="E12" s="4">
         <v>602</v>
       </c>
       <c r="F12" s="4">
         <v>597</v>
       </c>
       <c r="G12" s="4">
         <v>580</v>
       </c>
       <c r="H12" s="4">
         <v>582</v>
       </c>
       <c r="I12" s="4">
@@ -1553,135 +1553,135 @@
       </c>
       <c r="AC13" s="4">
         <v>120</v>
       </c>
       <c r="AD13" s="4">
         <v>120</v>
       </c>
       <c r="AE13" s="4">
         <v>120</v>
       </c>
       <c r="AF13" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="15" spans="1:32">
       <c r="A15" s="2" t="s">
         <v>45</v>
       </c>
       <c r="B15" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C15" s="6" t="s">
         <v>36</v>
       </c>
       <c r="D15" s="6" t="s">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="E15" s="6" t="s">
         <v>37</v>
       </c>
       <c r="F15" s="6" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="G15" s="6" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="H15" s="6" t="s">
         <v>38</v>
       </c>
       <c r="I15" s="6" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="J15" s="6" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="K15" s="6" t="s">
         <v>39</v>
       </c>
       <c r="L15" s="6" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="M15" s="6" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="N15" s="6" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="O15" s="6" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="P15" s="6" t="s">
         <v>40</v>
       </c>
       <c r="Q15" s="6" t="s">
         <v>41</v>
       </c>
       <c r="R15" s="6" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="S15" s="6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="T15" s="6" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="U15" s="6" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="V15" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="W15" s="6" t="s">
         <v>42</v>
       </c>
       <c r="X15" s="6" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="Y15" s="6" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="Z15" s="6" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="AA15" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="AB15" s="6" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="AC15" s="6" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="AD15" s="6" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="AE15" s="6" t="s">
         <v>43</v>
       </c>
       <c r="AF15" s="6" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
     </row>
     <row r="16" spans="1:32">
       <c r="B16" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C16" s="4">
         <v>581</v>
       </c>
       <c r="D16" s="4">
         <v>617</v>
       </c>
       <c r="E16" s="4">
         <v>601</v>
       </c>
       <c r="F16" s="4">
         <v>571</v>
       </c>
       <c r="G16" s="4">
         <v>586</v>
       </c>
       <c r="H16" s="4">
         <v>556</v>
       </c>
       <c r="I16" s="4">
@@ -1841,135 +1841,135 @@
       </c>
       <c r="AC17" s="4">
         <v>120</v>
       </c>
       <c r="AD17" s="4">
         <v>120</v>
       </c>
       <c r="AE17" s="4">
         <v>120</v>
       </c>
       <c r="AF17" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="19" spans="1:32">
       <c r="A19" s="2" t="s">
         <v>46</v>
       </c>
       <c r="B19" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C19" s="6" t="s">
         <v>36</v>
       </c>
       <c r="D19" s="6" t="s">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="E19" s="6" t="s">
         <v>37</v>
       </c>
       <c r="F19" s="6" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="G19" s="6" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="H19" s="6" t="s">
         <v>38</v>
       </c>
       <c r="I19" s="6" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="J19" s="6" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="K19" s="6" t="s">
         <v>39</v>
       </c>
       <c r="L19" s="6" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="M19" s="6" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="N19" s="6" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="O19" s="6" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="P19" s="6" t="s">
         <v>40</v>
       </c>
       <c r="Q19" s="6" t="s">
         <v>41</v>
       </c>
       <c r="R19" s="6" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="S19" s="6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="T19" s="6" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="U19" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="V19" s="6" t="s">
         <v>42</v>
       </c>
       <c r="W19" s="6" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="X19" s="6" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="Y19" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="Z19" s="6" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="AA19" s="6" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="AB19" s="6" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="AC19" s="6" t="s">
         <v>43</v>
       </c>
       <c r="AD19" s="6" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="AE19" s="6" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="AF19" s="6" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
     </row>
     <row r="20" spans="1:32">
       <c r="B20" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C20" s="4">
         <v>554</v>
       </c>
       <c r="D20" s="4">
         <v>549</v>
       </c>
       <c r="E20" s="4">
         <v>574</v>
       </c>
       <c r="F20" s="4">
         <v>580</v>
       </c>
       <c r="G20" s="4">
         <v>540</v>
       </c>
       <c r="H20" s="4">
         <v>525</v>
       </c>
       <c r="I20" s="4">
@@ -2129,132 +2129,132 @@
       </c>
       <c r="AC21" s="4">
         <v>120</v>
       </c>
       <c r="AD21" s="4">
         <v>120</v>
       </c>
       <c r="AE21" s="4">
         <v>120</v>
       </c>
       <c r="AF21" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="23" spans="1:32">
       <c r="A23" s="2" t="s">
         <v>47</v>
       </c>
       <c r="B23" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C23" s="6" t="s">
         <v>36</v>
       </c>
       <c r="D23" s="6" t="s">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="E23" s="6" t="s">
         <v>37</v>
       </c>
       <c r="F23" s="6" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="G23" s="6" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="H23" s="6" t="s">
         <v>38</v>
       </c>
       <c r="I23" s="6" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="J23" s="6" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="K23" s="6" t="s">
         <v>39</v>
       </c>
       <c r="L23" s="6" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="M23" s="6" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="N23" s="6" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="O23" s="6" t="s">
         <v>40</v>
       </c>
       <c r="P23" s="6" t="s">
         <v>41</v>
       </c>
       <c r="Q23" s="6" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="R23" s="6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="S23" s="6" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="T23" s="6" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="U23" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="V23" s="6" t="s">
         <v>42</v>
       </c>
       <c r="W23" s="6" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="X23" s="6" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="Y23" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="Z23" s="6" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="AA23" s="6" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="AB23" s="6" t="s">
         <v>43</v>
       </c>
       <c r="AC23" s="6" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="AD23" s="6" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="AE23" s="6" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="AF23" s="6" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="24" spans="1:32">
       <c r="B24" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C24" s="4">
         <v>587</v>
       </c>
       <c r="D24" s="4">
         <v>562</v>
       </c>
       <c r="E24" s="4">
         <v>570</v>
       </c>
       <c r="F24" s="4">
         <v>573</v>
       </c>
       <c r="G24" s="4">
         <v>542</v>
       </c>
       <c r="H24" s="4">
@@ -2417,102 +2417,102 @@
       </c>
       <c r="AC25" s="4">
         <v>120</v>
       </c>
       <c r="AD25" s="4">
         <v>120</v>
       </c>
       <c r="AE25" s="4">
         <v>120</v>
       </c>
       <c r="AF25" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="27" spans="1:32">
       <c r="A27" s="2" t="s">
         <v>49</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="6" t="s">
         <v>50</v>
       </c>
       <c r="D27" s="6" t="s">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="E27" s="6" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="F27" s="6" t="s">
         <v>51</v>
       </c>
       <c r="G27" s="6" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="H27" s="6" t="s">
         <v>52</v>
       </c>
       <c r="I27" s="6" t="s">
         <v>53</v>
       </c>
       <c r="J27" s="6" t="s">
         <v>54</v>
       </c>
       <c r="K27" s="6" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="L27" s="6" t="s">
         <v>55</v>
       </c>
       <c r="M27" s="6" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="N27" s="6" t="s">
         <v>56</v>
       </c>
       <c r="O27" s="6" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="P27" s="6" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="Q27" s="6" t="s">
         <v>57</v>
       </c>
       <c r="R27" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="S27" s="6" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="T27" s="6" t="s">
         <v>58</v>
       </c>
       <c r="U27" s="6" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="V27" s="6" t="s">
         <v>59</v>
       </c>
       <c r="W27" s="6" t="s">
         <v>60</v>
       </c>
       <c r="X27" s="6" t="s">
         <v>61</v>
       </c>
       <c r="Y27" s="6" t="s">
         <v>62</v>
       </c>
       <c r="Z27" s="6" t="s">
         <v>63</v>
       </c>
       <c r="AA27" s="6" t="s">
         <v>64</v>
       </c>
       <c r="AB27" s="6" t="s">
         <v>65</v>
       </c>
       <c r="AC27" s="6" t="s">
         <v>66</v>
       </c>
@@ -2702,233 +2702,233 @@
       </c>
       <c r="AB29" s="4">
         <v>120</v>
       </c>
       <c r="AC29" s="4">
         <v>120</v>
       </c>
       <c r="AD29" s="4">
         <v>120</v>
       </c>
       <c r="AE29" s="4">
         <v>120</v>
       </c>
       <c r="AF29" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="31" spans="1:32">
       <c r="A31" s="2" t="s">
         <v>70</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="6" t="s">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="D31" s="6" t="s">
         <v>5</v>
       </c>
       <c r="E31" s="6" t="s">
         <v>6</v>
       </c>
       <c r="F31" s="6" t="s">
         <v>7</v>
       </c>
       <c r="G31" s="6" t="s">
         <v>8</v>
       </c>
       <c r="H31" s="6" t="s">
         <v>9</v>
       </c>
       <c r="I31" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="J31" s="6" t="s">
         <v>52</v>
-      </c>
-[...1 lines deleted...]
-        <v>10</v>
       </c>
       <c r="K31" s="6" t="s">
         <v>11</v>
       </c>
       <c r="L31" s="6" t="s">
         <v>12</v>
       </c>
       <c r="M31" s="6" t="s">
         <v>13</v>
       </c>
       <c r="N31" s="6" t="s">
         <v>14</v>
       </c>
       <c r="O31" s="6" t="s">
         <v>15</v>
       </c>
       <c r="P31" s="6" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="Q31" s="6" t="s">
         <v>16</v>
       </c>
       <c r="R31" s="6" t="s">
         <v>17</v>
       </c>
       <c r="S31" s="6" t="s">
         <v>18</v>
       </c>
       <c r="T31" s="6" t="s">
         <v>19</v>
       </c>
       <c r="U31" s="6" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="V31" s="6" t="s">
         <v>20</v>
       </c>
       <c r="W31" s="6" t="s">
         <v>21</v>
       </c>
       <c r="X31" s="6" t="s">
         <v>22</v>
       </c>
       <c r="Y31" s="6" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="Z31" s="6" t="s">
         <v>23</v>
       </c>
       <c r="AA31" s="6" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="AB31" s="6" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="AC31" s="6" t="s">
         <v>27</v>
       </c>
       <c r="AD31" s="6" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="AE31" s="6" t="s">
         <v>28</v>
       </c>
       <c r="AF31" s="6" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="32" spans="1:32">
       <c r="B32" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C32" s="4">
+        <v>565</v>
+      </c>
+      <c r="D32" s="4">
         <v>532</v>
       </c>
-      <c r="D32" s="4">
+      <c r="E32" s="4">
         <v>522</v>
       </c>
-      <c r="E32" s="4">
+      <c r="F32" s="4">
         <v>552</v>
       </c>
-      <c r="F32" s="4">
+      <c r="G32" s="4">
         <v>596</v>
       </c>
-      <c r="G32" s="4">
+      <c r="H32" s="4">
         <v>514</v>
       </c>
-      <c r="H32" s="4">
+      <c r="I32" s="4">
         <v>567</v>
       </c>
-      <c r="I32" s="4">
+      <c r="J32" s="4">
         <v>563</v>
       </c>
-      <c r="J32" s="4">
+      <c r="K32" s="4">
         <v>566</v>
       </c>
-      <c r="K32" s="4">
+      <c r="L32" s="4">
         <v>551</v>
       </c>
-      <c r="L32" s="4">
+      <c r="M32" s="4">
         <v>556</v>
       </c>
-      <c r="M32" s="4">
+      <c r="N32" s="4">
         <v>563</v>
       </c>
-      <c r="N32" s="4">
+      <c r="O32" s="4">
         <v>524</v>
       </c>
-      <c r="O32" s="4">
+      <c r="P32" s="4">
         <v>574</v>
       </c>
-      <c r="P32" s="4">
+      <c r="Q32" s="4">
         <v>567</v>
-      </c>
-[...1 lines deleted...]
-        <v>559</v>
       </c>
       <c r="R32" s="4">
         <v>559</v>
       </c>
       <c r="S32" s="4">
+        <v>559</v>
+      </c>
+      <c r="T32" s="4">
         <v>529</v>
       </c>
-      <c r="T32" s="4">
+      <c r="U32" s="4">
         <v>589</v>
       </c>
-      <c r="U32" s="4">
+      <c r="V32" s="4">
         <v>570</v>
       </c>
-      <c r="V32" s="4">
+      <c r="W32" s="4">
         <v>545</v>
       </c>
-      <c r="W32" s="4">
+      <c r="X32" s="4">
         <v>554</v>
       </c>
-      <c r="X32" s="4">
+      <c r="Y32" s="4">
         <v>522</v>
       </c>
-      <c r="Y32" s="4">
+      <c r="Z32" s="4">
         <v>547</v>
       </c>
-      <c r="Z32" s="4">
+      <c r="AA32" s="4">
         <v>564</v>
       </c>
-      <c r="AA32" s="4">
+      <c r="AB32" s="4">
         <v>543</v>
       </c>
-      <c r="AB32" s="4">
+      <c r="AC32" s="4">
         <v>553</v>
       </c>
-      <c r="AC32" s="4">
+      <c r="AD32" s="4">
         <v>562</v>
       </c>
-      <c r="AD32" s="4">
+      <c r="AE32" s="4">
         <v>493</v>
       </c>
-      <c r="AE32" s="4">
+      <c r="AF32" s="4">
         <v>486</v>
-      </c>
-[...1 lines deleted...]
-        <v>523</v>
       </c>
     </row>
     <row r="33" spans="1:32">
       <c r="B33" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C33" s="4">
         <v>120</v>
       </c>
       <c r="D33" s="4">
         <v>120</v>
       </c>
       <c r="E33" s="4">
         <v>120</v>
       </c>
       <c r="F33" s="4">
         <v>120</v>
       </c>
       <c r="G33" s="4">
         <v>120</v>
       </c>
       <c r="H33" s="4">
         <v>120</v>
       </c>
       <c r="I33" s="4">