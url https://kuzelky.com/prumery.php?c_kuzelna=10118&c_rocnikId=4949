--- v0 (2025-12-05)
+++ v1 (2025-12-14)
@@ -12,92 +12,95 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="19">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="20">
   <si>
     <t>Výsledky hráčů družstva TJ Lomnice na kuželně TJ Sokol Kdyně</t>
   </si>
   <si>
     <t>Jiří Běloch</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
     <t>23.11.2024</t>
   </si>
   <si>
     <t>2.12.2023</t>
   </si>
   <si>
     <t>Výkon:</t>
   </si>
   <si>
     <t>Počet hodů:</t>
   </si>
   <si>
     <t>Bohumil Maněna</t>
   </si>
   <si>
     <t>11.3.2023</t>
   </si>
   <si>
     <t>22.1.2022</t>
   </si>
   <si>
     <t>1.2.2020</t>
   </si>
   <si>
     <t>29.9.2018</t>
   </si>
   <si>
     <t>22.10.2016</t>
   </si>
   <si>
     <t>Miroslav Bubla</t>
+  </si>
+  <si>
+    <t>6.12.2025</t>
   </si>
   <si>
     <t>Štěpán Diosegi</t>
   </si>
   <si>
     <t>Josef Krotký</t>
   </si>
   <si>
     <t>Miroslav Knespl</t>
   </si>
   <si>
     <t>Josef Veverka</t>
   </si>
   <si>
     <t>Hubert Guba</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="6">
     <font>
       <b val="0"/>
@@ -638,99 +641,108 @@
       </c>
       <c r="D9" s="4">
         <v>120</v>
       </c>
       <c r="E9" s="4">
         <v>120</v>
       </c>
       <c r="F9" s="4">
         <v>120</v>
       </c>
       <c r="G9" s="4">
         <v>120</v>
       </c>
       <c r="H9" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B11" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C11" s="6" t="s">
+        <v>14</v>
+      </c>
+      <c r="D11" s="6" t="s">
         <v>9</v>
       </c>
-      <c r="D11" s="6" t="s">
+      <c r="E11" s="6" t="s">
         <v>10</v>
       </c>
-      <c r="E11" s="6" t="s">
+      <c r="F11" s="6" t="s">
         <v>11</v>
       </c>
-      <c r="F11" s="6" t="s">
+      <c r="G11" s="6" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="B12" s="5" t="s">
         <v>5</v>
       </c>
       <c r="C12" s="4">
+        <v>587</v>
+      </c>
+      <c r="D12" s="4">
         <v>590</v>
       </c>
-      <c r="D12" s="4">
+      <c r="E12" s="4">
         <v>580</v>
       </c>
-      <c r="E12" s="4">
+      <c r="F12" s="4">
         <v>525</v>
       </c>
-      <c r="F12" s="7">
+      <c r="G12" s="7">
         <v>430</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="B13" s="5" t="s">
         <v>6</v>
       </c>
       <c r="C13" s="4">
         <v>120</v>
       </c>
       <c r="D13" s="4">
         <v>120</v>
       </c>
       <c r="E13" s="4">
         <v>120</v>
       </c>
-      <c r="F13" s="6">
+      <c r="F13" s="4">
+        <v>120</v>
+      </c>
+      <c r="G13" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" s="2" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B15" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C15" s="6" t="s">
         <v>3</v>
       </c>
       <c r="D15" s="6" t="s">
         <v>8</v>
       </c>
       <c r="E15" s="6" t="s">
         <v>9</v>
       </c>
       <c r="F15" s="6" t="s">
         <v>10</v>
       </c>
       <c r="G15" s="6" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="B16" s="5" t="s">
         <v>5</v>
       </c>
       <c r="C16" s="4">
@@ -749,51 +761,51 @@
         <v>476</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="B17" s="5" t="s">
         <v>6</v>
       </c>
       <c r="C17" s="4">
         <v>120</v>
       </c>
       <c r="D17" s="4">
         <v>120</v>
       </c>
       <c r="E17" s="4">
         <v>120</v>
       </c>
       <c r="F17" s="4">
         <v>120</v>
       </c>
       <c r="G17" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" s="2" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="B19" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C19" s="6" t="s">
         <v>3</v>
       </c>
       <c r="D19" s="6" t="s">
         <v>8</v>
       </c>
       <c r="E19" s="6" t="s">
         <v>10</v>
       </c>
       <c r="F19" s="6" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="B20" s="5" t="s">
         <v>5</v>
       </c>
       <c r="C20" s="4">
         <v>536</v>
       </c>
       <c r="D20" s="4">
@@ -803,51 +815,51 @@
         <v>530</v>
       </c>
       <c r="F20" s="7">
         <v>433</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="B21" s="5" t="s">
         <v>6</v>
       </c>
       <c r="C21" s="4">
         <v>120</v>
       </c>
       <c r="D21" s="4">
         <v>120</v>
       </c>
       <c r="E21" s="4">
         <v>120</v>
       </c>
       <c r="F21" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" s="2" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B23" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C23" s="6" t="s">
         <v>3</v>
       </c>
       <c r="D23" s="6" t="s">
         <v>4</v>
       </c>
       <c r="E23" s="6" t="s">
         <v>9</v>
       </c>
       <c r="F23" s="6" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="B24" s="5" t="s">
         <v>5</v>
       </c>
       <c r="C24" s="4">
         <v>602</v>
       </c>
       <c r="D24" s="4">
@@ -857,51 +869,51 @@
         <v>506</v>
       </c>
       <c r="F24" s="4">
         <v>556</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="B25" s="5" t="s">
         <v>6</v>
       </c>
       <c r="C25" s="4">
         <v>120</v>
       </c>
       <c r="D25" s="4">
         <v>120</v>
       </c>
       <c r="E25" s="4">
         <v>120</v>
       </c>
       <c r="F25" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" s="2" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="6" t="s">
         <v>8</v>
       </c>
       <c r="D27" s="6" t="s">
         <v>9</v>
       </c>
       <c r="E27" s="6" t="s">
         <v>10</v>
       </c>
       <c r="F27" s="6" t="s">
         <v>11</v>
       </c>
       <c r="G27" s="6" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="B28" s="5" t="s">
         <v>5</v>
       </c>
       <c r="C28" s="4">
@@ -920,51 +932,51 @@
         <v>403</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="B29" s="5" t="s">
         <v>6</v>
       </c>
       <c r="C29" s="4">
         <v>120</v>
       </c>
       <c r="D29" s="4">
         <v>120</v>
       </c>
       <c r="E29" s="4">
         <v>120</v>
       </c>
       <c r="F29" s="4">
         <v>120</v>
       </c>
       <c r="G29" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="6" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="B32" s="5" t="s">
         <v>5</v>
       </c>
       <c r="C32" s="4">
         <v>512</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="B33" s="5" t="s">
         <v>6</v>
       </c>
       <c r="C33" s="4">
         <v>120</v>
       </c>
     </row>
   </sheetData>