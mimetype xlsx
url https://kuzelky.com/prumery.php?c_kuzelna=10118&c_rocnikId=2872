--- v0 (2025-12-06)
+++ v1 (2025-12-14)
@@ -320,54 +320,54 @@
   <si>
     <t>12.2.2022</t>
   </si>
   <si>
     <t>22.1.2022</t>
   </si>
   <si>
     <t>27.11.2021</t>
   </si>
   <si>
     <t>13.11.2021</t>
   </si>
   <si>
     <t>23.10.2021</t>
   </si>
   <si>
     <t>2.10.2021</t>
   </si>
   <si>
     <t>18.9.2021</t>
   </si>
   <si>
     <t>Josef Fidrant</t>
   </si>
   <si>
+    <t>6.12.2025</t>
+  </si>
+  <si>
     <t>1.11.2025</t>
-  </si>
-[...1 lines deleted...]
-    <t>3.12.2022</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="6">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -2696,230 +2696,230 @@
       </c>
       <c r="AC29" s="4">
         <v>120</v>
       </c>
       <c r="AD29" s="4">
         <v>120</v>
       </c>
       <c r="AE29" s="4">
         <v>120</v>
       </c>
       <c r="AF29" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="31" spans="1:32">
       <c r="A31" s="2" t="s">
         <v>101</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="6" t="s">
         <v>102</v>
       </c>
       <c r="D31" s="6" t="s">
+        <v>103</v>
+      </c>
+      <c r="E31" s="6" t="s">
         <v>6</v>
       </c>
-      <c r="E31" s="6" t="s">
+      <c r="F31" s="6" t="s">
         <v>7</v>
       </c>
-      <c r="F31" s="6" t="s">
+      <c r="G31" s="6" t="s">
         <v>9</v>
       </c>
-      <c r="G31" s="6" t="s">
+      <c r="H31" s="6" t="s">
         <v>10</v>
       </c>
-      <c r="H31" s="6" t="s">
+      <c r="I31" s="6" t="s">
         <v>12</v>
       </c>
-      <c r="I31" s="6" t="s">
+      <c r="J31" s="6" t="s">
         <v>83</v>
       </c>
-      <c r="J31" s="6" t="s">
+      <c r="K31" s="6" t="s">
         <v>13</v>
       </c>
-      <c r="K31" s="6" t="s">
+      <c r="L31" s="6" t="s">
         <v>14</v>
       </c>
-      <c r="L31" s="6" t="s">
+      <c r="M31" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="M31" s="6" t="s">
+      <c r="N31" s="6" t="s">
         <v>18</v>
       </c>
-      <c r="N31" s="6" t="s">
+      <c r="O31" s="6" t="s">
         <v>19</v>
-      </c>
-[...1 lines deleted...]
-        <v>20</v>
       </c>
       <c r="P31" s="6" t="s">
         <v>20</v>
       </c>
       <c r="Q31" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="R31" s="6" t="s">
         <v>21</v>
       </c>
-      <c r="R31" s="6" t="s">
+      <c r="S31" s="6" t="s">
         <v>22</v>
       </c>
-      <c r="S31" s="6" t="s">
+      <c r="T31" s="6" t="s">
         <v>24</v>
-      </c>
-[...1 lines deleted...]
-        <v>25</v>
       </c>
       <c r="U31" s="6" t="s">
         <v>25</v>
       </c>
       <c r="V31" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="W31" s="6" t="s">
         <v>26</v>
       </c>
-      <c r="W31" s="6" t="s">
+      <c r="X31" s="6" t="s">
         <v>27</v>
-      </c>
-[...1 lines deleted...]
-        <v>28</v>
       </c>
       <c r="Y31" s="6" t="s">
         <v>28</v>
       </c>
       <c r="Z31" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="AA31" s="6" t="s">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
       <c r="AB31" s="6" t="s">
         <v>76</v>
       </c>
       <c r="AC31" s="6" t="s">
-        <v>36</v>
+        <v>76</v>
       </c>
       <c r="AD31" s="6" t="s">
         <v>36</v>
       </c>
       <c r="AE31" s="6" t="s">
+        <v>36</v>
+      </c>
+      <c r="AF31" s="6" t="s">
         <v>77</v>
-      </c>
-[...1 lines deleted...]
-        <v>103</v>
       </c>
     </row>
     <row r="32" spans="1:32">
       <c r="B32" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C32" s="4">
+        <v>565</v>
+      </c>
+      <c r="D32" s="4">
         <v>532</v>
       </c>
-      <c r="D32" s="4">
+      <c r="E32" s="4">
         <v>522</v>
       </c>
-      <c r="E32" s="4">
+      <c r="F32" s="4">
         <v>552</v>
       </c>
-      <c r="F32" s="4">
+      <c r="G32" s="4">
         <v>596</v>
       </c>
-      <c r="G32" s="4">
+      <c r="H32" s="4">
         <v>514</v>
       </c>
-      <c r="H32" s="4">
+      <c r="I32" s="4">
         <v>567</v>
       </c>
-      <c r="I32" s="4">
+      <c r="J32" s="4">
         <v>563</v>
       </c>
-      <c r="J32" s="4">
+      <c r="K32" s="4">
         <v>566</v>
       </c>
-      <c r="K32" s="4">
+      <c r="L32" s="4">
         <v>551</v>
       </c>
-      <c r="L32" s="4">
+      <c r="M32" s="4">
         <v>556</v>
       </c>
-      <c r="M32" s="4">
+      <c r="N32" s="4">
         <v>563</v>
       </c>
-      <c r="N32" s="4">
+      <c r="O32" s="4">
         <v>524</v>
       </c>
-      <c r="O32" s="4">
+      <c r="P32" s="4">
         <v>574</v>
       </c>
-      <c r="P32" s="4">
+      <c r="Q32" s="4">
         <v>567</v>
-      </c>
-[...1 lines deleted...]
-        <v>559</v>
       </c>
       <c r="R32" s="4">
         <v>559</v>
       </c>
       <c r="S32" s="4">
+        <v>559</v>
+      </c>
+      <c r="T32" s="4">
         <v>529</v>
       </c>
-      <c r="T32" s="4">
+      <c r="U32" s="4">
         <v>589</v>
       </c>
-      <c r="U32" s="4">
+      <c r="V32" s="4">
         <v>570</v>
       </c>
-      <c r="V32" s="4">
+      <c r="W32" s="4">
         <v>545</v>
       </c>
-      <c r="W32" s="4">
+      <c r="X32" s="4">
         <v>554</v>
       </c>
-      <c r="X32" s="4">
+      <c r="Y32" s="4">
         <v>522</v>
       </c>
-      <c r="Y32" s="4">
+      <c r="Z32" s="4">
         <v>547</v>
       </c>
-      <c r="Z32" s="4">
+      <c r="AA32" s="4">
         <v>564</v>
       </c>
-      <c r="AA32" s="4">
+      <c r="AB32" s="4">
         <v>543</v>
       </c>
-      <c r="AB32" s="4">
+      <c r="AC32" s="4">
         <v>553</v>
       </c>
-      <c r="AC32" s="4">
+      <c r="AD32" s="4">
         <v>562</v>
       </c>
-      <c r="AD32" s="4">
+      <c r="AE32" s="4">
         <v>493</v>
       </c>
-      <c r="AE32" s="4">
+      <c r="AF32" s="4">
         <v>486</v>
-      </c>
-[...1 lines deleted...]
-        <v>523</v>
       </c>
     </row>
     <row r="33" spans="1:32">
       <c r="B33" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C33" s="4">
         <v>120</v>
       </c>
       <c r="D33" s="4">
         <v>120</v>
       </c>
       <c r="E33" s="4">
         <v>120</v>
       </c>
       <c r="F33" s="4">
         <v>120</v>
       </c>
       <c r="G33" s="4">
         <v>120</v>
       </c>
       <c r="H33" s="4">
         <v>120</v>
       </c>
       <c r="I33" s="4">