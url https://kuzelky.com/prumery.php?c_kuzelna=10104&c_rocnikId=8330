--- v0 (2025-12-05)
+++ v1 (2025-12-14)
@@ -122,120 +122,120 @@
   <si>
     <t>11.3.2023</t>
   </si>
   <si>
     <t>25.2.2023</t>
   </si>
   <si>
     <t>11.2.2023</t>
   </si>
   <si>
     <t>3.12.2022</t>
   </si>
   <si>
     <t>26.11.2022</t>
   </si>
   <si>
     <t>Výkon:</t>
   </si>
   <si>
     <t>Počet hodů:</t>
   </si>
   <si>
     <t>Petr Šmidlík</t>
   </si>
   <si>
+    <t>6.12.2025</t>
+  </si>
+  <si>
     <t>1.3.2025</t>
   </si>
   <si>
     <t>6.4.2024</t>
   </si>
   <si>
     <t>2.12.2023</t>
   </si>
   <si>
     <t>12.11.2022</t>
   </si>
   <si>
     <t>17.9.2022</t>
   </si>
   <si>
     <t>12.3.2022</t>
   </si>
   <si>
-    <t>22.1.2022</t>
-[...1 lines deleted...]
-  <si>
     <t>Jiří Šťastný</t>
   </si>
   <si>
     <t>Martin Bílek</t>
   </si>
   <si>
+    <t>Jakub Šmidlík</t>
+  </si>
+  <si>
+    <t>Jan Cukr</t>
+  </si>
+  <si>
+    <t>5.12.2025</t>
+  </si>
+  <si>
+    <t>14.2.2025</t>
+  </si>
+  <si>
+    <t>11.10.2024</t>
+  </si>
+  <si>
+    <t>16.2.2024</t>
+  </si>
+  <si>
+    <t>20.10.2023</t>
+  </si>
+  <si>
+    <t>28.3.2022</t>
+  </si>
+  <si>
+    <t>18.2.2022</t>
+  </si>
+  <si>
+    <t>11.10.2019</t>
+  </si>
+  <si>
+    <t>20.9.2019</t>
+  </si>
+  <si>
+    <t>5.10.2018</t>
+  </si>
+  <si>
+    <t>Jan Volhejn</t>
+  </si>
+  <si>
+    <t>Jakub Vojáček</t>
+  </si>
+  <si>
     <t>22.10.2022</t>
-  </si>
-[...40 lines deleted...]
-    <t>Jakub Vojáček</t>
   </si>
   <si>
     <t>Jan Hrubý</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="6">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -944,233 +944,233 @@
       </c>
       <c r="AB5" s="4">
         <v>120</v>
       </c>
       <c r="AC5" s="4">
         <v>120</v>
       </c>
       <c r="AD5" s="4">
         <v>120</v>
       </c>
       <c r="AE5" s="4">
         <v>120</v>
       </c>
       <c r="AF5" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="7" spans="1:32">
       <c r="A7" s="2" t="s">
         <v>35</v>
       </c>
       <c r="B7" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C7" s="6" t="s">
+        <v>36</v>
+      </c>
+      <c r="D7" s="6" t="s">
         <v>4</v>
       </c>
-      <c r="D7" s="6" t="s">
+      <c r="E7" s="6" t="s">
         <v>5</v>
       </c>
-      <c r="E7" s="6" t="s">
+      <c r="F7" s="6" t="s">
         <v>6</v>
       </c>
-      <c r="F7" s="6" t="s">
+      <c r="G7" s="6" t="s">
         <v>7</v>
       </c>
-      <c r="G7" s="6" t="s">
+      <c r="H7" s="6" t="s">
         <v>8</v>
       </c>
-      <c r="H7" s="6" t="s">
+      <c r="I7" s="6" t="s">
         <v>9</v>
       </c>
-      <c r="I7" s="6" t="s">
+      <c r="J7" s="6" t="s">
         <v>10</v>
       </c>
-      <c r="J7" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K7" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="L7" s="6" t="s">
         <v>11</v>
       </c>
-      <c r="L7" s="6" t="s">
+      <c r="M7" s="6" t="s">
         <v>12</v>
       </c>
-      <c r="M7" s="6" t="s">
+      <c r="N7" s="6" t="s">
         <v>13</v>
       </c>
-      <c r="N7" s="6" t="s">
+      <c r="O7" s="6" t="s">
         <v>14</v>
       </c>
-      <c r="O7" s="6" t="s">
+      <c r="P7" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="P7" s="6" t="s">
+      <c r="Q7" s="6" t="s">
         <v>16</v>
       </c>
-      <c r="Q7" s="6" t="s">
+      <c r="R7" s="6" t="s">
         <v>17</v>
       </c>
-      <c r="R7" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S7" s="6" t="s">
+        <v>38</v>
+      </c>
+      <c r="T7" s="6" t="s">
         <v>18</v>
       </c>
-      <c r="T7" s="6" t="s">
+      <c r="U7" s="6" t="s">
         <v>19</v>
       </c>
-      <c r="U7" s="6" t="s">
+      <c r="V7" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="V7" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="W7" s="6" t="s">
+        <v>39</v>
+      </c>
+      <c r="X7" s="6" t="s">
         <v>22</v>
       </c>
-      <c r="X7" s="6" t="s">
+      <c r="Y7" s="6" t="s">
         <v>23</v>
       </c>
-      <c r="Y7" s="6" t="s">
+      <c r="Z7" s="6" t="s">
         <v>25</v>
       </c>
-      <c r="Z7" s="6" t="s">
+      <c r="AA7" s="6" t="s">
         <v>26</v>
       </c>
-      <c r="AA7" s="6" t="s">
+      <c r="AB7" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="AB7" s="6" t="s">
+      <c r="AC7" s="6" t="s">
         <v>32</v>
-      </c>
-[...1 lines deleted...]
-        <v>39</v>
       </c>
       <c r="AD7" s="6" t="s">
         <v>40</v>
       </c>
       <c r="AE7" s="6" t="s">
         <v>41</v>
       </c>
       <c r="AF7" s="6" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="8" spans="1:32">
       <c r="B8" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C8" s="4">
+        <v>575</v>
+      </c>
+      <c r="D8" s="4">
         <v>549</v>
       </c>
-      <c r="D8" s="4">
+      <c r="E8" s="4">
         <v>576</v>
       </c>
-      <c r="E8" s="4">
+      <c r="F8" s="4">
         <v>565</v>
       </c>
-      <c r="F8" s="4">
+      <c r="G8" s="4">
         <v>568</v>
       </c>
-      <c r="G8" s="4">
+      <c r="H8" s="4">
         <v>531</v>
       </c>
-      <c r="H8" s="4">
+      <c r="I8" s="4">
         <v>572</v>
       </c>
-      <c r="I8" s="4">
+      <c r="J8" s="4">
         <v>549</v>
       </c>
-      <c r="J8" s="4">
+      <c r="K8" s="4">
         <v>561</v>
       </c>
-      <c r="K8" s="4">
+      <c r="L8" s="4">
         <v>562</v>
       </c>
-      <c r="L8" s="4">
+      <c r="M8" s="4">
         <v>594</v>
       </c>
-      <c r="M8" s="4">
+      <c r="N8" s="4">
         <v>605</v>
       </c>
-      <c r="N8" s="4">
+      <c r="O8" s="4">
         <v>556</v>
       </c>
-      <c r="O8" s="4">
+      <c r="P8" s="4">
         <v>558</v>
       </c>
-      <c r="P8" s="4">
+      <c r="Q8" s="4">
         <v>571</v>
       </c>
-      <c r="Q8" s="4">
+      <c r="R8" s="4">
         <v>578</v>
       </c>
-      <c r="R8" s="4">
+      <c r="S8" s="4">
         <v>562</v>
       </c>
-      <c r="S8" s="4">
+      <c r="T8" s="4">
         <v>600</v>
       </c>
-      <c r="T8" s="4">
+      <c r="U8" s="4">
         <v>583</v>
       </c>
-      <c r="U8" s="4">
+      <c r="V8" s="4">
         <v>565</v>
       </c>
-      <c r="V8" s="4">
+      <c r="W8" s="4">
         <v>543</v>
       </c>
-      <c r="W8" s="4">
+      <c r="X8" s="4">
         <v>562</v>
       </c>
-      <c r="X8" s="4">
+      <c r="Y8" s="4">
         <v>559</v>
       </c>
-      <c r="Y8" s="4">
+      <c r="Z8" s="4">
         <v>535</v>
       </c>
-      <c r="Z8" s="4">
+      <c r="AA8" s="4">
         <v>526</v>
       </c>
-      <c r="AA8" s="4">
+      <c r="AB8" s="4">
         <v>508</v>
       </c>
-      <c r="AB8" s="4">
+      <c r="AC8" s="4">
         <v>539</v>
       </c>
-      <c r="AC8" s="4">
+      <c r="AD8" s="4">
         <v>582</v>
       </c>
-      <c r="AD8" s="4">
+      <c r="AE8" s="4">
         <v>537</v>
       </c>
-      <c r="AE8" s="4">
+      <c r="AF8" s="4">
         <v>517</v>
-      </c>
-[...1 lines deleted...]
-        <v>553</v>
       </c>
     </row>
     <row r="9" spans="1:32">
       <c r="B9" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C9" s="4">
         <v>120</v>
       </c>
       <c r="D9" s="4">
         <v>120</v>
       </c>
       <c r="E9" s="4">
         <v>120</v>
       </c>
       <c r="F9" s="4">
         <v>120</v>
       </c>
       <c r="G9" s="4">
         <v>120</v>
       </c>
       <c r="H9" s="4">
         <v>120</v>
       </c>
       <c r="I9" s="4">
@@ -1232,233 +1232,233 @@
       </c>
       <c r="AB9" s="4">
         <v>120</v>
       </c>
       <c r="AC9" s="4">
         <v>120</v>
       </c>
       <c r="AD9" s="4">
         <v>120</v>
       </c>
       <c r="AE9" s="4">
         <v>120</v>
       </c>
       <c r="AF9" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="11" spans="1:32">
       <c r="A11" s="2" t="s">
         <v>43</v>
       </c>
       <c r="B11" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C11" s="6" t="s">
+        <v>36</v>
+      </c>
+      <c r="D11" s="6" t="s">
         <v>3</v>
       </c>
-      <c r="D11" s="6" t="s">
+      <c r="E11" s="6" t="s">
         <v>4</v>
       </c>
-      <c r="E11" s="6" t="s">
+      <c r="F11" s="6" t="s">
         <v>5</v>
       </c>
-      <c r="F11" s="6" t="s">
+      <c r="G11" s="6" t="s">
         <v>6</v>
       </c>
-      <c r="G11" s="6" t="s">
+      <c r="H11" s="6" t="s">
         <v>7</v>
       </c>
-      <c r="H11" s="6" t="s">
+      <c r="I11" s="6" t="s">
         <v>8</v>
       </c>
-      <c r="I11" s="6" t="s">
+      <c r="J11" s="6" t="s">
         <v>9</v>
       </c>
-      <c r="J11" s="6" t="s">
+      <c r="K11" s="6" t="s">
         <v>10</v>
       </c>
-      <c r="K11" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L11" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="M11" s="6" t="s">
         <v>11</v>
       </c>
-      <c r="M11" s="6" t="s">
+      <c r="N11" s="6" t="s">
         <v>12</v>
       </c>
-      <c r="N11" s="6" t="s">
+      <c r="O11" s="6" t="s">
         <v>13</v>
       </c>
-      <c r="O11" s="6" t="s">
+      <c r="P11" s="6" t="s">
         <v>14</v>
       </c>
-      <c r="P11" s="6" t="s">
+      <c r="Q11" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="Q11" s="6" t="s">
+      <c r="R11" s="6" t="s">
         <v>16</v>
       </c>
-      <c r="R11" s="6" t="s">
+      <c r="S11" s="6" t="s">
         <v>17</v>
       </c>
-      <c r="S11" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="T11" s="6" t="s">
+        <v>38</v>
+      </c>
+      <c r="U11" s="6" t="s">
         <v>18</v>
       </c>
-      <c r="U11" s="6" t="s">
+      <c r="V11" s="6" t="s">
         <v>19</v>
       </c>
-      <c r="V11" s="6" t="s">
+      <c r="W11" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="W11" s="6" t="s">
+      <c r="X11" s="6" t="s">
         <v>21</v>
       </c>
-      <c r="X11" s="6" t="s">
+      <c r="Y11" s="6" t="s">
         <v>23</v>
       </c>
-      <c r="Y11" s="6" t="s">
+      <c r="Z11" s="6" t="s">
         <v>24</v>
       </c>
-      <c r="Z11" s="6" t="s">
+      <c r="AA11" s="6" t="s">
         <v>25</v>
       </c>
-      <c r="AA11" s="6" t="s">
+      <c r="AB11" s="6" t="s">
         <v>26</v>
       </c>
-      <c r="AB11" s="6" t="s">
+      <c r="AC11" s="6" t="s">
         <v>27</v>
       </c>
-      <c r="AC11" s="6" t="s">
+      <c r="AD11" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="AD11" s="6" t="s">
+      <c r="AE11" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="AE11" s="6" t="s">
+      <c r="AF11" s="6" t="s">
         <v>30</v>
-      </c>
-[...1 lines deleted...]
-        <v>31</v>
       </c>
     </row>
     <row r="12" spans="1:32">
       <c r="B12" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C12" s="4">
+        <v>557</v>
+      </c>
+      <c r="D12" s="4">
         <v>560</v>
       </c>
-      <c r="D12" s="4">
+      <c r="E12" s="4">
         <v>554</v>
       </c>
-      <c r="E12" s="4">
+      <c r="F12" s="4">
         <v>600</v>
       </c>
-      <c r="F12" s="4">
+      <c r="G12" s="4">
         <v>622</v>
       </c>
-      <c r="G12" s="4">
+      <c r="H12" s="4">
         <v>552</v>
       </c>
-      <c r="H12" s="4">
+      <c r="I12" s="4">
         <v>528</v>
       </c>
-      <c r="I12" s="4">
+      <c r="J12" s="4">
         <v>562</v>
       </c>
-      <c r="J12" s="4">
+      <c r="K12" s="4">
         <v>552</v>
       </c>
-      <c r="K12" s="4">
+      <c r="L12" s="4">
         <v>572</v>
       </c>
-      <c r="L12" s="4">
+      <c r="M12" s="4">
         <v>560</v>
       </c>
-      <c r="M12" s="4">
+      <c r="N12" s="4">
         <v>567</v>
       </c>
-      <c r="N12" s="4">
+      <c r="O12" s="4">
         <v>570</v>
       </c>
-      <c r="O12" s="4">
+      <c r="P12" s="4">
         <v>581</v>
       </c>
-      <c r="P12" s="4">
+      <c r="Q12" s="4">
         <v>558</v>
       </c>
-      <c r="Q12" s="4">
+      <c r="R12" s="4">
         <v>525</v>
       </c>
-      <c r="R12" s="4">
+      <c r="S12" s="4">
         <v>558</v>
       </c>
-      <c r="S12" s="4">
+      <c r="T12" s="4">
         <v>583</v>
       </c>
-      <c r="T12" s="4">
+      <c r="U12" s="4">
         <v>600</v>
       </c>
-      <c r="U12" s="4">
+      <c r="V12" s="4">
         <v>619</v>
       </c>
-      <c r="V12" s="4">
+      <c r="W12" s="4">
         <v>572</v>
       </c>
-      <c r="W12" s="4">
+      <c r="X12" s="4">
         <v>586</v>
       </c>
-      <c r="X12" s="4">
+      <c r="Y12" s="4">
         <v>556</v>
       </c>
-      <c r="Y12" s="4">
+      <c r="Z12" s="4">
         <v>585</v>
       </c>
-      <c r="Z12" s="4">
+      <c r="AA12" s="4">
         <v>557</v>
       </c>
-      <c r="AA12" s="4">
+      <c r="AB12" s="4">
         <v>540</v>
       </c>
-      <c r="AB12" s="4">
+      <c r="AC12" s="4">
         <v>570</v>
       </c>
-      <c r="AC12" s="4">
+      <c r="AD12" s="4">
         <v>575</v>
       </c>
-      <c r="AD12" s="4">
+      <c r="AE12" s="4">
         <v>566</v>
       </c>
-      <c r="AE12" s="4">
+      <c r="AF12" s="4">
         <v>582</v>
-      </c>
-[...1 lines deleted...]
-        <v>543</v>
       </c>
     </row>
     <row r="13" spans="1:32">
       <c r="B13" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C13" s="4">
         <v>120</v>
       </c>
       <c r="D13" s="4">
         <v>120</v>
       </c>
       <c r="E13" s="4">
         <v>120</v>
       </c>
       <c r="F13" s="4">
         <v>120</v>
       </c>
       <c r="G13" s="4">
         <v>120</v>
       </c>
       <c r="H13" s="4">
         <v>120</v>
       </c>
       <c r="I13" s="4">
@@ -1520,233 +1520,233 @@
       </c>
       <c r="AB13" s="4">
         <v>120</v>
       </c>
       <c r="AC13" s="4">
         <v>120</v>
       </c>
       <c r="AD13" s="4">
         <v>120</v>
       </c>
       <c r="AE13" s="4">
         <v>120</v>
       </c>
       <c r="AF13" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="15" spans="1:32">
       <c r="A15" s="2" t="s">
         <v>44</v>
       </c>
       <c r="B15" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C15" s="6" t="s">
+        <v>36</v>
+      </c>
+      <c r="D15" s="6" t="s">
         <v>3</v>
       </c>
-      <c r="D15" s="6" t="s">
+      <c r="E15" s="6" t="s">
         <v>4</v>
       </c>
-      <c r="E15" s="6" t="s">
+      <c r="F15" s="6" t="s">
         <v>5</v>
       </c>
-      <c r="F15" s="6" t="s">
+      <c r="G15" s="6" t="s">
         <v>8</v>
       </c>
-      <c r="G15" s="6" t="s">
+      <c r="H15" s="6" t="s">
         <v>9</v>
       </c>
-      <c r="H15" s="6" t="s">
+      <c r="I15" s="6" t="s">
         <v>10</v>
       </c>
-      <c r="I15" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J15" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="K15" s="6" t="s">
         <v>11</v>
       </c>
-      <c r="K15" s="6" t="s">
+      <c r="L15" s="6" t="s">
         <v>12</v>
       </c>
-      <c r="L15" s="6" t="s">
+      <c r="M15" s="6" t="s">
         <v>13</v>
       </c>
-      <c r="M15" s="6" t="s">
+      <c r="N15" s="6" t="s">
         <v>14</v>
       </c>
-      <c r="N15" s="6" t="s">
+      <c r="O15" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="O15" s="6" t="s">
+      <c r="P15" s="6" t="s">
         <v>16</v>
       </c>
-      <c r="P15" s="6" t="s">
+      <c r="Q15" s="6" t="s">
         <v>17</v>
       </c>
-      <c r="Q15" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="R15" s="6" t="s">
+        <v>38</v>
+      </c>
+      <c r="S15" s="6" t="s">
         <v>18</v>
       </c>
-      <c r="S15" s="6" t="s">
+      <c r="T15" s="6" t="s">
         <v>19</v>
       </c>
-      <c r="T15" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="U15" s="6" t="s">
+        <v>39</v>
+      </c>
+      <c r="V15" s="6" t="s">
         <v>21</v>
       </c>
-      <c r="V15" s="6" t="s">
+      <c r="W15" s="6" t="s">
         <v>22</v>
       </c>
-      <c r="W15" s="6" t="s">
+      <c r="X15" s="6" t="s">
         <v>24</v>
       </c>
-      <c r="X15" s="6" t="s">
+      <c r="Y15" s="6" t="s">
         <v>25</v>
       </c>
-      <c r="Y15" s="6" t="s">
+      <c r="Z15" s="6" t="s">
         <v>26</v>
       </c>
-      <c r="Z15" s="6" t="s">
+      <c r="AA15" s="6" t="s">
         <v>27</v>
       </c>
-      <c r="AA15" s="6" t="s">
+      <c r="AB15" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="AB15" s="6" t="s">
+      <c r="AC15" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="AC15" s="6" t="s">
+      <c r="AD15" s="6" t="s">
         <v>30</v>
       </c>
-      <c r="AD15" s="6" t="s">
+      <c r="AE15" s="6" t="s">
         <v>31</v>
       </c>
-      <c r="AE15" s="6" t="s">
+      <c r="AF15" s="6" t="s">
         <v>32</v>
-      </c>
-[...1 lines deleted...]
-        <v>45</v>
       </c>
     </row>
     <row r="16" spans="1:32">
       <c r="B16" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C16" s="4">
+        <v>547</v>
+      </c>
+      <c r="D16" s="4">
         <v>550</v>
       </c>
-      <c r="D16" s="4">
+      <c r="E16" s="4">
         <v>533</v>
       </c>
-      <c r="E16" s="4">
+      <c r="F16" s="4">
         <v>510</v>
       </c>
-      <c r="F16" s="4">
+      <c r="G16" s="4">
         <v>579</v>
       </c>
-      <c r="G16" s="4">
+      <c r="H16" s="4">
         <v>608</v>
       </c>
-      <c r="H16" s="4">
+      <c r="I16" s="4">
         <v>561</v>
       </c>
-      <c r="I16" s="4">
+      <c r="J16" s="4">
         <v>555</v>
       </c>
-      <c r="J16" s="4">
+      <c r="K16" s="4">
         <v>586</v>
       </c>
-      <c r="K16" s="4">
+      <c r="L16" s="4">
         <v>489</v>
       </c>
-      <c r="L16" s="4">
+      <c r="M16" s="4">
         <v>537</v>
       </c>
-      <c r="M16" s="4">
+      <c r="N16" s="4">
         <v>576</v>
       </c>
-      <c r="N16" s="4">
+      <c r="O16" s="4">
         <v>595</v>
       </c>
-      <c r="O16" s="4">
+      <c r="P16" s="4">
         <v>534</v>
       </c>
-      <c r="P16" s="4">
+      <c r="Q16" s="4">
         <v>527</v>
       </c>
-      <c r="Q16" s="4">
+      <c r="R16" s="4">
         <v>585</v>
       </c>
-      <c r="R16" s="4">
+      <c r="S16" s="4">
         <v>546</v>
       </c>
-      <c r="S16" s="4">
+      <c r="T16" s="4">
         <v>555</v>
       </c>
-      <c r="T16" s="4">
+      <c r="U16" s="4">
         <v>496</v>
       </c>
-      <c r="U16" s="4">
+      <c r="V16" s="4">
         <v>611</v>
       </c>
-      <c r="V16" s="4">
+      <c r="W16" s="4">
         <v>593</v>
       </c>
-      <c r="W16" s="4">
+      <c r="X16" s="4">
         <v>536</v>
       </c>
-      <c r="X16" s="4">
+      <c r="Y16" s="4">
         <v>537</v>
       </c>
-      <c r="Y16" s="4">
+      <c r="Z16" s="4">
         <v>556</v>
       </c>
-      <c r="Z16" s="4">
+      <c r="AA16" s="4">
         <v>559</v>
       </c>
-      <c r="AA16" s="4">
+      <c r="AB16" s="4">
         <v>521</v>
       </c>
-      <c r="AB16" s="4">
+      <c r="AC16" s="4">
         <v>565</v>
       </c>
-      <c r="AC16" s="4">
+      <c r="AD16" s="4">
         <v>536</v>
       </c>
-      <c r="AD16" s="4">
+      <c r="AE16" s="4">
         <v>541</v>
       </c>
-      <c r="AE16" s="4">
+      <c r="AF16" s="4">
         <v>551</v>
-      </c>
-[...1 lines deleted...]
-        <v>557</v>
       </c>
     </row>
     <row r="17" spans="1:32">
       <c r="B17" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C17" s="4">
         <v>120</v>
       </c>
       <c r="D17" s="4">
         <v>120</v>
       </c>
       <c r="E17" s="4">
         <v>120</v>
       </c>
       <c r="F17" s="4">
         <v>120</v>
       </c>
       <c r="G17" s="4">
         <v>120</v>
       </c>
       <c r="H17" s="4">
         <v>120</v>
       </c>
       <c r="I17" s="4">
@@ -1802,239 +1802,239 @@
       </c>
       <c r="Z17" s="4">
         <v>120</v>
       </c>
       <c r="AA17" s="4">
         <v>120</v>
       </c>
       <c r="AB17" s="4">
         <v>120</v>
       </c>
       <c r="AC17" s="4">
         <v>120</v>
       </c>
       <c r="AD17" s="4">
         <v>120</v>
       </c>
       <c r="AE17" s="4">
         <v>120</v>
       </c>
       <c r="AF17" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="19" spans="1:32">
       <c r="A19" s="2" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="B19" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C19" s="6" t="s">
+        <v>36</v>
+      </c>
+      <c r="D19" s="6" t="s">
         <v>3</v>
       </c>
-      <c r="D19" s="6" t="s">
+      <c r="E19" s="6" t="s">
         <v>4</v>
       </c>
-      <c r="E19" s="6" t="s">
+      <c r="F19" s="6" t="s">
         <v>5</v>
       </c>
-      <c r="F19" s="6" t="s">
+      <c r="G19" s="6" t="s">
         <v>6</v>
       </c>
-      <c r="G19" s="6" t="s">
+      <c r="H19" s="6" t="s">
         <v>7</v>
       </c>
-      <c r="H19" s="6" t="s">
+      <c r="I19" s="6" t="s">
         <v>8</v>
       </c>
-      <c r="I19" s="6" t="s">
+      <c r="J19" s="6" t="s">
         <v>9</v>
       </c>
-      <c r="J19" s="6" t="s">
+      <c r="K19" s="6" t="s">
         <v>10</v>
       </c>
-      <c r="K19" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L19" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="M19" s="6" t="s">
         <v>11</v>
       </c>
-      <c r="M19" s="6" t="s">
+      <c r="N19" s="6" t="s">
         <v>12</v>
       </c>
-      <c r="N19" s="6" t="s">
+      <c r="O19" s="6" t="s">
         <v>13</v>
       </c>
-      <c r="O19" s="6" t="s">
+      <c r="P19" s="6" t="s">
         <v>14</v>
       </c>
-      <c r="P19" s="6" t="s">
+      <c r="Q19" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="Q19" s="6" t="s">
+      <c r="R19" s="6" t="s">
         <v>16</v>
       </c>
-      <c r="R19" s="6" t="s">
+      <c r="S19" s="6" t="s">
         <v>17</v>
       </c>
-      <c r="S19" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="T19" s="6" t="s">
+        <v>38</v>
+      </c>
+      <c r="U19" s="6" t="s">
         <v>18</v>
       </c>
-      <c r="U19" s="6" t="s">
+      <c r="V19" s="6" t="s">
         <v>19</v>
       </c>
-      <c r="V19" s="6" t="s">
+      <c r="W19" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="W19" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="X19" s="6" t="s">
+        <v>39</v>
+      </c>
+      <c r="Y19" s="6" t="s">
         <v>21</v>
       </c>
-      <c r="Y19" s="6" t="s">
+      <c r="Z19" s="6" t="s">
         <v>22</v>
       </c>
-      <c r="Z19" s="6" t="s">
+      <c r="AA19" s="6" t="s">
         <v>23</v>
       </c>
-      <c r="AA19" s="6" t="s">
+      <c r="AB19" s="6" t="s">
         <v>24</v>
       </c>
-      <c r="AB19" s="6" t="s">
+      <c r="AC19" s="6" t="s">
         <v>25</v>
       </c>
-      <c r="AC19" s="6" t="s">
+      <c r="AD19" s="6" t="s">
         <v>26</v>
       </c>
-      <c r="AD19" s="6" t="s">
+      <c r="AE19" s="6" t="s">
         <v>27</v>
       </c>
-      <c r="AE19" s="6" t="s">
+      <c r="AF19" s="6" t="s">
         <v>28</v>
-      </c>
-[...1 lines deleted...]
-        <v>29</v>
       </c>
     </row>
     <row r="20" spans="1:32">
       <c r="B20" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C20" s="4">
+        <v>594</v>
+      </c>
+      <c r="D20" s="4">
         <v>586</v>
       </c>
-      <c r="D20" s="4">
+      <c r="E20" s="4">
         <v>547</v>
-      </c>
-[...1 lines deleted...]
-        <v>615</v>
       </c>
       <c r="F20" s="4">
         <v>615</v>
       </c>
       <c r="G20" s="4">
+        <v>615</v>
+      </c>
+      <c r="H20" s="4">
         <v>614</v>
       </c>
-      <c r="H20" s="4">
+      <c r="I20" s="4">
         <v>637</v>
-      </c>
-[...1 lines deleted...]
-        <v>604</v>
       </c>
       <c r="J20" s="4">
         <v>604</v>
       </c>
       <c r="K20" s="4">
+        <v>604</v>
+      </c>
+      <c r="L20" s="4">
         <v>579</v>
       </c>
-      <c r="L20" s="4">
+      <c r="M20" s="4">
         <v>557</v>
       </c>
-      <c r="M20" s="4">
+      <c r="N20" s="4">
         <v>591</v>
       </c>
-      <c r="N20" s="4">
+      <c r="O20" s="4">
         <v>563</v>
       </c>
-      <c r="O20" s="4">
+      <c r="P20" s="4">
         <v>549</v>
       </c>
-      <c r="P20" s="4">
+      <c r="Q20" s="4">
         <v>604</v>
       </c>
-      <c r="Q20" s="4">
+      <c r="R20" s="4">
         <v>616</v>
       </c>
-      <c r="R20" s="4">
+      <c r="S20" s="4">
         <v>558</v>
       </c>
-      <c r="S20" s="4">
+      <c r="T20" s="4">
         <v>576</v>
       </c>
-      <c r="T20" s="4">
+      <c r="U20" s="4">
         <v>591</v>
       </c>
-      <c r="U20" s="4">
+      <c r="V20" s="4">
         <v>606</v>
       </c>
-      <c r="V20" s="4">
+      <c r="W20" s="4">
         <v>610</v>
       </c>
-      <c r="W20" s="4">
+      <c r="X20" s="4">
         <v>537</v>
       </c>
-      <c r="X20" s="4">
+      <c r="Y20" s="4">
         <v>617</v>
       </c>
-      <c r="Y20" s="4">
+      <c r="Z20" s="4">
         <v>592</v>
       </c>
-      <c r="Z20" s="4">
+      <c r="AA20" s="4">
         <v>638</v>
       </c>
-      <c r="AA20" s="4">
+      <c r="AB20" s="4">
         <v>588</v>
       </c>
-      <c r="AB20" s="4">
+      <c r="AC20" s="4">
         <v>579</v>
-      </c>
-[...1 lines deleted...]
-        <v>588</v>
       </c>
       <c r="AD20" s="4">
         <v>588</v>
       </c>
       <c r="AE20" s="4">
+        <v>588</v>
+      </c>
+      <c r="AF20" s="4">
         <v>591</v>
-      </c>
-[...1 lines deleted...]
-        <v>608</v>
       </c>
     </row>
     <row r="21" spans="1:32">
       <c r="B21" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C21" s="4">
         <v>120</v>
       </c>
       <c r="D21" s="4">
         <v>120</v>
       </c>
       <c r="E21" s="4">
         <v>120</v>
       </c>
       <c r="F21" s="4">
         <v>120</v>
       </c>
       <c r="G21" s="4">
         <v>120</v>
       </c>
       <c r="H21" s="4">
         <v>120</v>
       </c>
       <c r="I21" s="4">
@@ -2090,95 +2090,95 @@
       </c>
       <c r="Z21" s="4">
         <v>120</v>
       </c>
       <c r="AA21" s="4">
         <v>120</v>
       </c>
       <c r="AB21" s="4">
         <v>120</v>
       </c>
       <c r="AC21" s="4">
         <v>120</v>
       </c>
       <c r="AD21" s="4">
         <v>120</v>
       </c>
       <c r="AE21" s="4">
         <v>120</v>
       </c>
       <c r="AF21" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="23" spans="1:32">
       <c r="A23" s="2" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="B23" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C23" s="6" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="D23" s="6" t="s">
         <v>3</v>
       </c>
       <c r="E23" s="6" t="s">
+        <v>48</v>
+      </c>
+      <c r="F23" s="6" t="s">
         <v>49</v>
       </c>
-      <c r="F23" s="6" t="s">
+      <c r="G23" s="6" t="s">
         <v>50</v>
       </c>
-      <c r="G23" s="6" t="s">
+      <c r="H23" s="6" t="s">
         <v>51</v>
       </c>
-      <c r="H23" s="6" t="s">
+      <c r="I23" s="6" t="s">
         <v>52</v>
       </c>
-      <c r="I23" s="6" t="s">
+      <c r="J23" s="6" t="s">
         <v>53</v>
       </c>
-      <c r="J23" s="6" t="s">
+      <c r="K23" s="6" t="s">
         <v>54</v>
       </c>
-      <c r="K23" s="6" t="s">
+      <c r="L23" s="6" t="s">
         <v>55</v>
       </c>
-      <c r="L23" s="6" t="s">
+      <c r="M23" s="6" t="s">
         <v>56</v>
-      </c>
-[...1 lines deleted...]
-        <v>57</v>
       </c>
     </row>
     <row r="24" spans="1:32">
       <c r="B24" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C24" s="7">
-        <v>0</v>
+        <v>477</v>
       </c>
       <c r="D24" s="4">
         <v>510</v>
       </c>
       <c r="E24" s="7">
         <v>452</v>
       </c>
       <c r="F24" s="7">
         <v>420</v>
       </c>
       <c r="G24" s="7">
         <v>459</v>
       </c>
       <c r="H24" s="7">
         <v>446</v>
       </c>
       <c r="I24" s="7">
         <v>458</v>
       </c>
       <c r="J24" s="7">
         <v>461</v>
       </c>
       <c r="K24" s="7">
         <v>448</v>
       </c>
@@ -2207,347 +2207,356 @@
       </c>
       <c r="G25" s="6">
         <v>100</v>
       </c>
       <c r="H25" s="6">
         <v>100</v>
       </c>
       <c r="I25" s="6">
         <v>100</v>
       </c>
       <c r="J25" s="6">
         <v>100</v>
       </c>
       <c r="K25" s="6">
         <v>100</v>
       </c>
       <c r="L25" s="6">
         <v>100</v>
       </c>
       <c r="M25" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="27" spans="1:32">
       <c r="A27" s="2" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="6" t="s">
+        <v>36</v>
+      </c>
+      <c r="D27" s="6" t="s">
+        <v>47</v>
+      </c>
+      <c r="E27" s="6" t="s">
         <v>48</v>
       </c>
-      <c r="D27" s="6" t="s">
+      <c r="F27" s="6" t="s">
         <v>49</v>
       </c>
-      <c r="E27" s="6" t="s">
+      <c r="G27" s="6" t="s">
         <v>50</v>
       </c>
-      <c r="F27" s="6" t="s">
+      <c r="H27" s="6" t="s">
         <v>51</v>
       </c>
-      <c r="G27" s="6" t="s">
+      <c r="I27" s="6" t="s">
         <v>52</v>
       </c>
-      <c r="H27" s="6" t="s">
+      <c r="J27" s="6" t="s">
         <v>53</v>
       </c>
-      <c r="I27" s="6" t="s">
+      <c r="K27" s="6" t="s">
         <v>54</v>
       </c>
-      <c r="J27" s="6" t="s">
+      <c r="L27" s="6" t="s">
         <v>55</v>
       </c>
-      <c r="K27" s="6" t="s">
+      <c r="M27" s="6" t="s">
         <v>56</v>
-      </c>
-[...1 lines deleted...]
-        <v>57</v>
       </c>
     </row>
     <row r="28" spans="1:32">
       <c r="B28" s="5" t="s">
         <v>33</v>
       </c>
-      <c r="C28" s="7">
-        <v>0</v>
+      <c r="C28" s="4">
+        <v>533</v>
       </c>
       <c r="D28" s="7">
+        <v>460</v>
+      </c>
+      <c r="E28" s="7">
         <v>422</v>
       </c>
-      <c r="E28" s="7">
+      <c r="F28" s="7">
         <v>469</v>
       </c>
-      <c r="F28" s="7">
+      <c r="G28" s="7">
         <v>418</v>
       </c>
-      <c r="G28" s="7">
+      <c r="H28" s="7">
         <v>482</v>
       </c>
-      <c r="H28" s="7">
+      <c r="I28" s="7">
         <v>407</v>
       </c>
-      <c r="I28" s="7">
+      <c r="J28" s="7">
         <v>425</v>
       </c>
-      <c r="J28" s="7">
+      <c r="K28" s="7">
         <v>451</v>
       </c>
-      <c r="K28" s="7">
+      <c r="L28" s="7">
         <v>411</v>
       </c>
-      <c r="L28" s="7">
+      <c r="M28" s="7">
         <v>438</v>
       </c>
     </row>
     <row r="29" spans="1:32">
       <c r="B29" s="5" t="s">
         <v>34</v>
       </c>
-      <c r="C29" s="6">
-        <v>100</v>
+      <c r="C29" s="4">
+        <v>120</v>
       </c>
       <c r="D29" s="6">
         <v>100</v>
       </c>
       <c r="E29" s="6">
         <v>100</v>
       </c>
       <c r="F29" s="6">
         <v>100</v>
       </c>
       <c r="G29" s="6">
         <v>100</v>
       </c>
       <c r="H29" s="6">
         <v>100</v>
       </c>
       <c r="I29" s="6">
         <v>100</v>
       </c>
       <c r="J29" s="6">
         <v>100</v>
       </c>
       <c r="K29" s="6">
         <v>100</v>
       </c>
       <c r="L29" s="6">
+        <v>100</v>
+      </c>
+      <c r="M29" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="31" spans="1:32">
       <c r="A31" s="2" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="6" t="s">
+        <v>36</v>
+      </c>
+      <c r="D31" s="6" t="s">
         <v>3</v>
       </c>
-      <c r="D31" s="6" t="s">
+      <c r="E31" s="6" t="s">
         <v>4</v>
       </c>
-      <c r="E31" s="6" t="s">
+      <c r="F31" s="6" t="s">
         <v>5</v>
       </c>
-      <c r="F31" s="6" t="s">
+      <c r="G31" s="6" t="s">
         <v>6</v>
       </c>
-      <c r="G31" s="6" t="s">
+      <c r="H31" s="6" t="s">
         <v>7</v>
       </c>
-      <c r="H31" s="6" t="s">
+      <c r="I31" s="6" t="s">
         <v>8</v>
       </c>
-      <c r="I31" s="6" t="s">
+      <c r="J31" s="6" t="s">
         <v>9</v>
       </c>
-      <c r="J31" s="6" t="s">
+      <c r="K31" s="6" t="s">
         <v>10</v>
       </c>
-      <c r="K31" s="6" t="s">
+      <c r="L31" s="6" t="s">
         <v>11</v>
       </c>
-      <c r="L31" s="6" t="s">
+      <c r="M31" s="6" t="s">
         <v>12</v>
       </c>
-      <c r="M31" s="6" t="s">
+      <c r="N31" s="6" t="s">
         <v>13</v>
       </c>
-      <c r="N31" s="6" t="s">
+      <c r="O31" s="6" t="s">
         <v>14</v>
       </c>
-      <c r="O31" s="6" t="s">
+      <c r="P31" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="P31" s="6" t="s">
+      <c r="Q31" s="6" t="s">
         <v>16</v>
       </c>
-      <c r="Q31" s="6" t="s">
+      <c r="R31" s="6" t="s">
         <v>17</v>
       </c>
-      <c r="R31" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S31" s="6" t="s">
+        <v>38</v>
+      </c>
+      <c r="T31" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="T31" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="U31" s="6" t="s">
+        <v>39</v>
+      </c>
+      <c r="V31" s="6" t="s">
         <v>21</v>
       </c>
-      <c r="V31" s="6" t="s">
+      <c r="W31" s="6" t="s">
         <v>22</v>
       </c>
-      <c r="W31" s="6" t="s">
+      <c r="X31" s="6" t="s">
         <v>23</v>
       </c>
-      <c r="X31" s="6" t="s">
+      <c r="Y31" s="6" t="s">
         <v>24</v>
       </c>
-      <c r="Y31" s="6" t="s">
+      <c r="Z31" s="6" t="s">
         <v>25</v>
       </c>
-      <c r="Z31" s="6" t="s">
+      <c r="AA31" s="6" t="s">
         <v>27</v>
       </c>
-      <c r="AA31" s="6" t="s">
+      <c r="AB31" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="AB31" s="6" t="s">
+      <c r="AC31" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="AC31" s="6" t="s">
+      <c r="AD31" s="6" t="s">
         <v>31</v>
       </c>
-      <c r="AD31" s="6" t="s">
+      <c r="AE31" s="6" t="s">
         <v>32</v>
       </c>
-      <c r="AE31" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AF31" s="6" t="s">
-        <v>40</v>
+        <v>59</v>
       </c>
     </row>
     <row r="32" spans="1:32">
       <c r="B32" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C32" s="4">
+        <v>568</v>
+      </c>
+      <c r="D32" s="4">
         <v>583</v>
       </c>
-      <c r="D32" s="4">
+      <c r="E32" s="4">
         <v>589</v>
       </c>
-      <c r="E32" s="4">
+      <c r="F32" s="4">
         <v>559</v>
       </c>
-      <c r="F32" s="4">
+      <c r="G32" s="4">
         <v>571</v>
       </c>
-      <c r="G32" s="4">
+      <c r="H32" s="4">
         <v>591</v>
       </c>
-      <c r="H32" s="4">
+      <c r="I32" s="4">
         <v>604</v>
       </c>
-      <c r="I32" s="4">
+      <c r="J32" s="4">
         <v>556</v>
       </c>
-      <c r="J32" s="4">
+      <c r="K32" s="4">
         <v>566</v>
       </c>
-      <c r="K32" s="4">
+      <c r="L32" s="4">
         <v>510</v>
       </c>
-      <c r="L32" s="4">
+      <c r="M32" s="4">
         <v>551</v>
       </c>
-      <c r="M32" s="4">
+      <c r="N32" s="4">
         <v>585</v>
       </c>
-      <c r="N32" s="4">
+      <c r="O32" s="4">
         <v>578</v>
       </c>
-      <c r="O32" s="4">
+      <c r="P32" s="4">
         <v>538</v>
       </c>
-      <c r="P32" s="4">
+      <c r="Q32" s="4">
         <v>556</v>
       </c>
-      <c r="Q32" s="4">
+      <c r="R32" s="4">
         <v>545</v>
       </c>
-      <c r="R32" s="4">
+      <c r="S32" s="4">
         <v>535</v>
       </c>
-      <c r="S32" s="4">
+      <c r="T32" s="4">
         <v>550</v>
       </c>
-      <c r="T32" s="4">
+      <c r="U32" s="4">
         <v>580</v>
       </c>
-      <c r="U32" s="4">
+      <c r="V32" s="4">
         <v>564</v>
       </c>
-      <c r="V32" s="4">
+      <c r="W32" s="4">
         <v>562</v>
       </c>
-      <c r="W32" s="4">
+      <c r="X32" s="4">
         <v>591</v>
       </c>
-      <c r="X32" s="4">
+      <c r="Y32" s="4">
         <v>592</v>
       </c>
-      <c r="Y32" s="4">
+      <c r="Z32" s="4">
         <v>544</v>
       </c>
-      <c r="Z32" s="4">
+      <c r="AA32" s="4">
         <v>551</v>
       </c>
-      <c r="AA32" s="4">
+      <c r="AB32" s="4">
         <v>515</v>
       </c>
-      <c r="AB32" s="4">
+      <c r="AC32" s="4">
         <v>561</v>
       </c>
-      <c r="AC32" s="4">
+      <c r="AD32" s="4">
         <v>532</v>
       </c>
-      <c r="AD32" s="4">
+      <c r="AE32" s="4">
         <v>574</v>
       </c>
-      <c r="AE32" s="4">
+      <c r="AF32" s="4">
         <v>552</v>
-      </c>
-[...1 lines deleted...]
-        <v>510</v>
       </c>
     </row>
     <row r="33" spans="1:32">
       <c r="B33" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C33" s="4">
         <v>120</v>
       </c>
       <c r="D33" s="4">
         <v>120</v>
       </c>
       <c r="E33" s="4">
         <v>120</v>
       </c>
       <c r="F33" s="4">
         <v>120</v>
       </c>
       <c r="G33" s="4">
         <v>120</v>
       </c>
       <c r="H33" s="4">
         <v>120</v>
       </c>
       <c r="I33" s="4">
@@ -2609,74 +2618,74 @@
       </c>
       <c r="AB33" s="4">
         <v>120</v>
       </c>
       <c r="AC33" s="4">
         <v>120</v>
       </c>
       <c r="AD33" s="4">
         <v>120</v>
       </c>
       <c r="AE33" s="4">
         <v>120</v>
       </c>
       <c r="AF33" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="35" spans="1:32">
       <c r="A35" s="2" t="s">
         <v>60</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C35" s="6" t="s">
+        <v>47</v>
+      </c>
+      <c r="D35" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="E35" s="6" t="s">
         <v>48</v>
       </c>
-      <c r="D35" s="6" t="s">
-[...2 lines deleted...]
-      <c r="E35" s="6" t="s">
+      <c r="F35" s="6" t="s">
         <v>49</v>
       </c>
-      <c r="F35" s="6" t="s">
+      <c r="G35" s="6" t="s">
         <v>50</v>
       </c>
-      <c r="G35" s="6" t="s">
+      <c r="H35" s="6" t="s">
         <v>51</v>
-      </c>
-[...1 lines deleted...]
-        <v>52</v>
       </c>
     </row>
     <row r="36" spans="1:32">
       <c r="B36" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C36" s="7">
-        <v>0</v>
+        <v>405</v>
       </c>
       <c r="D36" s="4">
         <v>497</v>
       </c>
       <c r="E36" s="7">
         <v>417</v>
       </c>
       <c r="F36" s="7">
         <v>408</v>
       </c>
       <c r="G36" s="7">
         <v>394</v>
       </c>
       <c r="H36" s="7">
         <v>382</v>
       </c>
     </row>
     <row r="37" spans="1:32">
       <c r="B37" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C37" s="6">
         <v>100</v>
       </c>
       <c r="D37" s="4">